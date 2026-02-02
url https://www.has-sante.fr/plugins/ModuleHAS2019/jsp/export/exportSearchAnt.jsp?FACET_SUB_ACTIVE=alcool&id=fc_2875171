--- v0 (2025-11-04)
+++ v1 (2026-02-02)
@@ -51,51 +51,51 @@
     <sheet name="Export Avis et décisions de la " r:id="rId15" sheetId="13"/>
     <sheet name="Export Medicament" r:id="rId16" sheetId="14"/>
     <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5826" uniqueCount="3620">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5899" uniqueCount="3665">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1421,50 +1421,140 @@
   <si>
     <t>c_398793</t>
   </si>
   <si>
     <t>EV3 SAS France</t>
   </si>
   <si>
     <t>SALUCARTILAGE</t>
   </si>
   <si>
     <t>19/04/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398796/fr/salucartilage</t>
   </si>
   <si>
     <t>c_398796</t>
   </si>
   <si>
     <t>CARTICEL</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
     <t>Parcours de santé – Accident vasculaire cérébral de l’adulte</t>
   </si>
   <si>
     <t>Dans le cadre de « Ma santé 2022 », la HAS, en co-pilotage avec la CNAM, travaille sur la définition d’un parcours de soins et de messages pertinence autour de l’AVC, ainsi que sur le développement d’indicateurs de la qualité du parcours.</t>
   </si>
   <si>
     <t>23/10/2025 00:00:00</t>
   </si>
   <si>
     <t>28/10/2025 10:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3445524/fr/parcours-de-sante-accident-vasculaire-cerebral-de-l-adulte</t>
   </si>
   <si>
     <t>p_3445524</t>
   </si>
   <si>
     <t>Ostéite Chronique Multifocale Récurrente</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/10/2025 12:48:00</t>
@@ -3317,83 +3407,95 @@
   <si>
     <t>ALD hors liste - Syndrome de Cushing</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
   </si>
   <si>
     <t>17/09/2008 00:00:00</t>
   </si>
   <si>
     <t>09/12/2008 11:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
   </si>
   <si>
     <t>c_722917</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
-    <t>Colloque HAS-ANM - La santé de la femme : singulière et universelle</t>
-[...2 lines deleted...]
-    <t>Après s’être associées en 2024 autour de la thématique de la vaccination des seniors, l'Académie nationale de médecine et la Haute Autorité de santé unissent à nouveau leurs expertises pour organiser une journée d’information et de réflexion consacrée cette année à la Santé de la femme.</t>
+    <t>Comité santé mentale et psychiatrie du 26 novembre 2025</t>
+  </si>
+  <si>
+    <t>16/01/2026 16:12:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3699897/fr/comite-sante-mentale-et-psychiatrie-du-26-novembre-2025</t>
+  </si>
+  <si>
+    <t>p_3699897</t>
+  </si>
+  <si>
+    <t>???</t>
+  </si>
+  <si>
+    <t>Regarder en replay - La santé de la femme : singulière et universelle | Colloque HAS-ANM</t>
+  </si>
+  <si>
+    <t>Après s’être associées en 2024 autour de la thématique de la vaccination des seniors, l'Académie nationale de médecine et la Haute Autorité de santé se ont uni à nouveau leurs expertises pour organiser une journée d’information et de réflexion consacrée cette année à la Santé de la femme.</t>
   </si>
   <si>
     <t>14/10/2025 17:31:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3689232/fr/colloque-has-anm-la-sante-de-la-femme-singuliere-et-universelle</t>
+    <t>https://www.has-sante.fr/jcms/p_3689232/fr/regarder-en-replay-la-sante-de-la-femme-singuliere-et-universelle-colloque-has-anm</t>
   </si>
   <si>
     <t>p_3689232</t>
   </si>
   <si>
     <t>Événement</t>
   </si>
   <si>
     <t>Comité santé mentale et psychiatrie du 18 juin 2025</t>
   </si>
   <si>
     <t>23/09/2025 08:47:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3610236/fr/comite-sante-mentale-et-psychiatrie-du-18-juin-2025</t>
   </si>
   <si>
     <t>p_3610236</t>
   </si>
   <si>
-    <t>???</t>
-[...1 lines deleted...]
-  <si>
     <t>Collège délibératif du 6 février 2025</t>
   </si>
   <si>
     <t>21/02/2025 10:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3591681/fr/college-deliberatif-du-6-fevrier-2025</t>
   </si>
   <si>
     <t>p_3591681</t>
   </si>
   <si>
     <t>Collège</t>
   </si>
   <si>
     <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 17/12/2024</t>
   </si>
   <si>
     <t>25/07/2025 14:34:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638249/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-17/12/2024</t>
   </si>
   <si>
     <t>p_3638249</t>
@@ -4115,65 +4217,116 @@
   <si>
     <t>21/11/2012 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1335194/fr/commission-de-la-transparence-reunion-du-21-novembre-2012</t>
   </si>
   <si>
     <t>c_1335194</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 19 janvier 2011</t>
   </si>
   <si>
     <t>19/01/2011 10:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1016582/fr/commission-de-la-transparence-reunion-du-19-janvier-2011</t>
   </si>
   <si>
     <t>c_1016582</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
+    <t>Réponse à la saisine de l’Assurance maladie du 21 novembre 2025 en application de l’article L. 161-39 du CSS</t>
+  </si>
+  <si>
+    <t>Il s’agit d’élaborer un avis de la HAS en réponse à une saisine de l’Assurance maladie sur les référentiels de durée d’arrêt de travail pour les épisodes dépressifs légers et modérés à sévères</t>
+  </si>
+  <si>
+    <t>27/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2026 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837736/fr/reponse-a-la-saisine-de-l-assurance-maladie-du-21-novembre-2025-en-application-de-l-article-l-161-39-du-css</t>
+  </si>
+  <si>
+    <t>p_3837736</t>
+  </si>
+  <si>
     <t>Point de vue des personnes accompagnées par les ESSMS</t>
   </si>
   <si>
     <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
   </si>
   <si>
     <t>20/05/2025 15:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
   </si>
   <si>
     <t>p_3606889</t>
   </si>
   <si>
+    <t>Qualité des soins perçue par le patient - Indicateurs PROMs et PREMs : panorama d’expériences étrangères et principaux enseignements</t>
+  </si>
+  <si>
+    <t>Le rapport « Qualité des soins rapportée par le patient - Indicateurs PROMs et PREMs : Panorama d’expériences étrangères et principaux enseignements » présente la situation de la France dans un panorama international, explique en quoi la mise en oeuvre de ces mesures en pratique clinique courante permet d’améliorer significativement la prise en charge, et quels sont les freins et leviers liés à leur utilisation.</t>
+  </si>
+  <si>
+    <t>01/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/01/2022 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3277049/fr/qualite-des-soins-percue-par-le-patient-indicateurs-proms-et-prems-panorama-d-experiences-etrangeres-et-principaux-enseignements</t>
+  </si>
+  <si>
+    <t>p_3277049</t>
+  </si>
+  <si>
+    <t>Comment renforcer l’expertise au service du virage préventif ? - Note d'analyse prospective 2025</t>
+  </si>
+  <si>
+    <t>La HAS analyse la manière dont la prise en compte des données probantes dans la décision en prévention et promotion de la santé peut être renforcée, afin d’accélérer le virage préventif.</t>
+  </si>
+  <si>
+    <t>12/11/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702006/fr/comment-renforcer-l-expertise-au-service-du-virage-preventif-note-d-analyse-prospective-2025</t>
+  </si>
+  <si>
+    <t>p_3702006</t>
+  </si>
+  <si>
     <t>Améliorer l’appropriation et l’impact des productions de la HAS</t>
   </si>
   <si>
     <t>Dans l’objectif de faciliter l’appropriation des recommandations par les professionnels des secteurs sanitaire, social et médico-social, la HAS a souhaité se doter d’un ambitieux plan d'action transversal et pluriannuel. Ce plan est la traduction opérationnelle des préconisations remises par la commission Impact des recommandations (CIR) au collège de la HAS en octobre 2022. Il rassemble également les actions initiées par les services de la HAS concourant à l’optimisation de l’impact des recommandations.</t>
   </si>
   <si>
     <t>05/04/2023 10:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3425308/fr/ameliorer-l-appropriation-et-l-impact-des-productions-de-la-has</t>
   </si>
   <si>
     <t>p_3425308</t>
   </si>
   <si>
     <t>Mise en œuvre du recueil d’indicateurs de résultats rapportés par les patients ou PROMs (Patient Reported Outcome Measures) en ville et en établissements de santé : enseignements tirés de l’expérience de 4 projets</t>
   </si>
   <si>
     <t>À la suite d’un appel à projets, 4 projets de mise en œuvre d’indicateurs de résultats rapportés par les patients ou PROMs (Patient Reported Outcome Measures), ont été menés de fin 2021 à fin 2023, en ville ou en établissements de santé. En 2024, la HAS publie la synthèse des principaux enseignements tirés de l’expérience des quatre équipes.</t>
   </si>
   <si>
     <t>29/01/2025 00:00:00</t>
   </si>
   <si>
     <t>14/02/2025 10:41:00</t>
@@ -4214,68 +4367,50 @@
   <si>
     <t>17/12/2024 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299865/fr/resultats-des-iqss-dossier-patient-en-sante-mentale-perimetre-hospitalisation-a-temps-plein</t>
   </si>
   <si>
     <t>p_3299865</t>
   </si>
   <si>
     <t>Améliorer la qualité en santé - Rapport d'analyse prospective 2024</t>
   </si>
   <si>
     <t>La HAS a choisi de consacrer son analyse prospective à la qualité du système de santé. Elle revient ainsi sur les dimensions de la qualité et priorise cinq axes de mobilisation pour l’action publique.</t>
   </si>
   <si>
     <t>07/10/2024 13:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3546254/fr/ameliorer-la-qualite-en-sante-rapport-d-analyse-prospective-2024</t>
   </si>
   <si>
     <t>p_3546254</t>
   </si>
   <si>
-    <t>Qualité des soins perçue par le patient - Indicateurs PROMs et PREMs : panorama d’expériences étrangères et principaux enseignements</t>
-[...16 lines deleted...]
-  <si>
     <t>Résultats des IQSS - Dossier patient en santé mentale pour adulte : périmètre « ambulatoire en CMP »</t>
   </si>
   <si>
     <t>Résultats nationaux de la dernière campagne et des années précédentes sur le thème dossier patient en santé mentale pour adulte : périmètre « ambulatoire en CMP (recueil volontaire en 2021).</t>
   </si>
   <si>
     <t>05/04/2022 11:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299873/fr/resultats-des-iqss-dossier-patient-en-sante-mentale-pour-adulte-perimetre-ambulatoire-en-cmp</t>
   </si>
   <si>
     <t>p_3299873</t>
   </si>
   <si>
     <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
   </si>
   <si>
     <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
   </si>
   <si>
     <t>07/12/2023 17:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
@@ -4496,50 +4631,65 @@
   <si>
     <t>c_1747548</t>
   </si>
   <si>
     <t>La maltraitance « ordinaire » dans les établissements de santé</t>
   </si>
   <si>
     <t>Pour cerner le phénomène de maltraitance ordinaire et renforcer la réflexion sur les moyens de le prévenir, la HAS a souhaité que le cabinet C.Compagnon.Conseil se mette à l’écoute des patients, de leurs proches mais aussi des professionnels et restitue ce qu’ils disent de l’univers hospitalier au quotidien. Cette étude est fondée sur des témoignages de malades, de proches et de professionnels, pris tels quels, dans toute leur subjectivité. Elle ne vise donc pas à mesurer l’ampleur de ce phénomène en termes quantitatif ni à porter sur lui un jugement global. L’originalité – et les limites - de ce travail est de partir du point de vue de personnes hospitalisées, de leurs proches et de professionnels en s’appuyant sur leur libre expression : témoignages écrits, entretiens...</t>
   </si>
   <si>
     <t>15/10/2009 00:00:00</t>
   </si>
   <si>
     <t>21/06/2012 12:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1258960/fr/la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
   </si>
   <si>
     <t>c_1258960</t>
   </si>
   <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
+    <t>Consultation et prescription médicale d’activité physique à des fins de santé</t>
+  </si>
+  <si>
+    <t>Les guides de consultation et prescription médicale d’activité physique chez les adultes et les enfants et leurs fiches et focus d’aide à la prescription par pathologie ou par état de santé sont des outils à disposition des médecins généralistes et spécialistes pour les guider dans la prescription d’activité physique et d'activité physique adaptée à des fins de santé.</t>
+  </si>
+  <si>
+    <t>19/11/2025 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876862/fr/consultation-et-prescription-medicale-d-activite-physique-a-des-fins-de-sante</t>
+  </si>
+  <si>
+    <t>c_2876862</t>
+  </si>
+  <si>
     <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
   </si>
   <si>
     <t>25/10/2024 12:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
   </si>
   <si>
     <t>p_3552118</t>
   </si>
   <si>
     <t>Accompagner dès le premier recours pour diminuer le risque alcool des femmes</t>
   </si>
   <si>
     <t>26/02/2025 10:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592850/fr/accompagner-des-le-premier-recours-pour-diminuer-le-risque-alcool-des-femmes</t>
   </si>
   <si>
     <t>p_3592850</t>
   </si>
   <si>
     <t>Agir en premier recours pour diminuer le risque alcool – Repérer tous les usages et accompagner chaque personne</t>
@@ -4649,51 +4799,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_448874/fr/chambres-a-catheter-implantables</t>
   </si>
   <si>
     <t>c_448874</t>
   </si>
   <si>
     <t>Dossier du patient en odontologie</t>
   </si>
   <si>
     <t>05/01/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_462403/fr/dossier-du-patient-en-odontologie</t>
   </si>
   <si>
     <t>c_462403</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
   </si>
   <si>
-    <t>.La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
   </si>
   <si>
     <t>30/04/2025 00:00:00</t>
   </si>
   <si>
     <t>13/05/2025 14:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
     <t>Épidémie de chikungunya : utilisation du vaccin IXCHIQ à La Réunion et à Mayotte</t>
   </si>
   <si>
     <t>La Réunion est en situation épidémique de chikungunya depuis le début de l’année. La HAS a émis un avis en février 2025 sur la stratégie vaccinale avec le vaccin IXCHIQ. En avril 2025, elle a réévalué sa position en raison de nouveaux cas d'effets indésirables graves. Elle recommande de suspendre la vaccination chez les sujets de 65 ans et plus. Pour les autres groupes de population, les recommandations de février 2025 sont inchangées.</t>
   </si>
   <si>
     <t>25/04/2025 00:00:00</t>
   </si>
   <si>
     <t>05/03/2025 10:00:00</t>
   </si>
@@ -5003,65 +5153,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2572426/fr/les-performances-des-tests-de-depistage-de-la-trisomie-21-foetale-par-analyse-de-l-adn-libre-circulant</t>
   </si>
   <si>
     <t>c_2572426</t>
   </si>
   <si>
     <t>Dépistage et prévention du cancer du sein</t>
   </si>
   <si>
     <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer du sein à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
   </si>
   <si>
     <t>21/05/2014 00:00:00</t>
   </si>
   <si>
     <t>10/04/2015 17:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2024559/fr/depistage-et-prevention-du-cancer-du-sein</t>
   </si>
   <si>
     <t>c_2024559</t>
   </si>
   <si>
-    <t>Outil logiciel permettant l’analyse de l’adéquation des tarifs aux coûts de production de la chirurgie ambulatoire par méthode de microcosting</t>
-[...13 lines deleted...]
-  <si>
     <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
   </si>
   <si>
     <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
   </si>
   <si>
     <t>13/02/2015 12:19:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
   </si>
   <si>
     <t>c_2012494</t>
   </si>
   <si>
     <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
   </si>
   <si>
     <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
   </si>
   <si>
     <t>14/05/2014 00:00:00</t>
   </si>
   <si>
     <t>27/05/2014 15:57:00</t>
@@ -5486,50 +5621,86 @@
   <si>
     <t>c_452354</t>
   </si>
   <si>
     <t>Évaluation des réseaux de soins : bilan de l’existant et cadre méthodologique</t>
   </si>
   <si>
     <t>Définis comme une forme organisée d’action collective apportée par des professionnels en réponse à un besoin de santé, les réseaux de soins correspondent en réalité à une grande diversité de dispositifs. Ce rapport, envisagé comme une étape préliminaire à la mise en place d’une démarche d’accréditation des réseaux de santé, expose à partir de l’observation du fonctionnement de réseaux en activité, les préconisations relatives à leur évaluation.</t>
   </si>
   <si>
     <t>01/11/2001 00:00:00</t>
   </si>
   <si>
     <t>01/11/2001 16:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_271855/fr/evaluation-des-reseaux-de-soins-bilan-de-l-existant-et-cadre-methodologique</t>
   </si>
   <si>
     <t>c_271855</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>Repérage et prise en charge cliniques du syndrome d’épuisement professionnel ou burnout</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont de définir le syndrome d’épuisement professionnel ou burnout, d’améliorer son repérage et sa prise en charge, ainsi que l’accompagnement des patients lors de leur retour au travail. Ces recommandations se limitent au volet clinique du thème : l’action sur le milieu et l’organisation du travail est exclue du champ de ces recommandations. Elle est néanmoins indispensable dans une démarche de prévention du burnout.</t>
+  </si>
+  <si>
+    <t>22/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2017 07:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769318/fr/reperage-et-prise-en-charge-cliniques-du-syndrome-d-epuisement-professionnel-ou-burnout</t>
+  </si>
+  <si>
+    <t>c_2769318</t>
+  </si>
+  <si>
+    <t>Prise en charge de la femme en période de péri-ménopause/ménopause en soins de premier recours – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs sont les suivants : Améliorer l’information des femmes et des professionnels de santé de premier recours : Pour une meilleure connaissance des symptômes évocateurs de la périménopause et des possibilités d’accompagnement et d’une prise en charge thérapeutique personnalisée Pour une meilleure évaluation des besoins (variables d’une femme à une autre) et prise en considération de l’impact possible sur la vie quotidienne, sur la santé (bouffées vaso-motrices, ostéoporose, syndrome génito-urinaire, troubles cognitifs …) Améliorer la prise en charge des femmes par les professionnels de santé : accompagnement, accès aux traitements en fonction des besoins exprimés Mettre à disposition des professionnels de santé et des femmes des outils pour aborder régulièrement cette question aux âges de la péri-ménopause/ménopause Préciser les conditions pour lesquelles un recours à un médecin spécialiste de 2ème ou 3ème recours doit être envisagé</t>
+  </si>
+  <si>
+    <t>06/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 12:14:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737819/fr/prise-en-charge-de-la-femme-en-periode-de-peri-menopause/menopause-en-soins-de-premier-recours-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3737819</t>
+  </si>
+  <si>
     <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
   </si>
   <si>
     <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
   </si>
   <si>
     <t>11/09/2025 00:00:00</t>
   </si>
   <si>
     <t>15/09/2025 09:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
   </si>
   <si>
     <t>p_3592435</t>
   </si>
   <si>
     <t>Surveillance médico-professionnelle des travailleurs exposés aux toxiques pour la reproduction - Note de cadrage</t>
   </si>
   <si>
     <t>L’objectif de la RBP est de proposer des recommandations de bonne pratique pour la surveillance médico-professionnelle des travailleurs en âge de procréer ou des travailleuses enceintes, exposés à des agents toxiques pour la reproduction appelée par la suite « reprotoxiques », en déterminant la place de l’action en milieu de travail réalisée par le SPST ainsi que du suivi médical individuel Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
   </si>
   <si>
     <t>23/07/2025 00:00:00</t>
@@ -5546,51 +5717,51 @@
   <si>
     <t>Vaccination des personnes vivant avec le VIH</t>
   </si>
   <si>
     <t>10/07/2025 00:00:00</t>
   </si>
   <si>
     <t>21/07/2025 17:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635651/fr/vaccination-des-personnes-vivant-avec-le-vih</t>
   </si>
   <si>
     <t>p_3635651</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
   </si>
   <si>
     <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
   </si>
   <si>
     <t>19/06/2025 00:00:00</t>
   </si>
   <si>
     <t>10/07/2025 14:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
@@ -7391,68 +7562,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
     <t>Cancer colorectal : modalités de dépistage et de prévention chez les sujets à risque élevé et très élevé</t>
   </si>
   <si>
     <t>La fiche mémo propose de faire le point sur les modalités de dépistage et de prévention du cancer colorectal (CCR), avec : Un rappel sur la stratégie de dépistage adoptée en France, le rôle des médecins généralistes dans l’orientation des sujets, les signes évocateurs de CCR, les signes évocateurs des formes héréditaires de CCR. La présentation des facteurs de risques de CCR. Le suivi personnalisé pour les sujets à risque élevé et très élevé de CCR (examen de référence, début de surveillance, rythme de suivi).</t>
   </si>
   <si>
     <t>31/05/2017 00:00:00</t>
   </si>
   <si>
     <t>20/06/2017 12:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2772744/fr/cancer-colorectal-modalites-de-depistage-et-de-prevention-chez-les-sujets-a-risque-eleve-et-tres-eleve</t>
   </si>
   <si>
     <t>c_2772744</t>
   </si>
   <si>
-    <t>Repérage et prise en charge cliniques du syndrome d’épuisement professionnel ou burnout</t>
-[...16 lines deleted...]
-  <si>
     <t>Isolement et contention en psychiatrie générale</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à déterminer la place de l’isolement et de la contention en psychiatrie générale. Son objectif est de permettre aux professionnels de santé amenés à recourir éventuellement à ces mesures de dernier recours, d’améliorer et d’harmoniser leurs pratiques, en répondant aux exigences cliniques, éthiques, légales et organisationnelles. La finalité est la sécurité et l’amélioration de la qualité de la prise en charge des patients.</t>
   </si>
   <si>
     <t>22/02/2017 00:00:00</t>
   </si>
   <si>
     <t>20/03/2017 04:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2055362/fr/isolement-et-contention-en-psychiatrie-generale</t>
   </si>
   <si>
     <t>c_2055362</t>
   </si>
   <si>
     <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
   </si>
   <si>
     <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
   </si>
   <si>
     <t>07/09/2016 00:00:00</t>
@@ -8660,68 +8813,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
   </si>
   <si>
     <t>c_272224</t>
   </si>
   <si>
     <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Comment repérer les enfants exposés et intoxiqués ? Quelle prise en charge et quel suivi proposer aux enfants exposés et intoxiqués ? Quels sont les risques pour la femme enceinte et le fœtus en cas d'exposition au plomb ? Quelle est la stratégie de dépistage et de prise en charge pendant la grossesse et la période périnatale ? Quelles pratiques professionnelles et institutionnelles développer en termes d'information, de communication, de formation et d'éducation pour la santé ?</t>
   </si>
   <si>
     <t>11/12/2003 00:00:00</t>
   </si>
   <si>
     <t>11/12/2003 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272273/fr/intoxication-par-le-plomb-de-l-enfant-et-de-la-femme-enceinte-prevention-et-prise-en-charge-medico-sociale</t>
   </si>
   <si>
     <t>c_272273</t>
   </si>
   <si>
-    <t>Orientations diagnostiques et prise en charge, au décours d’une intoxication éthylique aiguë, des patients admis aux urgences des établissements de soins</t>
-[...16 lines deleted...]
-  <si>
     <t>Prise en charge de l’incontinence urinaire de la femme en médecine générale - Actualisation 2003</t>
   </si>
   <si>
     <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes :# 1. Faut- il rechercher l'incontinence urinaire ? Si oui, chez quelles femmes, dans quelles circonstances et comment ?# 2. En plus des anomalies de la fonction vésico-sphinctérienne, quelles sont les pathologies organiques ou les causes iatrogènes qui peuvent déclencher ou aggraver une incontinence urinaire ?# 3. Une fois le diagnostic d'incontinence urinaire porté, quelles décisions prendre ?# 4. Quelle stratégie d'examens complémentaires prescrire ?# 5. En cas d'incontinence urinaire, comment quantifier le retentissement ?# 6. Quelles sont les modalités thérapeutiques et quelle stratégie thérapeutique adopter en médecine générale ? Un traitement pharmacologique d'épreuve est-il licite ? Comment ? Chez quelles patientes ?# 7. Quelles informations le médecin généraliste peut- il apporter à sa patiente sur les traitements de l'incontinence urinaire : rééducation, chirurgie, médicaments ?#</t>
   </si>
   <si>
     <t>01/05/2003 00:00:00</t>
   </si>
   <si>
     <t>01/05/2003 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272291/fr/prise-en-charge-de-l-incontinence-urinaire-de-la-femme-en-medecine-generale-actualisation-2003</t>
   </si>
   <si>
     <t>c_272291</t>
   </si>
   <si>
     <t>Conduite à tenir lors de la découverte anténatale d’une ventriculomégalie cérébrale</t>
   </si>
   <si>
     <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : Quels sont les critères échographiques qui définissent une ventriculomégalie ? Comment confirmer une ventriculomégalie ? Quels sont les éléments obstétricaux, biologiques, cytogénétiques et familiaux à réunir pour établir un diagnostic étiologique et un pronostic ? Quels sont les critères de mauvais pronostic d'une ventriculomégalie ? Quelle est l'organisation de la démarche d'information des parents et d'accompagnement des futurs parents et de l'enfant à naître ?</t>
   </si>
   <si>
     <t>01/01/2004 00:00:00</t>
@@ -9281,50 +9416,65 @@
   <si>
     <t>c_240671</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblé (SHD ou NGS) ; panel de gènes ; génétique ; biologie moléculaire ; cardiomyopathies héréditaires ; altérations moléculaires ; diagnostic ; postnatal</t>
   </si>
   <si>
     <t>13/02/2025 00:00:00</t>
   </si>
   <si>
     <t>28/02/2025 08:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3591624</t>
   </si>
   <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
+  </si>
+  <si>
     <t>Évaluation de l’acte de nécrosectomie par voie d’abord endoscopique transluminale dans le traitement de la pancréatite aiguë nécrosante</t>
   </si>
   <si>
     <t>Acte mini-invasif de nécrosectomie par voie d’abord endoscopique transluminale transmurale (transgastrique ou transduodénale), dans le traitement de la pancréatite aiguë nécrosante, en cas d’absence d’amélioration clinique après drainage.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
     <t>16/12/2024 12:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498436/fr/evaluation-de-l-acte-de-necrosectomie-par-voie-d-abord-endoscopique-transluminale-dans-le-traitement-de-la-pancreatite-aigue-necrosante</t>
   </si>
   <si>
     <t>p_3498436</t>
   </si>
   <si>
     <t>Prise en charge implanto-prothétique</t>
   </si>
   <si>
     <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
   </si>
   <si>
     <t>06/11/2024 10:26:00</t>
@@ -10385,92 +10535,107 @@
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984189/fr/refresh-povidone-alcool-polyvinylique/-povidone/-poly-alcool-vinylique</t>
   </si>
   <si>
     <t>pprd_2984189</t>
   </si>
   <si>
     <t>povidone, alcool polyvinylique,povidone,poly(alcool vinylique)</t>
   </si>
   <si>
     <t>ALLERGAN FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_490525/fr/refresh-povidone-alcool-polyvinylique/-povidone/-poly-alcool-vinylique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1036562/fr/refresh-povidone-alcool-polyvinylique/-povidone/-poly-alcool-vinylique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2613154/fr/refresh-povidone-alcool-polyvinylique/-povidone/-poly-alcool-vinylique</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
+    <t>Mettre en œuvre le 6e cycle de certification</t>
+  </si>
+  <si>
+    <t>Le 6e cycle de certification des établissements de santé s’inscrit naturellement dans la continuité du dispositif actuel. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la lisibilité aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des informations, documents et outils nécessaires à l'appropriation de la certification des établissements de santé.</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563407/fr/mettre-en-oeuvre-le-6e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>p_3563407</t>
+  </si>
+  <si>
+    <t>Accès précoce à un médicament</t>
+  </si>
+  <si>
+    <t>L'accès précoce est un dispositif qui régit l'utilisation, à titre exceptionnel et temporaire, de certains médicaments non autorisés dans des indications thérapeutiques précises, pour des patients en impasse thérapeutique.</t>
+  </si>
+  <si>
+    <t>01/07/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
+  </si>
+  <si>
+    <t>r_1500918</t>
+  </si>
+  <si>
     <t>Comprendre la certification pour la qualité des soins</t>
   </si>
   <si>
     <t>Mise en œuvre par la HAS, la certification est un dispositif d’évaluation externe obligatoire pour tout établissement de santé, public ou privé, quelles que soient sa taille et son activité. Cette évaluation est effectuée tous les 4 ans par des professionnels mandatés par la HAS. Son objectif est de porter une appréciation indépendante sur la qualité des prestations des hôpitaux et cliniques en France.</t>
   </si>
   <si>
     <t>25/11/2020 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_411173/fr/comprendre-la-certification-pour-la-qualite-des-soins</t>
   </si>
   <si>
     <t>c_411173</t>
   </si>
   <si>
     <t>5e cycle de certification</t>
   </si>
   <si>
     <t>Membres de la gouvernance, professionnels des établissements de santé, représentants des usagers, cette page vous concerne. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la clarté aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des documents et outils nécessaires à la préparation de la visite de certification.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1495044/fr/5e-cycle-de-certification</t>
   </si>
   <si>
     <t>r_1495044</t>
   </si>
   <si>
-    <t>Mettre en œuvre le 6e cycle de certification</t>
-[...13 lines deleted...]
-  <si>
     <t>Productions programmées en 2025</t>
   </si>
   <si>
     <t>Le document « Productions programmées en 2025 » de la HAS recense les productions prévues pour l'année 2025, incluant des recommandations de bonne pratique, des outils pour les professionnels, et des recommandations vaccinales ou de santé publique. Ces productions sont définies par le collège de la HAS en fonction des demandes reçues de divers acteurs comme le ministère de la Santé, l'Assurance maladie, les organisations professionnelles et les associations d'usagers. Certaines productions sont également initiées par la HAS elle-même en réponse à des enjeux identifiés.</t>
   </si>
   <si>
     <t>18/01/2024 13:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
   </si>
   <si>
     <t>c_1267303</t>
   </si>
   <si>
     <t>Comprendre la nouvelle évaluation des ESSMS</t>
   </si>
   <si>
     <t>Les établissements et services sociaux et médico-sociaux sont tenus de procéder à des évaluations régulières de leurs activités et de la qualité de leurs prestations.</t>
   </si>
   <si>
     <t>10/03/2022 10:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2838131/fr/comprendre-la-nouvelle-evaluation-des-essms</t>
@@ -10487,65 +10652,50 @@
   <si>
     <t>20/03/2023 15:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3168693/fr/iqss-2025-psy-coordination-prises-en-charge-somatiques-et-addictions-en-ambulatoire-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
   </si>
   <si>
     <t>p_3168693</t>
   </si>
   <si>
     <t>Feuille de route Santé-environnement de la HAS</t>
   </si>
   <si>
     <t>Le changement climatique a des impacts négatifs sur la santé des populations, et le système de santé, bien que vital, contribue significativement aux émissions de gaz à effet de serre en France. Consciente de cette réalité, la HAS a élaboré en 2023 une feuille de route pour intégrer les enjeux environnementaux dans ses missions. Elle vise à réduire l'empreinte écologique du système de santé tout en améliorant les soins, en consolidant les critères environnementaux dans l'évaluation des technologies de santé, en élaborant des recommandations de bonnes pratiques, et en renforçant les critères de santé-environnement dans la mesure de la qualité des soins.</t>
   </si>
   <si>
     <t>08/04/2025 15:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600384/fr/feuille-de-route-sante-environnement-de-la-has</t>
   </si>
   <si>
     <t>p_3600384</t>
   </si>
   <si>
-    <t>Accès précoce à un médicament</t>
-[...13 lines deleted...]
-  <si>
     <t>Programme « santé mentale et psychiatrie » de la HAS</t>
   </si>
   <si>
     <t>Depuis 2013, la HAS organise ses travaux dans le champ de la santé mentale et de la psychiatrie sous la forme de programmes pluriannuels prospectifs et évolutifs.</t>
   </si>
   <si>
     <t>14/02/2025 14:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1721760/fr/programme-sante-mentale-et-psychiatrie-de-la-has</t>
   </si>
   <si>
     <t>c_1721760</t>
   </si>
   <si>
     <t>IQSS - Archives - secteur PSY : Coordination et prises en charge somatiques en hospitalisation temps plein - versions antérieures des outils</t>
   </si>
   <si>
     <t>Campagnes nationales (2021 en volontaire) de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie en hospitalisation à temps plein à partir du dossier patient : Coordination, prises en charge somatiques et addictions.</t>
   </si>
   <si>
     <t>15/03/2024 12:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3478923/fr/iqss-archives-secteur-psy-coordination-et-prises-en-charge-somatiques-en-hospitalisation-temps-plein-versions-anterieures-des-outils</t>
@@ -10662,65 +10812,50 @@
     <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
   </si>
   <si>
     <t>03/02/2023 10:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
   </si>
   <si>
     <t>c_646948</t>
   </si>
   <si>
     <t>Protocole de coopération entre professionnels de santé</t>
   </si>
   <si>
     <t>L’enjeu des protocoles de coopération entre professionnels de santé est de proposer une offre de soins élargie, de réduire les délais d’accès à une prise en charge en optimisant les parcours de soins, et ainsi apporter une réponse aux attentes des patients comme des professionnels.</t>
   </si>
   <si>
     <t>04/06/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_978700/fr/protocole-de-cooperation-entre-professionnels-de-sante</t>
   </si>
   <si>
     <t>c_978700</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2044304</t>
   </si>
   <si>
     <t>Détecter et diagnostiquer la BPCO même sans symptôme apparent</t>
   </si>
   <si>
     <t>Le symptôme majeur de la BPCO est la dyspnée qui induit une réduction de l’activité physique quotidienne. D’apparition progressive, au début, la dyspnée n'est pas souvent perçue par le patient.</t>
   </si>
   <si>
     <t>31/01/2020 11:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3118475/fr/detecter-et-diagnostiquer-la-bpco-meme-sans-symptome-apparent</t>
   </si>
   <si>
     <t>p_3118475</t>
   </si>
   <si>
     <t>Sevrage alcoolique : Baclocur®, thérapeutique de dernier recours</t>
   </si>
   <si>
     <t>Baclocur® est un traitement de dernier recours chez les patients alcoolo-dépendants ayant une consommation d’alcool à risque élevé. Sa prescription est associée à un suivi psychosocial.</t>
   </si>
   <si>
     <t>30/01/2020 10:32:00</t>
   </si>
@@ -11399,3468 +11534,3468 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2951</v>
+        <v>2996</v>
       </c>
       <c r="B2" t="s">
-        <v>2952</v>
+        <v>2997</v>
       </c>
       <c r="C2" t="s">
-        <v>2953</v>
+        <v>2998</v>
       </c>
       <c r="D2" t="s">
-        <v>2954</v>
+        <v>2999</v>
       </c>
       <c r="E2" t="s">
-        <v>2955</v>
+        <v>3000</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2956</v>
+        <v>3001</v>
       </c>
       <c r="H2" t="s">
-        <v>2957</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2951</v>
+        <v>2996</v>
       </c>
       <c r="B3" t="s">
-        <v>2958</v>
+        <v>3003</v>
       </c>
       <c r="C3" t="s">
-        <v>2959</v>
+        <v>3004</v>
       </c>
       <c r="D3" t="s">
-        <v>2960</v>
+        <v>3005</v>
       </c>
       <c r="E3" t="s">
-        <v>2961</v>
+        <v>3006</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2962</v>
+        <v>3007</v>
       </c>
       <c r="H3" t="s">
-        <v>2963</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2951</v>
+        <v>2996</v>
       </c>
       <c r="B4" t="s">
-        <v>2964</v>
+        <v>3009</v>
       </c>
       <c r="C4" t="s">
-        <v>2965</v>
+        <v>3010</v>
       </c>
       <c r="D4" t="s">
-        <v>2966</v>
+        <v>3011</v>
       </c>
       <c r="E4" t="s">
-        <v>2967</v>
+        <v>3012</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2968</v>
+        <v>3013</v>
       </c>
       <c r="H4" t="s">
-        <v>2969</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2951</v>
+        <v>2996</v>
       </c>
       <c r="B5" t="s">
-        <v>2970</v>
+        <v>3015</v>
       </c>
       <c r="C5" t="s">
-        <v>2971</v>
+        <v>3016</v>
       </c>
       <c r="D5" t="s">
-        <v>2972</v>
+        <v>3017</v>
       </c>
       <c r="E5" t="s">
-        <v>2973</v>
+        <v>3018</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2974</v>
+        <v>3019</v>
       </c>
       <c r="H5" t="s">
-        <v>2975</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2951</v>
+        <v>2996</v>
       </c>
       <c r="B6" t="s">
-        <v>2976</v>
+        <v>3021</v>
       </c>
       <c r="C6" t="s">
-        <v>2977</v>
+        <v>3022</v>
       </c>
       <c r="D6" t="s">
-        <v>2978</v>
+        <v>3023</v>
       </c>
       <c r="E6" t="s">
-        <v>2979</v>
+        <v>3024</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2980</v>
+        <v>3025</v>
       </c>
       <c r="H6" t="s">
-        <v>2981</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2951</v>
+        <v>2996</v>
       </c>
       <c r="B7" t="s">
-        <v>2982</v>
+        <v>3027</v>
       </c>
       <c r="C7" t="s">
-        <v>2983</v>
+        <v>3028</v>
       </c>
       <c r="D7" t="s">
-        <v>2984</v>
+        <v>3029</v>
       </c>
       <c r="E7" t="s">
-        <v>2985</v>
+        <v>3030</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2986</v>
+        <v>3031</v>
       </c>
       <c r="H7" t="s">
-        <v>2987</v>
+        <v>3032</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B2" t="s">
-        <v>2989</v>
+        <v>3034</v>
       </c>
       <c r="C2" t="s">
-        <v>2990</v>
+        <v>3035</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2991</v>
+        <v>3036</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2992</v>
+        <v>3037</v>
       </c>
       <c r="H2" t="s">
-        <v>2993</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B3" t="s">
-        <v>2994</v>
+        <v>3039</v>
       </c>
       <c r="C3" t="s">
-        <v>2995</v>
+        <v>3040</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2996</v>
+        <v>3041</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2997</v>
+        <v>3042</v>
       </c>
       <c r="H3" t="s">
-        <v>2998</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B4" t="s">
-        <v>2999</v>
+        <v>3044</v>
       </c>
       <c r="C4" t="s">
-        <v>3000</v>
+        <v>3045</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>3001</v>
+        <v>3046</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3002</v>
+        <v>3047</v>
       </c>
       <c r="H4" t="s">
-        <v>3003</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B5" t="s">
-        <v>3004</v>
+        <v>3049</v>
       </c>
       <c r="C5" t="s">
-        <v>3005</v>
+        <v>3050</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>3006</v>
+        <v>3051</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3007</v>
+        <v>3052</v>
       </c>
       <c r="H5" t="s">
-        <v>3008</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B6" t="s">
-        <v>3009</v>
+        <v>3054</v>
       </c>
       <c r="C6" t="s">
-        <v>3010</v>
+        <v>3055</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>2490</v>
+        <v>2541</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3011</v>
+        <v>3056</v>
       </c>
       <c r="H6" t="s">
-        <v>3012</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B7" t="s">
-        <v>3013</v>
+        <v>3058</v>
       </c>
       <c r="C7" t="s">
-        <v>3014</v>
+        <v>3059</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>3015</v>
+        <v>3060</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>3016</v>
+        <v>3061</v>
       </c>
       <c r="H7" t="s">
-        <v>3017</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B8" t="s">
-        <v>3018</v>
+        <v>3063</v>
       </c>
       <c r="C8" t="s">
-        <v>3019</v>
+        <v>3064</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1669</v>
+        <v>1714</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>3020</v>
+        <v>3065</v>
       </c>
       <c r="H8" t="s">
-        <v>3021</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B9" t="s">
-        <v>3022</v>
+        <v>3067</v>
       </c>
       <c r="C9" t="s">
-        <v>3023</v>
+        <v>3068</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>3024</v>
+        <v>3069</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>3025</v>
+        <v>3070</v>
       </c>
       <c r="H9" t="s">
-        <v>3026</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B10" t="s">
-        <v>3027</v>
+        <v>3072</v>
       </c>
       <c r="C10" t="s">
-        <v>3028</v>
+        <v>3073</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>3029</v>
+        <v>3074</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>3030</v>
+        <v>3075</v>
       </c>
       <c r="H10" t="s">
-        <v>3031</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B11" t="s">
-        <v>3032</v>
+        <v>3077</v>
       </c>
       <c r="C11" t="s">
-        <v>3033</v>
+        <v>3078</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>3034</v>
+        <v>3079</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>3035</v>
+        <v>3080</v>
       </c>
       <c r="H11" t="s">
-        <v>3036</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B12" t="s">
-        <v>3037</v>
+        <v>3082</v>
       </c>
       <c r="C12" t="s">
-        <v>3038</v>
+        <v>3083</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1699</v>
+        <v>1744</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>3039</v>
+        <v>3084</v>
       </c>
       <c r="H12" t="s">
-        <v>3040</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B13" t="s">
-        <v>3041</v>
+        <v>3086</v>
       </c>
       <c r="C13" t="s">
-        <v>3042</v>
+        <v>3087</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>3043</v>
+        <v>3088</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>3044</v>
+        <v>3089</v>
       </c>
       <c r="H13" t="s">
-        <v>3045</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B14" t="s">
-        <v>3046</v>
+        <v>3091</v>
       </c>
       <c r="C14" t="s">
-        <v>3047</v>
+        <v>3092</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>3048</v>
+        <v>3093</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>3049</v>
+        <v>3094</v>
       </c>
       <c r="H14" t="s">
-        <v>3050</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B15" t="s">
-        <v>3051</v>
+        <v>3096</v>
       </c>
       <c r="C15" t="s">
-        <v>3052</v>
+        <v>3097</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>3053</v>
+        <v>3098</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>3054</v>
+        <v>3099</v>
       </c>
       <c r="H15" t="s">
-        <v>3055</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B16" t="s">
-        <v>3056</v>
+        <v>3101</v>
       </c>
       <c r="C16" t="s">
-        <v>3057</v>
+        <v>3102</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>3058</v>
+        <v>3103</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>3059</v>
+        <v>3104</v>
       </c>
       <c r="H16" t="s">
-        <v>3060</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B17" t="s">
-        <v>3061</v>
+        <v>3106</v>
       </c>
       <c r="C17" t="s">
-        <v>3062</v>
+        <v>3107</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>3063</v>
+        <v>3108</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>3064</v>
+        <v>3109</v>
       </c>
       <c r="H17" t="s">
-        <v>3065</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2988</v>
+        <v>3033</v>
       </c>
       <c r="B18" t="s">
-        <v>2669</v>
+        <v>2720</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>3066</v>
+        <v>3111</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>3067</v>
+        <v>3112</v>
       </c>
       <c r="H18" t="s">
-        <v>3068</v>
+        <v>3113</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H49"/>
+  <dimension ref="A1:H50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B2" t="s">
-        <v>3070</v>
+        <v>3115</v>
       </c>
       <c r="C2" t="s">
-        <v>3071</v>
+        <v>3116</v>
       </c>
       <c r="D2" t="s">
-        <v>3072</v>
+        <v>3117</v>
       </c>
       <c r="E2" t="s">
-        <v>3073</v>
+        <v>3118</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3074</v>
+        <v>3119</v>
       </c>
       <c r="H2" t="s">
-        <v>3075</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B3" t="s">
-        <v>3076</v>
+        <v>3121</v>
       </c>
       <c r="C3" t="s">
-        <v>3077</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>3078</v>
+        <v>3122</v>
       </c>
       <c r="E3" t="s">
-        <v>3079</v>
+        <v>3123</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3080</v>
+        <v>3124</v>
       </c>
       <c r="H3" t="s">
-        <v>3081</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B4" t="s">
-        <v>3082</v>
+        <v>3126</v>
       </c>
       <c r="C4" t="s">
-        <v>3083</v>
+        <v>3127</v>
       </c>
       <c r="D4" t="s">
-        <v>521</v>
+        <v>3128</v>
       </c>
       <c r="E4" t="s">
-        <v>3084</v>
+        <v>3129</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3085</v>
+        <v>3130</v>
       </c>
       <c r="H4" t="s">
-        <v>3086</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B5" t="s">
-        <v>3087</v>
+        <v>3132</v>
       </c>
       <c r="C5" t="s">
-        <v>3088</v>
+        <v>3133</v>
       </c>
       <c r="D5" t="s">
-        <v>3089</v>
+        <v>551</v>
       </c>
       <c r="E5" t="s">
-        <v>3090</v>
+        <v>3134</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3091</v>
+        <v>3135</v>
       </c>
       <c r="H5" t="s">
-        <v>3092</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B6" t="s">
-        <v>3093</v>
+        <v>3137</v>
       </c>
       <c r="C6" t="s">
-        <v>3094</v>
+        <v>3138</v>
       </c>
       <c r="D6" t="s">
-        <v>3095</v>
+        <v>3139</v>
       </c>
       <c r="E6" t="s">
-        <v>3096</v>
+        <v>3140</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3097</v>
+        <v>3141</v>
       </c>
       <c r="H6" t="s">
-        <v>3098</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B7" t="s">
-        <v>3099</v>
+        <v>3143</v>
       </c>
       <c r="C7" t="s">
-        <v>3100</v>
+        <v>3144</v>
       </c>
       <c r="D7" t="s">
-        <v>3101</v>
+        <v>3145</v>
       </c>
       <c r="E7" t="s">
-        <v>3102</v>
+        <v>3146</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>3103</v>
+        <v>3147</v>
       </c>
       <c r="H7" t="s">
-        <v>3104</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B8" t="s">
-        <v>3105</v>
+        <v>3149</v>
       </c>
       <c r="C8" t="s">
-        <v>3106</v>
+        <v>3150</v>
       </c>
       <c r="D8" t="s">
-        <v>587</v>
+        <v>3151</v>
       </c>
       <c r="E8" t="s">
-        <v>3107</v>
+        <v>3152</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>3108</v>
+        <v>3153</v>
       </c>
       <c r="H8" t="s">
-        <v>3109</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B9" t="s">
-        <v>3110</v>
+        <v>3155</v>
       </c>
       <c r="C9" t="s">
-        <v>3111</v>
+        <v>3156</v>
       </c>
       <c r="D9" t="s">
-        <v>3112</v>
+        <v>617</v>
       </c>
       <c r="E9" t="s">
-        <v>3113</v>
+        <v>3157</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>3114</v>
+        <v>3158</v>
       </c>
       <c r="H9" t="s">
-        <v>3115</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B10" t="s">
-        <v>3116</v>
+        <v>3160</v>
       </c>
       <c r="C10" t="s">
-        <v>3117</v>
+        <v>3161</v>
       </c>
       <c r="D10" t="s">
-        <v>2068</v>
+        <v>3162</v>
       </c>
       <c r="E10" t="s">
-        <v>3118</v>
+        <v>3163</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>3119</v>
+        <v>3164</v>
       </c>
       <c r="H10" t="s">
-        <v>3120</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B11" t="s">
-        <v>3121</v>
+        <v>3166</v>
       </c>
       <c r="C11" t="s">
-        <v>3122</v>
+        <v>3167</v>
       </c>
       <c r="D11" t="s">
-        <v>2091</v>
+        <v>2125</v>
       </c>
       <c r="E11" t="s">
-        <v>3123</v>
+        <v>3168</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>3124</v>
+        <v>3169</v>
       </c>
       <c r="H11" t="s">
-        <v>3125</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B12" t="s">
-        <v>3126</v>
+        <v>3171</v>
       </c>
       <c r="C12" t="s">
-        <v>3127</v>
+        <v>3172</v>
       </c>
       <c r="D12" t="s">
-        <v>3128</v>
+        <v>2148</v>
       </c>
       <c r="E12" t="s">
-        <v>3129</v>
+        <v>3173</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>3130</v>
+        <v>3174</v>
       </c>
       <c r="H12" t="s">
-        <v>3131</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B13" t="s">
-        <v>3132</v>
+        <v>3176</v>
       </c>
       <c r="C13" t="s">
-        <v>3133</v>
+        <v>3177</v>
       </c>
       <c r="D13" t="s">
-        <v>3134</v>
+        <v>3178</v>
       </c>
       <c r="E13" t="s">
-        <v>3135</v>
+        <v>3179</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>3136</v>
+        <v>3180</v>
       </c>
       <c r="H13" t="s">
-        <v>3137</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B14" t="s">
-        <v>3138</v>
+        <v>3182</v>
       </c>
       <c r="C14" t="s">
-        <v>3139</v>
+        <v>3183</v>
       </c>
       <c r="D14" t="s">
-        <v>3140</v>
+        <v>3184</v>
       </c>
       <c r="E14" t="s">
-        <v>3141</v>
+        <v>3185</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>3142</v>
+        <v>3186</v>
       </c>
       <c r="H14" t="s">
-        <v>3143</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B15" t="s">
-        <v>3144</v>
+        <v>3188</v>
       </c>
       <c r="C15" t="s">
-        <v>3145</v>
+        <v>3189</v>
       </c>
       <c r="D15" t="s">
-        <v>3146</v>
+        <v>3190</v>
       </c>
       <c r="E15" t="s">
-        <v>3147</v>
+        <v>3191</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>3148</v>
+        <v>3192</v>
       </c>
       <c r="H15" t="s">
-        <v>3149</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B16" t="s">
-        <v>3150</v>
+        <v>3194</v>
       </c>
       <c r="C16" t="s">
-        <v>3151</v>
+        <v>3195</v>
       </c>
       <c r="D16" t="s">
-        <v>2233</v>
+        <v>3196</v>
       </c>
       <c r="E16" t="s">
-        <v>3152</v>
+        <v>3197</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>3153</v>
+        <v>3198</v>
       </c>
       <c r="H16" t="s">
-        <v>3154</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B17" t="s">
-        <v>3155</v>
+        <v>3200</v>
       </c>
       <c r="C17" t="s">
-        <v>3156</v>
+        <v>3201</v>
       </c>
       <c r="D17" t="s">
-        <v>3157</v>
+        <v>2290</v>
       </c>
       <c r="E17" t="s">
-        <v>3158</v>
+        <v>3202</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>3159</v>
+        <v>3203</v>
       </c>
       <c r="H17" t="s">
-        <v>3160</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B18" t="s">
-        <v>3161</v>
+        <v>3205</v>
       </c>
       <c r="C18" t="s">
-        <v>3162</v>
+        <v>3206</v>
       </c>
       <c r="D18" t="s">
-        <v>3163</v>
+        <v>3207</v>
       </c>
       <c r="E18" t="s">
-        <v>3164</v>
+        <v>3208</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>3165</v>
+        <v>3209</v>
       </c>
       <c r="H18" t="s">
-        <v>3166</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B19" t="s">
-        <v>3167</v>
+        <v>3211</v>
       </c>
       <c r="C19" t="s">
-        <v>3168</v>
+        <v>3212</v>
       </c>
       <c r="D19" t="s">
-        <v>3169</v>
+        <v>3213</v>
       </c>
       <c r="E19" t="s">
-        <v>3170</v>
+        <v>3214</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>3171</v>
+        <v>3215</v>
       </c>
       <c r="H19" t="s">
-        <v>3172</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B20" t="s">
-        <v>3173</v>
+        <v>3217</v>
       </c>
       <c r="C20" t="s">
-        <v>3174</v>
+        <v>3218</v>
       </c>
       <c r="D20" t="s">
-        <v>3175</v>
+        <v>3219</v>
       </c>
       <c r="E20" t="s">
-        <v>3176</v>
+        <v>3220</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>3177</v>
+        <v>3221</v>
       </c>
       <c r="H20" t="s">
-        <v>3178</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B21" t="s">
-        <v>3179</v>
+        <v>3223</v>
       </c>
       <c r="C21" t="s">
-        <v>3180</v>
+        <v>3224</v>
       </c>
       <c r="D21" t="s">
-        <v>3181</v>
+        <v>3225</v>
       </c>
       <c r="E21" t="s">
-        <v>3182</v>
+        <v>3226</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>3183</v>
+        <v>3227</v>
       </c>
       <c r="H21" t="s">
-        <v>3184</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B22" t="s">
-        <v>3185</v>
+        <v>3229</v>
       </c>
       <c r="C22" t="s">
-        <v>3186</v>
+        <v>3230</v>
       </c>
       <c r="D22" t="s">
-        <v>3187</v>
+        <v>3231</v>
       </c>
       <c r="E22" t="s">
-        <v>3188</v>
+        <v>3232</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>3189</v>
+        <v>3233</v>
       </c>
       <c r="H22" t="s">
-        <v>3190</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B23" t="s">
-        <v>3191</v>
+        <v>3235</v>
       </c>
       <c r="C23" t="s">
-        <v>3192</v>
+        <v>3236</v>
       </c>
       <c r="D23" t="s">
-        <v>3193</v>
+        <v>3237</v>
       </c>
       <c r="E23" t="s">
-        <v>3194</v>
+        <v>3238</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>3195</v>
+        <v>3239</v>
       </c>
       <c r="H23" t="s">
-        <v>3196</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B24" t="s">
-        <v>3197</v>
+        <v>3241</v>
       </c>
       <c r="C24" t="s">
-        <v>3198</v>
+        <v>3242</v>
       </c>
       <c r="D24" t="s">
-        <v>3199</v>
+        <v>3243</v>
       </c>
       <c r="E24" t="s">
-        <v>3200</v>
+        <v>3244</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>3201</v>
+        <v>3245</v>
       </c>
       <c r="H24" t="s">
-        <v>3202</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B25" t="s">
-        <v>3203</v>
+        <v>3247</v>
       </c>
       <c r="C25" t="s">
-        <v>3204</v>
+        <v>3248</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>3249</v>
       </c>
       <c r="E25" t="s">
-        <v>3205</v>
+        <v>3250</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>3206</v>
+        <v>3251</v>
       </c>
       <c r="H25" t="s">
-        <v>3207</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B26" t="s">
-        <v>3208</v>
+        <v>3253</v>
       </c>
       <c r="C26" t="s">
-        <v>3208</v>
+        <v>3254</v>
       </c>
       <c r="D26" t="s">
-        <v>3209</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>3210</v>
+        <v>3255</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>3211</v>
+        <v>3256</v>
       </c>
       <c r="H26" t="s">
-        <v>3212</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B27" t="s">
-        <v>3213</v>
+        <v>3258</v>
       </c>
       <c r="C27" t="s">
-        <v>3214</v>
+        <v>3258</v>
       </c>
       <c r="D27" t="s">
-        <v>3215</v>
+        <v>3259</v>
       </c>
       <c r="E27" t="s">
-        <v>3216</v>
+        <v>3260</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>3217</v>
+        <v>3261</v>
       </c>
       <c r="H27" t="s">
-        <v>3218</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B28" t="s">
-        <v>3219</v>
+        <v>3263</v>
       </c>
       <c r="C28" t="s">
-        <v>3220</v>
+        <v>3264</v>
       </c>
       <c r="D28" t="s">
-        <v>3221</v>
+        <v>3265</v>
       </c>
       <c r="E28" t="s">
-        <v>3222</v>
+        <v>3266</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>3223</v>
+        <v>3267</v>
       </c>
       <c r="H28" t="s">
-        <v>3224</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B29" t="s">
-        <v>3225</v>
+        <v>3269</v>
       </c>
       <c r="C29" t="s">
-        <v>3226</v>
+        <v>3270</v>
       </c>
       <c r="D29" t="s">
-        <v>3227</v>
+        <v>3271</v>
       </c>
       <c r="E29" t="s">
-        <v>3228</v>
+        <v>3272</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>3229</v>
+        <v>3273</v>
       </c>
       <c r="H29" t="s">
-        <v>3230</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B30" t="s">
-        <v>3231</v>
+        <v>3275</v>
       </c>
       <c r="C30" t="s">
-        <v>3232</v>
+        <v>3276</v>
       </c>
       <c r="D30" t="s">
-        <v>3233</v>
+        <v>3277</v>
       </c>
       <c r="E30" t="s">
-        <v>3234</v>
+        <v>3278</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>3235</v>
+        <v>3279</v>
       </c>
       <c r="H30" t="s">
-        <v>3236</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B31" t="s">
-        <v>3237</v>
+        <v>3281</v>
       </c>
       <c r="C31" t="s">
-        <v>3238</v>
+        <v>3282</v>
       </c>
       <c r="D31" t="s">
-        <v>3239</v>
+        <v>3283</v>
       </c>
       <c r="E31" t="s">
-        <v>3240</v>
+        <v>3284</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>3241</v>
+        <v>3285</v>
       </c>
       <c r="H31" t="s">
-        <v>3242</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B32" t="s">
-        <v>3243</v>
+        <v>3287</v>
       </c>
       <c r="C32" t="s">
-        <v>3244</v>
+        <v>3288</v>
       </c>
       <c r="D32" t="s">
-        <v>3245</v>
+        <v>3289</v>
       </c>
       <c r="E32" t="s">
-        <v>3246</v>
+        <v>3290</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>3247</v>
+        <v>3291</v>
       </c>
       <c r="H32" t="s">
-        <v>3248</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B33" t="s">
-        <v>3249</v>
+        <v>3293</v>
       </c>
       <c r="C33" t="s">
-        <v>3250</v>
+        <v>3294</v>
       </c>
       <c r="D33" t="s">
-        <v>1646</v>
+        <v>3295</v>
       </c>
       <c r="E33" t="s">
-        <v>3251</v>
+        <v>3296</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>3252</v>
+        <v>3297</v>
       </c>
       <c r="H33" t="s">
-        <v>3253</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B34" t="s">
-        <v>3254</v>
+        <v>3299</v>
       </c>
       <c r="C34" t="s">
-        <v>3255</v>
+        <v>3300</v>
       </c>
       <c r="D34" t="s">
-        <v>3256</v>
+        <v>1696</v>
       </c>
       <c r="E34" t="s">
-        <v>3257</v>
+        <v>3301</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>3258</v>
+        <v>3302</v>
       </c>
       <c r="H34" t="s">
-        <v>3259</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B35" t="s">
-        <v>3260</v>
+        <v>3304</v>
       </c>
       <c r="C35" t="s">
-        <v>3261</v>
+        <v>3305</v>
       </c>
       <c r="D35" t="s">
-        <v>3262</v>
+        <v>3306</v>
       </c>
       <c r="E35" t="s">
-        <v>3263</v>
+        <v>3307</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>3264</v>
+        <v>3308</v>
       </c>
       <c r="H35" t="s">
-        <v>3265</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B36" t="s">
-        <v>3266</v>
+        <v>3310</v>
       </c>
       <c r="C36" t="s">
-        <v>3267</v>
+        <v>3311</v>
       </c>
       <c r="D36" t="s">
-        <v>3268</v>
+        <v>3312</v>
       </c>
       <c r="E36" t="s">
-        <v>2537</v>
+        <v>3313</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>3269</v>
+        <v>3314</v>
       </c>
       <c r="H36" t="s">
-        <v>3270</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B37" t="s">
-        <v>3271</v>
+        <v>3316</v>
       </c>
       <c r="C37" t="s">
-        <v>3272</v>
+        <v>3317</v>
       </c>
       <c r="D37" t="s">
-        <v>3273</v>
+        <v>3318</v>
       </c>
       <c r="E37" t="s">
-        <v>3274</v>
+        <v>2588</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>3275</v>
+        <v>3319</v>
       </c>
       <c r="H37" t="s">
-        <v>3276</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B38" t="s">
-        <v>3277</v>
+        <v>3321</v>
       </c>
       <c r="C38" t="s">
-        <v>3278</v>
+        <v>3322</v>
       </c>
       <c r="D38" t="s">
-        <v>3279</v>
+        <v>3323</v>
       </c>
       <c r="E38" t="s">
-        <v>3280</v>
+        <v>3324</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>3281</v>
+        <v>3325</v>
       </c>
       <c r="H38" t="s">
-        <v>3282</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B39" t="s">
-        <v>3283</v>
+        <v>3327</v>
       </c>
       <c r="C39" t="s">
-        <v>3284</v>
+        <v>3328</v>
       </c>
       <c r="D39" t="s">
-        <v>3285</v>
+        <v>3329</v>
       </c>
       <c r="E39" t="s">
-        <v>3286</v>
+        <v>3330</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>3287</v>
+        <v>3331</v>
       </c>
       <c r="H39" t="s">
-        <v>3288</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B40" t="s">
-        <v>3289</v>
+        <v>3333</v>
       </c>
       <c r="C40" t="s">
-        <v>3290</v>
+        <v>3334</v>
       </c>
       <c r="D40" t="s">
-        <v>3291</v>
+        <v>3335</v>
       </c>
       <c r="E40" t="s">
-        <v>3292</v>
+        <v>3336</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>3293</v>
+        <v>3337</v>
       </c>
       <c r="H40" t="s">
-        <v>3294</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B41" t="s">
-        <v>3295</v>
+        <v>3339</v>
       </c>
       <c r="C41" t="s">
-        <v>3296</v>
+        <v>3340</v>
       </c>
       <c r="D41" t="s">
-        <v>1692</v>
+        <v>3341</v>
       </c>
       <c r="E41" t="s">
-        <v>3297</v>
+        <v>3342</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>3298</v>
+        <v>3343</v>
       </c>
       <c r="H41" t="s">
-        <v>3299</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B42" t="s">
-        <v>3300</v>
+        <v>3345</v>
       </c>
       <c r="C42" t="s">
-        <v>3301</v>
+        <v>3346</v>
       </c>
       <c r="D42" t="s">
-        <v>3302</v>
+        <v>1737</v>
       </c>
       <c r="E42" t="s">
-        <v>3303</v>
+        <v>3347</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>3304</v>
+        <v>3348</v>
       </c>
       <c r="H42" t="s">
-        <v>3305</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B43" t="s">
-        <v>3306</v>
+        <v>3350</v>
       </c>
       <c r="C43" t="s">
-        <v>3307</v>
+        <v>3351</v>
       </c>
       <c r="D43" t="s">
-        <v>260</v>
+        <v>3352</v>
       </c>
       <c r="E43" t="s">
-        <v>3308</v>
+        <v>3353</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>3309</v>
+        <v>3354</v>
       </c>
       <c r="H43" t="s">
-        <v>3310</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B44" t="s">
-        <v>3311</v>
+        <v>3356</v>
       </c>
       <c r="C44" t="s">
-        <v>3312</v>
+        <v>3357</v>
       </c>
       <c r="D44" t="s">
-        <v>3313</v>
+        <v>260</v>
       </c>
       <c r="E44" t="s">
-        <v>3314</v>
+        <v>3358</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>3315</v>
+        <v>3359</v>
       </c>
       <c r="H44" t="s">
-        <v>3316</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B45" t="s">
-        <v>3317</v>
+        <v>3361</v>
       </c>
       <c r="C45" t="s">
-        <v>3318</v>
+        <v>3362</v>
       </c>
       <c r="D45" t="s">
-        <v>13</v>
+        <v>3363</v>
       </c>
       <c r="E45" t="s">
-        <v>3319</v>
+        <v>3364</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>3320</v>
+        <v>3365</v>
       </c>
       <c r="H45" t="s">
-        <v>3321</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B46" t="s">
-        <v>3322</v>
+        <v>3367</v>
       </c>
       <c r="C46" t="s">
-        <v>3323</v>
+        <v>3368</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>3324</v>
+        <v>3369</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>3325</v>
+        <v>3370</v>
       </c>
       <c r="H46" t="s">
-        <v>3326</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B47" t="s">
-        <v>3327</v>
+        <v>3372</v>
       </c>
       <c r="C47" t="s">
-        <v>3328</v>
+        <v>3373</v>
       </c>
       <c r="D47" t="s">
-        <v>3329</v>
+        <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>3330</v>
+        <v>3374</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>3331</v>
+        <v>3375</v>
       </c>
       <c r="H47" t="s">
-        <v>3332</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B48" t="s">
-        <v>3333</v>
+        <v>3377</v>
       </c>
       <c r="C48" t="s">
-        <v>3334</v>
+        <v>3378</v>
       </c>
       <c r="D48" t="s">
-        <v>3335</v>
+        <v>3379</v>
       </c>
       <c r="E48" t="s">
-        <v>3336</v>
+        <v>3380</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>3337</v>
+        <v>3381</v>
       </c>
       <c r="H48" t="s">
-        <v>3338</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>3069</v>
+        <v>3114</v>
       </c>
       <c r="B49" t="s">
-        <v>3339</v>
+        <v>3383</v>
       </c>
       <c r="C49" t="s">
-        <v>3340</v>
+        <v>3384</v>
       </c>
       <c r="D49" t="s">
-        <v>3341</v>
+        <v>3385</v>
       </c>
       <c r="E49" t="s">
-        <v>3342</v>
+        <v>3386</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>3343</v>
+        <v>3387</v>
       </c>
       <c r="H49" t="s">
-        <v>3344</v>
+        <v>3388</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>3114</v>
+      </c>
+      <c r="B50" t="s">
+        <v>3389</v>
+      </c>
+      <c r="C50" t="s">
+        <v>3390</v>
+      </c>
+      <c r="D50" t="s">
+        <v>3391</v>
+      </c>
+      <c r="E50" t="s">
+        <v>3392</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>3393</v>
+      </c>
+      <c r="H50" t="s">
+        <v>3394</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3345</v>
+        <v>3395</v>
       </c>
       <c r="B2" t="s">
-        <v>3346</v>
+        <v>3396</v>
       </c>
       <c r="C2" t="s">
-        <v>3346</v>
+        <v>3396</v>
       </c>
       <c r="D2" t="s">
-        <v>3347</v>
+        <v>3397</v>
       </c>
       <c r="E2" t="s">
-        <v>1486</v>
+        <v>1536</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3348</v>
+        <v>3398</v>
       </c>
       <c r="H2" t="s">
-        <v>3349</v>
+        <v>3399</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3345</v>
+        <v>3395</v>
       </c>
       <c r="B3" t="s">
-        <v>3350</v>
+        <v>3400</v>
       </c>
       <c r="C3" t="s">
-        <v>3351</v>
+        <v>3401</v>
       </c>
       <c r="D3" t="s">
-        <v>3352</v>
+        <v>3402</v>
       </c>
       <c r="E3" t="s">
-        <v>1491</v>
+        <v>1541</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3353</v>
+        <v>3403</v>
       </c>
       <c r="H3" t="s">
-        <v>3354</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3345</v>
+        <v>3395</v>
       </c>
       <c r="B4" t="s">
-        <v>3355</v>
+        <v>3405</v>
       </c>
       <c r="C4" t="s">
-        <v>3355</v>
+        <v>3405</v>
       </c>
       <c r="D4" t="s">
-        <v>3356</v>
+        <v>3406</v>
       </c>
       <c r="E4" t="s">
-        <v>3357</v>
+        <v>3407</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3358</v>
+        <v>3408</v>
       </c>
       <c r="H4" t="s">
-        <v>3359</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3345</v>
+        <v>3395</v>
       </c>
       <c r="B5" t="s">
-        <v>3360</v>
+        <v>3410</v>
       </c>
       <c r="C5" t="s">
-        <v>3361</v>
+        <v>3411</v>
       </c>
       <c r="D5" t="s">
-        <v>3362</v>
+        <v>3412</v>
       </c>
       <c r="E5" t="s">
-        <v>3363</v>
+        <v>3413</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3364</v>
+        <v>3414</v>
       </c>
       <c r="H5" t="s">
-        <v>3365</v>
+        <v>3415</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3345</v>
+        <v>3395</v>
       </c>
       <c r="B6" t="s">
-        <v>3366</v>
+        <v>3416</v>
       </c>
       <c r="C6" t="s">
-        <v>3367</v>
+        <v>3417</v>
       </c>
       <c r="D6" t="s">
-        <v>3368</v>
+        <v>3418</v>
       </c>
       <c r="E6" t="s">
-        <v>3369</v>
+        <v>3419</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3370</v>
+        <v>3420</v>
       </c>
       <c r="H6" t="s">
-        <v>3371</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3345</v>
+        <v>3395</v>
       </c>
       <c r="B7" t="s">
-        <v>3372</v>
+        <v>3422</v>
       </c>
       <c r="C7" t="s">
-        <v>3373</v>
+        <v>3423</v>
       </c>
       <c r="D7" t="s">
-        <v>3374</v>
+        <v>3424</v>
       </c>
       <c r="E7" t="s">
-        <v>3375</v>
+        <v>3425</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>3376</v>
+        <v>3426</v>
       </c>
       <c r="H7" t="s">
-        <v>3377</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3345</v>
+        <v>3395</v>
       </c>
       <c r="B8" t="s">
-        <v>3378</v>
+        <v>3428</v>
       </c>
       <c r="C8" t="s">
-        <v>3379</v>
+        <v>3429</v>
       </c>
       <c r="D8" t="s">
-        <v>3380</v>
+        <v>3430</v>
       </c>
       <c r="E8" t="s">
-        <v>3381</v>
+        <v>3431</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>3382</v>
+        <v>3432</v>
       </c>
       <c r="H8" t="s">
-        <v>3383</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>3345</v>
+        <v>3395</v>
       </c>
       <c r="B9" t="s">
-        <v>3384</v>
+        <v>3434</v>
       </c>
       <c r="C9" t="s">
-        <v>3385</v>
+        <v>3435</v>
       </c>
       <c r="D9" t="s">
-        <v>3386</v>
+        <v>3436</v>
       </c>
       <c r="E9" t="s">
-        <v>3387</v>
+        <v>3437</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>3388</v>
+        <v>3438</v>
       </c>
       <c r="H9" t="s">
-        <v>3389</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>3345</v>
+        <v>3395</v>
       </c>
       <c r="B10" t="s">
-        <v>3390</v>
+        <v>3440</v>
       </c>
       <c r="C10" t="s">
-        <v>3391</v>
+        <v>3441</v>
       </c>
       <c r="D10" t="s">
-        <v>3392</v>
+        <v>3442</v>
       </c>
       <c r="E10" t="s">
-        <v>3393</v>
+        <v>3443</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>3394</v>
+        <v>3444</v>
       </c>
       <c r="H10" t="s">
-        <v>3395</v>
+        <v>3445</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>3345</v>
+        <v>3395</v>
       </c>
       <c r="B11" t="s">
-        <v>3396</v>
+        <v>3446</v>
       </c>
       <c r="C11" t="s">
-        <v>3397</v>
+        <v>3447</v>
       </c>
       <c r="D11" t="s">
-        <v>3398</v>
+        <v>3448</v>
       </c>
       <c r="E11" t="s">
-        <v>3399</v>
+        <v>3449</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>3400</v>
+        <v>3450</v>
       </c>
       <c r="H11" t="s">
-        <v>3401</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>3345</v>
+        <v>3395</v>
       </c>
       <c r="B12" t="s">
-        <v>3402</v>
+        <v>3452</v>
       </c>
       <c r="C12" t="s">
-        <v>3403</v>
+        <v>3453</v>
       </c>
       <c r="D12" t="s">
-        <v>3404</v>
+        <v>3454</v>
       </c>
       <c r="E12" t="s">
-        <v>3405</v>
+        <v>3455</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>3406</v>
+        <v>3456</v>
       </c>
       <c r="H12" t="s">
-        <v>3407</v>
+        <v>3457</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>3345</v>
+        <v>3395</v>
       </c>
       <c r="B13" t="s">
-        <v>3408</v>
+        <v>3458</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>3409</v>
+        <v>3459</v>
       </c>
       <c r="E13" t="s">
-        <v>3410</v>
+        <v>3460</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>3411</v>
+        <v>3461</v>
       </c>
       <c r="H13" t="s">
-        <v>3412</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>3345</v>
+        <v>3395</v>
       </c>
       <c r="B14" t="s">
-        <v>3413</v>
+        <v>3463</v>
       </c>
       <c r="C14" t="s">
-        <v>3414</v>
+        <v>3464</v>
       </c>
       <c r="D14" t="s">
-        <v>3415</v>
+        <v>3465</v>
       </c>
       <c r="E14" t="s">
-        <v>3416</v>
+        <v>3466</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>3417</v>
+        <v>3467</v>
       </c>
       <c r="H14" t="s">
-        <v>3418</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>3345</v>
+        <v>3395</v>
       </c>
       <c r="B15" t="s">
-        <v>3419</v>
+        <v>3469</v>
       </c>
       <c r="C15" t="s">
-        <v>3420</v>
+        <v>3470</v>
       </c>
       <c r="D15" t="s">
-        <v>3421</v>
+        <v>3471</v>
       </c>
       <c r="E15" t="s">
-        <v>3422</v>
+        <v>3472</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>3423</v>
+        <v>3473</v>
       </c>
       <c r="H15" t="s">
-        <v>3424</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>3345</v>
+        <v>3395</v>
       </c>
       <c r="B16" t="s">
-        <v>3425</v>
+        <v>3475</v>
       </c>
       <c r="C16" t="s">
-        <v>3426</v>
+        <v>3476</v>
       </c>
       <c r="D16" t="s">
-        <v>3427</v>
+        <v>3477</v>
       </c>
       <c r="E16" t="s">
-        <v>3428</v>
+        <v>3478</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>3429</v>
+        <v>3479</v>
       </c>
       <c r="H16" t="s">
-        <v>3430</v>
+        <v>3480</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>3431</v>
+        <v>3481</v>
       </c>
       <c r="J1" t="s">
         <v>90</v>
       </c>
       <c r="K1" t="s">
-        <v>3432</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3433</v>
+        <v>3483</v>
       </c>
       <c r="B2" t="s">
-        <v>3434</v>
+        <v>3484</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>3435</v>
+        <v>3485</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3436</v>
+        <v>3486</v>
       </c>
       <c r="H2" t="s">
-        <v>3437</v>
+        <v>3487</v>
       </c>
       <c r="I2" t="s">
-        <v>3438</v>
+        <v>3488</v>
       </c>
       <c r="J2" t="s">
-        <v>3439</v>
+        <v>3489</v>
       </c>
       <c r="K2" t="s">
-        <v>3440</v>
+        <v>3490</v>
       </c>
       <c r="L2" t="s">
-        <v>3441</v>
+        <v>3491</v>
       </c>
       <c r="M2" t="s">
-        <v>3442</v>
+        <v>3492</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H37"/>
+  <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B2" t="s">
-        <v>3444</v>
+        <v>3494</v>
       </c>
       <c r="C2" t="s">
-        <v>3445</v>
+        <v>3495</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>3446</v>
+        <v>3496</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3447</v>
+        <v>3497</v>
       </c>
       <c r="H2" t="s">
-        <v>3448</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B3" t="s">
-        <v>3449</v>
+        <v>3499</v>
       </c>
       <c r="C3" t="s">
-        <v>3450</v>
+        <v>3500</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>3446</v>
+        <v>3501</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3451</v>
+        <v>3502</v>
       </c>
       <c r="H3" t="s">
-        <v>3452</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B4" t="s">
-        <v>3453</v>
+        <v>3504</v>
       </c>
       <c r="C4" t="s">
-        <v>3454</v>
+        <v>3505</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>3455</v>
+        <v>3506</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3456</v>
+        <v>3507</v>
       </c>
       <c r="H4" t="s">
-        <v>3457</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B5" t="s">
-        <v>3458</v>
+        <v>3509</v>
       </c>
       <c r="C5" t="s">
-        <v>3459</v>
+        <v>3510</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>3460</v>
+        <v>3506</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3461</v>
+        <v>3511</v>
       </c>
       <c r="H5" t="s">
-        <v>3462</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B6" t="s">
-        <v>3463</v>
+        <v>3513</v>
       </c>
       <c r="C6" t="s">
-        <v>3464</v>
+        <v>3514</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>3465</v>
+        <v>3515</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3466</v>
+        <v>3516</v>
       </c>
       <c r="H6" t="s">
-        <v>3467</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B7" t="s">
-        <v>3468</v>
+        <v>3518</v>
       </c>
       <c r="C7" t="s">
-        <v>3469</v>
+        <v>3519</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>3470</v>
+        <v>3520</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>3471</v>
+        <v>3521</v>
       </c>
       <c r="H7" t="s">
-        <v>3472</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B8" t="s">
-        <v>3473</v>
+        <v>3523</v>
       </c>
       <c r="C8" t="s">
-        <v>3474</v>
+        <v>3524</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>3475</v>
+        <v>3525</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>3476</v>
+        <v>3526</v>
       </c>
       <c r="H8" t="s">
-        <v>3477</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B9" t="s">
-        <v>3478</v>
+        <v>3528</v>
       </c>
       <c r="C9" t="s">
-        <v>3479</v>
+        <v>3529</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>3480</v>
+        <v>3530</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>3481</v>
+        <v>3531</v>
       </c>
       <c r="H9" t="s">
-        <v>3482</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B10" t="s">
-        <v>3483</v>
+        <v>3533</v>
       </c>
       <c r="C10" t="s">
-        <v>3484</v>
+        <v>3534</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>3485</v>
+        <v>3535</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>3486</v>
+        <v>3536</v>
       </c>
       <c r="H10" t="s">
-        <v>3487</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B11" t="s">
-        <v>3488</v>
+        <v>3538</v>
       </c>
       <c r="C11" t="s">
-        <v>3489</v>
+        <v>3539</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>3490</v>
+        <v>3540</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>3491</v>
+        <v>3541</v>
       </c>
       <c r="H11" t="s">
-        <v>3492</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B12" t="s">
-        <v>3493</v>
+        <v>3543</v>
       </c>
       <c r="C12" t="s">
-        <v>3494</v>
+        <v>3544</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>3495</v>
+        <v>3545</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>3496</v>
+        <v>3546</v>
       </c>
       <c r="H12" t="s">
-        <v>3497</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B13" t="s">
-        <v>3498</v>
+        <v>3548</v>
       </c>
       <c r="C13" t="s">
-        <v>3499</v>
+        <v>3549</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>3500</v>
+        <v>3550</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>3501</v>
+        <v>3551</v>
       </c>
       <c r="H13" t="s">
-        <v>3502</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B14" t="s">
-        <v>3503</v>
+        <v>3553</v>
       </c>
       <c r="C14" t="s">
-        <v>3504</v>
+        <v>3554</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>3505</v>
+        <v>3555</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>3506</v>
+        <v>3556</v>
       </c>
       <c r="H14" t="s">
-        <v>3507</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B15" t="s">
-        <v>3508</v>
+        <v>3558</v>
       </c>
       <c r="C15" t="s">
-        <v>3509</v>
+        <v>3559</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>3510</v>
+        <v>3560</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>3511</v>
+        <v>3561</v>
       </c>
       <c r="H15" t="s">
-        <v>3512</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B16" t="s">
-        <v>3513</v>
+        <v>3563</v>
       </c>
       <c r="C16" t="s">
-        <v>3509</v>
+        <v>3559</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>3514</v>
+        <v>3564</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>3515</v>
+        <v>3565</v>
       </c>
       <c r="H16" t="s">
-        <v>3516</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B17" t="s">
-        <v>3517</v>
+        <v>3567</v>
       </c>
       <c r="C17" t="s">
-        <v>3518</v>
+        <v>3568</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>3519</v>
+        <v>3569</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>3520</v>
+        <v>3570</v>
       </c>
       <c r="H17" t="s">
-        <v>3521</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B18" t="s">
-        <v>3522</v>
+        <v>3572</v>
       </c>
       <c r="C18" t="s">
-        <v>3523</v>
+        <v>3573</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>3524</v>
+        <v>3574</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>3525</v>
+        <v>3575</v>
       </c>
       <c r="H18" t="s">
-        <v>3526</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B19" t="s">
-        <v>3527</v>
+        <v>3577</v>
       </c>
       <c r="C19" t="s">
-        <v>3528</v>
+        <v>3578</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>3529</v>
+        <v>3579</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>3530</v>
+        <v>3580</v>
       </c>
       <c r="H19" t="s">
-        <v>3531</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B20" t="s">
-        <v>3532</v>
+        <v>3582</v>
       </c>
       <c r="C20" t="s">
-        <v>3533</v>
+        <v>3583</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>3534</v>
+        <v>3584</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>3535</v>
+        <v>3585</v>
       </c>
       <c r="H20" t="s">
-        <v>3536</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B21" t="s">
-        <v>3537</v>
+        <v>3587</v>
       </c>
       <c r="C21" t="s">
-        <v>3538</v>
+        <v>3588</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>3539</v>
+        <v>3589</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>3540</v>
+        <v>3590</v>
       </c>
       <c r="H21" t="s">
-        <v>3541</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B22" t="s">
-        <v>3542</v>
+        <v>3592</v>
       </c>
       <c r="C22" t="s">
-        <v>3543</v>
+        <v>3593</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>3544</v>
+        <v>3594</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>3545</v>
+        <v>3595</v>
       </c>
       <c r="H22" t="s">
-        <v>3546</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B23" t="s">
-        <v>3547</v>
+        <v>3597</v>
       </c>
       <c r="C23" t="s">
-        <v>3548</v>
+        <v>3598</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>3549</v>
+        <v>3599</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>3550</v>
+        <v>3600</v>
       </c>
       <c r="H23" t="s">
-        <v>3551</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B24" t="s">
-        <v>3552</v>
+        <v>3602</v>
       </c>
       <c r="C24" t="s">
-        <v>3553</v>
+        <v>3603</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>3554</v>
+        <v>3604</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>3555</v>
+        <v>3605</v>
       </c>
       <c r="H24" t="s">
-        <v>3556</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B25" t="s">
-        <v>3557</v>
+        <v>3607</v>
       </c>
       <c r="C25" t="s">
-        <v>3558</v>
+        <v>3608</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>3559</v>
+        <v>3609</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>3560</v>
+        <v>3610</v>
       </c>
       <c r="H25" t="s">
-        <v>3561</v>
+        <v>3611</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B26" t="s">
-        <v>3562</v>
+        <v>3612</v>
       </c>
       <c r="C26" t="s">
-        <v>3563</v>
+        <v>3613</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>3564</v>
+        <v>3614</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>3565</v>
+        <v>3615</v>
       </c>
       <c r="H26" t="s">
-        <v>3566</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B27" t="s">
-        <v>3567</v>
+        <v>3617</v>
       </c>
       <c r="C27" t="s">
-        <v>3568</v>
+        <v>3618</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>3569</v>
+        <v>3619</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>3570</v>
+        <v>3620</v>
       </c>
       <c r="H27" t="s">
-        <v>3571</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B28" t="s">
-        <v>3572</v>
+        <v>3622</v>
       </c>
       <c r="C28" t="s">
-        <v>3573</v>
+        <v>3623</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>3574</v>
+        <v>3624</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>3575</v>
+        <v>3625</v>
       </c>
       <c r="H28" t="s">
-        <v>3576</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B29" t="s">
-        <v>3577</v>
+        <v>3627</v>
       </c>
       <c r="C29" t="s">
-        <v>3578</v>
+        <v>3628</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>3579</v>
+        <v>3629</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>3580</v>
+        <v>3630</v>
       </c>
       <c r="H29" t="s">
-        <v>3581</v>
+        <v>3631</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B30" t="s">
-        <v>3582</v>
+        <v>3632</v>
       </c>
       <c r="C30" t="s">
-        <v>3583</v>
+        <v>3633</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>3584</v>
+        <v>3634</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>3585</v>
+        <v>3635</v>
       </c>
       <c r="H30" t="s">
-        <v>3586</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B31" t="s">
-        <v>3587</v>
+        <v>3637</v>
       </c>
       <c r="C31" t="s">
-        <v>3588</v>
+        <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>3589</v>
+        <v>3638</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>3590</v>
+        <v>3639</v>
       </c>
       <c r="H31" t="s">
-        <v>3591</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B32" t="s">
-        <v>3592</v>
+        <v>3641</v>
       </c>
       <c r="C32" t="s">
-        <v>13</v>
+        <v>3642</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>3593</v>
+        <v>3643</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>3594</v>
+        <v>3644</v>
       </c>
       <c r="H32" t="s">
-        <v>3595</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B33" t="s">
-        <v>3596</v>
+        <v>3646</v>
       </c>
       <c r="C33" t="s">
-        <v>3597</v>
+        <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>3598</v>
+        <v>3647</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>3599</v>
+        <v>3648</v>
       </c>
       <c r="H33" t="s">
-        <v>3600</v>
+        <v>3649</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B34" t="s">
-        <v>3601</v>
+        <v>3650</v>
       </c>
       <c r="C34" t="s">
-        <v>13</v>
+        <v>3651</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>3602</v>
+        <v>3652</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>3603</v>
+        <v>3653</v>
       </c>
       <c r="H34" t="s">
-        <v>3604</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B35" t="s">
-        <v>3605</v>
+        <v>3655</v>
       </c>
       <c r="C35" t="s">
-        <v>3606</v>
+        <v>3656</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>3607</v>
+        <v>3657</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>3608</v>
+        <v>3658</v>
       </c>
       <c r="H35" t="s">
-        <v>3609</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>3443</v>
+        <v>3493</v>
       </c>
       <c r="B36" t="s">
-        <v>3610</v>
+        <v>3660</v>
       </c>
       <c r="C36" t="s">
-        <v>3611</v>
+        <v>3661</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>3612</v>
+        <v>3662</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>3613</v>
+        <v>3663</v>
       </c>
       <c r="H36" t="s">
-        <v>3614</v>
-[...25 lines deleted...]
-        <v>3619</v>
+        <v>3664</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J64"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -16889,435 +17024,435 @@
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
         <v>452</v>
       </c>
       <c r="H64" t="s">
         <v>453</v>
       </c>
       <c r="I64" t="s">
         <v>13</v>
       </c>
       <c r="J64" t="s">
         <v>454</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H130"/>
+  <dimension ref="A1:H136"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>455</v>
       </c>
       <c r="B2" t="s">
         <v>456</v>
       </c>
       <c r="C2" t="s">
         <v>457</v>
       </c>
       <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>458</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>459</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>455</v>
       </c>
       <c r="B3" t="s">
+        <v>461</v>
+      </c>
+      <c r="C3" t="s">
         <v>462</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>463</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>464</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>455</v>
       </c>
       <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="C4" t="s">
         <v>467</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>468</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>469</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>455</v>
       </c>
       <c r="B5" t="s">
+        <v>471</v>
+      </c>
+      <c r="C5" t="s">
         <v>472</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>473</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>474</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>475</v>
-      </c>
-[...7 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>455</v>
       </c>
       <c r="B6" t="s">
+        <v>476</v>
+      </c>
+      <c r="C6" t="s">
+        <v>477</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>478</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>479</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>480</v>
-      </c>
-[...7 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>455</v>
       </c>
       <c r="B7" t="s">
+        <v>481</v>
+      </c>
+      <c r="C7" t="s">
+        <v>482</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>483</v>
       </c>
-      <c r="C7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>484</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>485</v>
-      </c>
-[...7 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>455</v>
       </c>
       <c r="B8" t="s">
+        <v>486</v>
+      </c>
+      <c r="C8" t="s">
+        <v>487</v>
+      </c>
+      <c r="D8" t="s">
         <v>488</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
         <v>489</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>490</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>455</v>
       </c>
       <c r="B9" t="s">
+        <v>492</v>
+      </c>
+      <c r="C9" t="s">
         <v>493</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
         <v>494</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>495</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>455</v>
       </c>
       <c r="B10" t="s">
+        <v>497</v>
+      </c>
+      <c r="C10" t="s">
         <v>498</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>499</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>500</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>455</v>
       </c>
       <c r="B11" t="s">
+        <v>502</v>
+      </c>
+      <c r="C11" t="s">
         <v>503</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>505</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>506</v>
       </c>
       <c r="H11" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>455</v>
       </c>
       <c r="B12" t="s">
         <v>508</v>
       </c>
       <c r="C12" t="s">
         <v>509</v>
       </c>
       <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
         <v>510</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>511</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>455</v>
       </c>
       <c r="B13" t="s">
+        <v>513</v>
+      </c>
+      <c r="C13" t="s">
         <v>514</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>515</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>516</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>455</v>
       </c>
       <c r="B14" t="s">
+        <v>518</v>
+      </c>
+      <c r="C14" t="s">
         <v>519</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
         <v>520</v>
       </c>
-      <c r="D14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>521</v>
       </c>
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>522</v>
-      </c>
-[...7 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>455</v>
       </c>
       <c r="B15" t="s">
+        <v>523</v>
+      </c>
+      <c r="C15" t="s">
+        <v>524</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
         <v>525</v>
-      </c>
-[...7 lines deleted...]
-        <v>522</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>526</v>
       </c>
       <c r="H15" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>455</v>
       </c>
       <c r="B16" t="s">
         <v>528</v>
       </c>
       <c r="C16" t="s">
         <v>529</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
@@ -17348,132 +17483,132 @@
       </c>
       <c r="E17" t="s">
         <v>535</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>536</v>
       </c>
       <c r="H17" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>455</v>
       </c>
       <c r="B18" t="s">
         <v>538</v>
       </c>
       <c r="C18" t="s">
         <v>539</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>540</v>
       </c>
       <c r="E18" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="H18" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>455</v>
       </c>
       <c r="B19" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C19" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="H19" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>455</v>
       </c>
       <c r="B20" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C20" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>551</v>
       </c>
       <c r="E20" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="H20" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>455</v>
       </c>
       <c r="B21" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C21" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>551</v>
       </c>
       <c r="E21" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>556</v>
       </c>
       <c r="H21" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>455</v>
       </c>
       <c r="B22" t="s">
         <v>558</v>
       </c>
       <c r="C22" t="s">
         <v>559</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
@@ -17504,649 +17639,649 @@
       </c>
       <c r="E23" t="s">
         <v>565</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>566</v>
       </c>
       <c r="H23" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>455</v>
       </c>
       <c r="B24" t="s">
         <v>568</v>
       </c>
       <c r="C24" t="s">
         <v>569</v>
       </c>
       <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
         <v>570</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
         <v>571</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>572</v>
-      </c>
-[...1 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>455</v>
       </c>
       <c r="B25" t="s">
+        <v>573</v>
+      </c>
+      <c r="C25" t="s">
         <v>574</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
         <v>575</v>
       </c>
-      <c r="D25" t="s">
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
         <v>576</v>
       </c>
-      <c r="E25" t="s">
+      <c r="H25" t="s">
         <v>577</v>
-      </c>
-[...7 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>455</v>
       </c>
       <c r="B26" t="s">
+        <v>578</v>
+      </c>
+      <c r="C26" t="s">
+        <v>579</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
         <v>580</v>
       </c>
-      <c r="C26" t="s">
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>581</v>
       </c>
-      <c r="D26" t="s">
-[...2 lines deleted...]
-      <c r="E26" t="s">
+      <c r="H26" t="s">
         <v>582</v>
-      </c>
-[...7 lines deleted...]
-        <v>584</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>455</v>
       </c>
       <c r="B27" t="s">
+        <v>583</v>
+      </c>
+      <c r="C27" t="s">
+        <v>584</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
         <v>585</v>
       </c>
-      <c r="C27" t="s">
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
         <v>586</v>
       </c>
-      <c r="D27" t="s">
+      <c r="H27" t="s">
         <v>587</v>
-      </c>
-[...10 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>455</v>
       </c>
       <c r="B28" t="s">
+        <v>588</v>
+      </c>
+      <c r="C28" t="s">
+        <v>589</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>590</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
         <v>591</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="H28" t="s">
         <v>592</v>
-      </c>
-[...7 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>455</v>
       </c>
       <c r="B29" t="s">
+        <v>593</v>
+      </c>
+      <c r="C29" t="s">
+        <v>594</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
         <v>595</v>
       </c>
-      <c r="C29" t="s">
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
         <v>596</v>
       </c>
-      <c r="D29" t="s">
-[...2 lines deleted...]
-      <c r="E29" t="s">
+      <c r="H29" t="s">
         <v>597</v>
-      </c>
-[...7 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>455</v>
       </c>
       <c r="B30" t="s">
+        <v>598</v>
+      </c>
+      <c r="C30" t="s">
+        <v>599</v>
+      </c>
+      <c r="D30" t="s">
         <v>600</v>
       </c>
-      <c r="C30" t="s">
+      <c r="E30" t="s">
         <v>601</v>
-      </c>
-[...4 lines deleted...]
-        <v>597</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>602</v>
       </c>
       <c r="H30" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>455</v>
       </c>
       <c r="B31" t="s">
         <v>604</v>
       </c>
       <c r="C31" t="s">
         <v>605</v>
       </c>
       <c r="D31" t="s">
-        <v>13</v>
+        <v>606</v>
       </c>
       <c r="E31" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="H31" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>455</v>
       </c>
       <c r="B32" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C32" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="H32" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>455</v>
       </c>
       <c r="B33" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C33" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D33" t="s">
-        <v>13</v>
+        <v>617</v>
       </c>
       <c r="E33" t="s">
-        <v>606</v>
+        <v>618</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="H33" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>455</v>
       </c>
       <c r="B34" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C34" t="s">
-        <v>618</v>
+        <v>550</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>600</v>
       </c>
       <c r="E34" t="s">
-        <v>606</v>
+        <v>622</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="H34" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>455</v>
       </c>
       <c r="B35" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="C35" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>606</v>
+        <v>627</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="H35" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>455</v>
       </c>
       <c r="B36" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="C36" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>606</v>
+        <v>627</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="H36" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>455</v>
       </c>
       <c r="B37" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="C37" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="H37" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>455</v>
       </c>
       <c r="B38" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="C38" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="H38" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>455</v>
       </c>
       <c r="B39" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="C39" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>640</v>
+        <v>636</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="H39" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>455</v>
       </c>
       <c r="B40" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="C40" t="s">
-        <v>520</v>
+        <v>648</v>
       </c>
       <c r="D40" t="s">
-        <v>644</v>
+        <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>645</v>
+        <v>636</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="H40" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>455</v>
       </c>
       <c r="B41" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="C41" t="s">
-        <v>520</v>
+        <v>652</v>
       </c>
       <c r="D41" t="s">
-        <v>644</v>
+        <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>649</v>
+        <v>636</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="H41" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>455</v>
       </c>
       <c r="B42" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C42" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>654</v>
+        <v>636</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="H42" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>455</v>
       </c>
       <c r="B43" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C43" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="H43" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>455</v>
       </c>
       <c r="B44" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="C44" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H44" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>455</v>
       </c>
       <c r="B45" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C45" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="H45" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>455</v>
       </c>
       <c r="B46" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C46" t="s">
-        <v>673</v>
+        <v>550</v>
       </c>
       <c r="D46" t="s">
-        <v>13</v>
+        <v>674</v>
       </c>
       <c r="E46" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="H46" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>455</v>
       </c>
       <c r="B47" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C47" t="s">
-        <v>678</v>
+        <v>550</v>
       </c>
       <c r="D47" t="s">
-        <v>13</v>
+        <v>674</v>
       </c>
       <c r="E47" t="s">
         <v>679</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
         <v>680</v>
       </c>
       <c r="H47" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>455</v>
       </c>
       <c r="B48" t="s">
         <v>682</v>
       </c>
       <c r="C48" t="s">
         <v>683</v>
       </c>
       <c r="D48" t="s">
@@ -18235,1140 +18370,1140 @@
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>700</v>
       </c>
       <c r="H51" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>455</v>
       </c>
       <c r="B52" t="s">
         <v>702</v>
       </c>
       <c r="C52" t="s">
         <v>703</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="H52" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>455</v>
       </c>
       <c r="B53" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C53" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="H53" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>455</v>
       </c>
       <c r="B54" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="C54" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>699</v>
+        <v>714</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="H54" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>455</v>
       </c>
       <c r="B55" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="C55" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>699</v>
+        <v>719</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="H55" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>455</v>
       </c>
       <c r="B56" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="C56" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>699</v>
+        <v>724</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="H56" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>455</v>
       </c>
       <c r="B57" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="C57" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="H57" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>455</v>
       </c>
       <c r="B58" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="C58" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
         <v>729</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="H58" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>455</v>
       </c>
       <c r="B59" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="C59" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="H59" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>455</v>
       </c>
       <c r="B60" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="C60" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>739</v>
+        <v>729</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="H60" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>455</v>
       </c>
       <c r="B61" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="C61" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>739</v>
+        <v>729</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="H61" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>455</v>
       </c>
       <c r="B62" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="C62" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>748</v>
+        <v>729</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="H62" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>455</v>
       </c>
       <c r="B63" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C63" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="H63" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>455</v>
       </c>
       <c r="B64" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C64" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="H64" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>455</v>
       </c>
       <c r="B65" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C65" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="H65" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>455</v>
       </c>
       <c r="B66" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C66" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="H66" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>455</v>
       </c>
       <c r="B67" t="s">
+        <v>772</v>
+      </c>
+      <c r="C67" t="s">
+        <v>773</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
         <v>769</v>
       </c>
-      <c r="C67" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="H67" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>455</v>
       </c>
       <c r="B68" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="C68" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>762</v>
+        <v>778</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="H68" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>455</v>
       </c>
       <c r="B69" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="C69" t="s">
+        <v>782</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
         <v>778</v>
       </c>
-      <c r="D69" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="H69" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>455</v>
       </c>
       <c r="B70" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="C70" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>762</v>
+        <v>787</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="H70" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>455</v>
       </c>
       <c r="B71" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="C71" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>762</v>
+        <v>792</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
       <c r="H71" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>455</v>
       </c>
       <c r="B72" t="s">
-        <v>789</v>
+        <v>795</v>
       </c>
       <c r="C72" t="s">
-        <v>790</v>
+        <v>796</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>762</v>
+        <v>792</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="H72" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>455</v>
       </c>
       <c r="B73" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="C73" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="H73" t="s">
-        <v>797</v>
+        <v>802</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>455</v>
       </c>
       <c r="B74" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="C74" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>800</v>
+        <v>792</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="H74" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>455</v>
       </c>
       <c r="B75" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="C75" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>805</v>
+        <v>792</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="H75" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>455</v>
       </c>
       <c r="B76" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="C76" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>800</v>
+        <v>792</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="H76" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>455</v>
       </c>
       <c r="B77" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="C77" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>800</v>
+        <v>792</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="H77" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>455</v>
       </c>
       <c r="B78" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="C78" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>800</v>
+        <v>792</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="H78" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>455</v>
       </c>
       <c r="B79" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="C79" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>800</v>
+        <v>825</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="H79" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>455</v>
       </c>
       <c r="B80" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="C80" t="s">
-        <v>520</v>
+        <v>829</v>
       </c>
       <c r="D80" t="s">
-        <v>825</v>
+        <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="H80" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>455</v>
       </c>
       <c r="B81" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="C81" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="D81" t="s">
-        <v>831</v>
+        <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="H81" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>455</v>
       </c>
       <c r="B82" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="C82" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>837</v>
+        <v>830</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="H82" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>455</v>
       </c>
       <c r="B83" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C83" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>842</v>
+        <v>830</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="H83" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>455</v>
       </c>
       <c r="B84" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C84" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="D84" t="s">
-        <v>842</v>
+        <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>847</v>
+        <v>830</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
         <v>848</v>
       </c>
       <c r="H84" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>455</v>
       </c>
       <c r="B85" t="s">
         <v>850</v>
       </c>
       <c r="C85" t="s">
         <v>851</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
+        <v>830</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
         <v>852</v>
       </c>
-      <c r="F85" t="s">
-[...2 lines deleted...]
-      <c r="G85" t="s">
+      <c r="H85" t="s">
         <v>853</v>
-      </c>
-[...1 lines deleted...]
-        <v>854</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>455</v>
       </c>
       <c r="B86" t="s">
+        <v>854</v>
+      </c>
+      <c r="C86" t="s">
+        <v>550</v>
+      </c>
+      <c r="D86" t="s">
         <v>855</v>
       </c>
-      <c r="C86" t="s">
+      <c r="E86" t="s">
         <v>856</v>
       </c>
-      <c r="D86" t="s">
-[...2 lines deleted...]
-      <c r="E86" t="s">
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
         <v>857</v>
       </c>
-      <c r="F86" t="s">
-[...2 lines deleted...]
-      <c r="G86" t="s">
+      <c r="H86" t="s">
         <v>858</v>
-      </c>
-[...1 lines deleted...]
-        <v>859</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>455</v>
       </c>
       <c r="B87" t="s">
+        <v>859</v>
+      </c>
+      <c r="C87" t="s">
         <v>860</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>861</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E87" t="s">
         <v>862</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
         <v>863</v>
       </c>
       <c r="H87" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>455</v>
       </c>
       <c r="B88" t="s">
         <v>865</v>
       </c>
       <c r="C88" t="s">
         <v>866</v>
       </c>
       <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
         <v>867</v>
       </c>
-      <c r="E88" t="s">
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
         <v>868</v>
       </c>
-      <c r="F88" t="s">
-[...2 lines deleted...]
-      <c r="G88" t="s">
+      <c r="H88" t="s">
         <v>869</v>
-      </c>
-[...1 lines deleted...]
-        <v>870</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>455</v>
       </c>
       <c r="B89" t="s">
+        <v>870</v>
+      </c>
+      <c r="C89" t="s">
         <v>871</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
         <v>872</v>
       </c>
-      <c r="D89" t="s">
-[...2 lines deleted...]
-      <c r="E89" t="s">
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
         <v>873</v>
       </c>
-      <c r="F89" t="s">
-[...2 lines deleted...]
-      <c r="G89" t="s">
+      <c r="H89" t="s">
         <v>874</v>
-      </c>
-[...1 lines deleted...]
-        <v>875</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>455</v>
       </c>
       <c r="B90" t="s">
+        <v>875</v>
+      </c>
+      <c r="C90" t="s">
         <v>876</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
+        <v>872</v>
+      </c>
+      <c r="E90" t="s">
         <v>877</v>
       </c>
-      <c r="D90" t="s">
-[...2 lines deleted...]
-      <c r="E90" t="s">
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
         <v>878</v>
       </c>
-      <c r="F90" t="s">
-[...2 lines deleted...]
-      <c r="G90" t="s">
+      <c r="H90" t="s">
         <v>879</v>
-      </c>
-[...1 lines deleted...]
-        <v>880</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>455</v>
       </c>
       <c r="B91" t="s">
+        <v>880</v>
+      </c>
+      <c r="C91" t="s">
         <v>881</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
         <v>882</v>
       </c>
-      <c r="D91" t="s">
-[...2 lines deleted...]
-      <c r="E91" t="s">
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
         <v>883</v>
       </c>
-      <c r="F91" t="s">
-[...2 lines deleted...]
-      <c r="G91" t="s">
+      <c r="H91" t="s">
         <v>884</v>
-      </c>
-[...1 lines deleted...]
-        <v>885</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>455</v>
       </c>
       <c r="B92" t="s">
+        <v>885</v>
+      </c>
+      <c r="C92" t="s">
         <v>886</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
         <v>887</v>
       </c>
-      <c r="D92" t="s">
-[...2 lines deleted...]
-      <c r="E92" t="s">
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
         <v>888</v>
       </c>
-      <c r="F92" t="s">
-[...2 lines deleted...]
-      <c r="G92" t="s">
+      <c r="H92" t="s">
         <v>889</v>
-      </c>
-[...1 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>455</v>
       </c>
       <c r="B93" t="s">
+        <v>890</v>
+      </c>
+      <c r="C93" t="s">
         <v>891</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
         <v>892</v>
       </c>
-      <c r="D93" t="s">
-[...2 lines deleted...]
-      <c r="E93" t="s">
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
         <v>893</v>
       </c>
-      <c r="F93" t="s">
-[...2 lines deleted...]
-      <c r="G93" t="s">
+      <c r="H93" t="s">
         <v>894</v>
-      </c>
-[...1 lines deleted...]
-        <v>895</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>455</v>
       </c>
       <c r="B94" t="s">
+        <v>895</v>
+      </c>
+      <c r="C94" t="s">
         <v>896</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>897</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E94" t="s">
         <v>898</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
         <v>899</v>
       </c>
       <c r="H94" t="s">
         <v>900</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>455</v>
       </c>
       <c r="B95" t="s">
         <v>901</v>
       </c>
       <c r="C95" t="s">
         <v>902</v>
       </c>
       <c r="D95" t="s">
@@ -19379,100 +19514,100 @@
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
         <v>904</v>
       </c>
       <c r="H95" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>455</v>
       </c>
       <c r="B96" t="s">
         <v>906</v>
       </c>
       <c r="C96" t="s">
         <v>907</v>
       </c>
       <c r="D96" t="s">
         <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="H96" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>455</v>
       </c>
       <c r="B97" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C97" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D97" t="s">
         <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="H97" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>455</v>
       </c>
       <c r="B98" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C98" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D98" t="s">
-        <v>917</v>
+        <v>13</v>
       </c>
       <c r="E98" t="s">
         <v>918</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
         <v>919</v>
       </c>
       <c r="H98" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>455</v>
       </c>
       <c r="B99" t="s">
         <v>921</v>
       </c>
       <c r="C99" t="s">
         <v>922</v>
       </c>
       <c r="D99" t="s">
@@ -19535,282 +19670,282 @@
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
         <v>934</v>
       </c>
       <c r="H101" t="s">
         <v>935</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>455</v>
       </c>
       <c r="B102" t="s">
         <v>936</v>
       </c>
       <c r="C102" t="s">
         <v>937</v>
       </c>
       <c r="D102" t="s">
         <v>13</v>
       </c>
       <c r="E102" t="s">
+        <v>933</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
         <v>938</v>
       </c>
-      <c r="F102" t="s">
-[...2 lines deleted...]
-      <c r="G102" t="s">
+      <c r="H102" t="s">
         <v>939</v>
-      </c>
-[...1 lines deleted...]
-        <v>940</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>455</v>
       </c>
       <c r="B103" t="s">
+        <v>940</v>
+      </c>
+      <c r="C103" t="s">
         <v>941</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
         <v>942</v>
       </c>
-      <c r="D103" t="s">
-[...2 lines deleted...]
-      <c r="E103" t="s">
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
         <v>943</v>
       </c>
-      <c r="F103" t="s">
-[...2 lines deleted...]
-      <c r="G103" t="s">
+      <c r="H103" t="s">
         <v>944</v>
-      </c>
-[...1 lines deleted...]
-        <v>945</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>455</v>
       </c>
       <c r="B104" t="s">
+        <v>945</v>
+      </c>
+      <c r="C104" t="s">
         <v>946</v>
       </c>
-      <c r="C104" t="s">
+      <c r="D104" t="s">
         <v>947</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E104" t="s">
         <v>948</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
         <v>949</v>
       </c>
       <c r="H104" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>455</v>
       </c>
       <c r="B105" t="s">
         <v>951</v>
       </c>
       <c r="C105" t="s">
         <v>952</v>
       </c>
       <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
         <v>953</v>
       </c>
-      <c r="E105" t="s">
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
         <v>954</v>
       </c>
-      <c r="F105" t="s">
-[...2 lines deleted...]
-      <c r="G105" t="s">
+      <c r="H105" t="s">
         <v>955</v>
-      </c>
-[...1 lines deleted...]
-        <v>956</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>455</v>
       </c>
       <c r="B106" t="s">
+        <v>956</v>
+      </c>
+      <c r="C106" t="s">
         <v>957</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
         <v>958</v>
       </c>
-      <c r="D106" t="s">
-[...2 lines deleted...]
-      <c r="E106" t="s">
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
         <v>959</v>
       </c>
-      <c r="F106" t="s">
-[...2 lines deleted...]
-      <c r="G106" t="s">
+      <c r="H106" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>455</v>
       </c>
       <c r="B107" t="s">
+        <v>961</v>
+      </c>
+      <c r="C107" t="s">
         <v>962</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
         <v>963</v>
       </c>
-      <c r="D107" t="s">
-[...2 lines deleted...]
-      <c r="E107" t="s">
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
         <v>964</v>
       </c>
-      <c r="F107" t="s">
-[...2 lines deleted...]
-      <c r="G107" t="s">
+      <c r="H107" t="s">
         <v>965</v>
-      </c>
-[...1 lines deleted...]
-        <v>966</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>455</v>
       </c>
       <c r="B108" t="s">
+        <v>966</v>
+      </c>
+      <c r="C108" t="s">
         <v>967</v>
       </c>
-      <c r="C108" t="s">
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
         <v>968</v>
       </c>
-      <c r="D108" t="s">
-[...2 lines deleted...]
-      <c r="E108" t="s">
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
         <v>969</v>
       </c>
-      <c r="F108" t="s">
-[...2 lines deleted...]
-      <c r="G108" t="s">
+      <c r="H108" t="s">
         <v>970</v>
-      </c>
-[...1 lines deleted...]
-        <v>971</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>455</v>
       </c>
       <c r="B109" t="s">
+        <v>971</v>
+      </c>
+      <c r="C109" t="s">
         <v>972</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
         <v>973</v>
       </c>
-      <c r="D109" t="s">
-[...2 lines deleted...]
-      <c r="E109" t="s">
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
         <v>974</v>
       </c>
-      <c r="F109" t="s">
-[...2 lines deleted...]
-      <c r="G109" t="s">
+      <c r="H109" t="s">
         <v>975</v>
-      </c>
-[...1 lines deleted...]
-        <v>976</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>455</v>
       </c>
       <c r="B110" t="s">
+        <v>976</v>
+      </c>
+      <c r="C110" t="s">
         <v>977</v>
       </c>
-      <c r="C110" t="s">
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
         <v>978</v>
       </c>
-      <c r="D110" t="s">
-[...2 lines deleted...]
-      <c r="E110" t="s">
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
         <v>979</v>
       </c>
-      <c r="F110" t="s">
-[...2 lines deleted...]
-      <c r="G110" t="s">
+      <c r="H110" t="s">
         <v>980</v>
-      </c>
-[...1 lines deleted...]
-        <v>981</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>455</v>
       </c>
       <c r="B111" t="s">
+        <v>981</v>
+      </c>
+      <c r="C111" t="s">
         <v>982</v>
       </c>
-      <c r="C111" t="s">
+      <c r="D111" t="s">
         <v>983</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E111" t="s">
         <v>984</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
         <v>985</v>
       </c>
       <c r="H111" t="s">
         <v>986</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>455</v>
       </c>
       <c r="B112" t="s">
         <v>987</v>
       </c>
       <c r="C112" t="s">
         <v>988</v>
       </c>
       <c r="D112" t="s">
@@ -19873,100 +20008,100 @@
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
         <v>1000</v>
       </c>
       <c r="H114" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>455</v>
       </c>
       <c r="B115" t="s">
         <v>1002</v>
       </c>
       <c r="C115" t="s">
         <v>1003</v>
       </c>
       <c r="D115" t="s">
         <v>13</v>
       </c>
       <c r="E115" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="H115" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>455</v>
       </c>
       <c r="B116" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C116" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D116" t="s">
-        <v>1008</v>
+        <v>13</v>
       </c>
       <c r="E116" t="s">
         <v>1009</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
         <v>1010</v>
       </c>
       <c r="H116" t="s">
         <v>1011</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>455</v>
       </c>
       <c r="B117" t="s">
         <v>1012</v>
       </c>
       <c r="C117" t="s">
         <v>1013</v>
       </c>
       <c r="D117" t="s">
-        <v>1008</v>
+        <v>13</v>
       </c>
       <c r="E117" t="s">
         <v>1014</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
         <v>1015</v>
       </c>
       <c r="H117" t="s">
         <v>1016</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>455</v>
       </c>
       <c r="B118" t="s">
         <v>1017</v>
       </c>
       <c r="C118" t="s">
         <v>1018</v>
       </c>
       <c r="D118" t="s">
@@ -19997,10093 +20132,10330 @@
       </c>
       <c r="D119" t="s">
         <v>13</v>
       </c>
       <c r="E119" t="s">
         <v>1024</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
         <v>1025</v>
       </c>
       <c r="H119" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>455</v>
       </c>
       <c r="B120" t="s">
         <v>1027</v>
       </c>
       <c r="C120" t="s">
-        <v>520</v>
+        <v>1028</v>
       </c>
       <c r="D120" t="s">
-        <v>1028</v>
+        <v>13</v>
       </c>
       <c r="E120" t="s">
         <v>1029</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
         <v>1030</v>
       </c>
       <c r="H120" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>455</v>
       </c>
       <c r="B121" t="s">
         <v>1032</v>
       </c>
       <c r="C121" t="s">
-        <v>520</v>
+        <v>1033</v>
       </c>
       <c r="D121" t="s">
-        <v>1033</v>
+        <v>13</v>
       </c>
       <c r="E121" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
         <v>1034</v>
       </c>
-      <c r="F121" t="s">
-[...2 lines deleted...]
-      <c r="G121" t="s">
+      <c r="H121" t="s">
         <v>1035</v>
-      </c>
-[...1 lines deleted...]
-        <v>1036</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>455</v>
       </c>
       <c r="B122" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C122" t="s">
         <v>1037</v>
       </c>
-      <c r="C122" t="s">
+      <c r="D122" t="s">
         <v>1038</v>
       </c>
-      <c r="D122" t="s">
+      <c r="E122" t="s">
         <v>1039</v>
       </c>
-      <c r="E122" t="s">
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
         <v>1040</v>
       </c>
-      <c r="F122" t="s">
-[...2 lines deleted...]
-      <c r="G122" t="s">
+      <c r="H122" t="s">
         <v>1041</v>
-      </c>
-[...1 lines deleted...]
-        <v>1042</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>455</v>
       </c>
       <c r="B123" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C123" t="s">
         <v>1043</v>
       </c>
-      <c r="C123" t="s">
+      <c r="D123" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E123" t="s">
         <v>1044</v>
       </c>
-      <c r="D123" t="s">
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
         <v>1045</v>
       </c>
-      <c r="E123" t="s">
+      <c r="H123" t="s">
         <v>1046</v>
-      </c>
-[...7 lines deleted...]
-        <v>1048</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>455</v>
       </c>
       <c r="B124" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
         <v>1049</v>
       </c>
-      <c r="C124" t="s">
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
         <v>1050</v>
       </c>
-      <c r="D124" t="s">
+      <c r="H124" t="s">
         <v>1051</v>
-      </c>
-[...10 lines deleted...]
-        <v>1054</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>455</v>
       </c>
       <c r="B125" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
         <v>1055</v>
       </c>
-      <c r="C125" t="s">
-[...2 lines deleted...]
-      <c r="D125" t="s">
+      <c r="H125" t="s">
         <v>1056</v>
-      </c>
-[...10 lines deleted...]
-        <v>1059</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>455</v>
       </c>
       <c r="B126" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C126" t="s">
+        <v>550</v>
+      </c>
+      <c r="D126" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1059</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
         <v>1060</v>
       </c>
-      <c r="C126" t="s">
-[...5 lines deleted...]
-      <c r="E126" t="s">
+      <c r="H126" t="s">
         <v>1061</v>
-      </c>
-[...7 lines deleted...]
-        <v>1063</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>455</v>
       </c>
       <c r="B127" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C127" t="s">
+        <v>550</v>
+      </c>
+      <c r="D127" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E127" t="s">
         <v>1064</v>
       </c>
-      <c r="C127" t="s">
-[...5 lines deleted...]
-      <c r="E127" t="s">
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
         <v>1065</v>
       </c>
-      <c r="F127" t="s">
-[...2 lines deleted...]
-      <c r="G127" t="s">
+      <c r="H127" t="s">
         <v>1066</v>
-      </c>
-[...1 lines deleted...]
-        <v>1067</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>455</v>
       </c>
       <c r="B128" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C128" t="s">
         <v>1068</v>
       </c>
-      <c r="C128" t="s">
+      <c r="D128" t="s">
         <v>1069</v>
       </c>
-      <c r="D128" t="s">
+      <c r="E128" t="s">
         <v>1070</v>
       </c>
-      <c r="E128" t="s">
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
         <v>1071</v>
       </c>
-      <c r="F128" t="s">
-[...2 lines deleted...]
-      <c r="G128" t="s">
+      <c r="H128" t="s">
         <v>1072</v>
-      </c>
-[...1 lines deleted...]
-        <v>1073</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>455</v>
       </c>
       <c r="B129" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C129" t="s">
         <v>1074</v>
       </c>
-      <c r="C129" t="s">
+      <c r="D129" t="s">
         <v>1075</v>
       </c>
-      <c r="D129" t="s">
+      <c r="E129" t="s">
         <v>1076</v>
       </c>
-      <c r="E129" t="s">
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
         <v>1077</v>
       </c>
-      <c r="F129" t="s">
-[...2 lines deleted...]
-      <c r="G129" t="s">
+      <c r="H129" t="s">
         <v>1078</v>
-      </c>
-[...1 lines deleted...]
-        <v>1079</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>455</v>
       </c>
       <c r="B130" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C130" t="s">
         <v>1080</v>
       </c>
-      <c r="C130" t="s">
+      <c r="D130" t="s">
         <v>1081</v>
       </c>
-      <c r="D130" t="s">
+      <c r="E130" t="s">
         <v>1082</v>
       </c>
-      <c r="E130" t="s">
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
         <v>1083</v>
       </c>
-      <c r="F130" t="s">
-[...2 lines deleted...]
-      <c r="G130" t="s">
+      <c r="H130" t="s">
         <v>1084</v>
       </c>
-      <c r="H130" t="s">
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>455</v>
+      </c>
+      <c r="B131" t="s">
         <v>1085</v>
+      </c>
+      <c r="C131" t="s">
+        <v>550</v>
+      </c>
+      <c r="D131" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>455</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C132" t="s">
+        <v>550</v>
+      </c>
+      <c r="D132" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>455</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C133" t="s">
+        <v>550</v>
+      </c>
+      <c r="D133" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>455</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D134" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>455</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D135" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E135" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H135" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>455</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D136" t="s">
+        <v>1112</v>
+      </c>
+      <c r="E136" t="s">
+        <v>1113</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1114</v>
+      </c>
+      <c r="H136" t="s">
+        <v>1115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I66"/>
+  <dimension ref="A1:I67"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1086</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B2" t="s">
-        <v>1088</v>
+        <v>1118</v>
       </c>
       <c r="C2" t="s">
-        <v>1089</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1090</v>
+        <v>1119</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1091</v>
+        <v>1120</v>
       </c>
       <c r="H2" t="s">
-        <v>1092</v>
+        <v>1121</v>
       </c>
       <c r="I2" t="s">
-        <v>1093</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B3" t="s">
-        <v>1094</v>
+        <v>1123</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>1124</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1095</v>
+        <v>1125</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1096</v>
+        <v>1126</v>
       </c>
       <c r="H3" t="s">
-        <v>1097</v>
+        <v>1127</v>
       </c>
       <c r="I3" t="s">
-        <v>1098</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B4" t="s">
-        <v>1099</v>
+        <v>1129</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1100</v>
+        <v>1130</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1101</v>
+        <v>1131</v>
       </c>
       <c r="H4" t="s">
-        <v>1102</v>
+        <v>1132</v>
       </c>
       <c r="I4" t="s">
-        <v>1103</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B5" t="s">
-        <v>1104</v>
+        <v>1133</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1105</v>
+        <v>1134</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1106</v>
+        <v>1135</v>
       </c>
       <c r="H5" t="s">
-        <v>1107</v>
+        <v>1136</v>
       </c>
       <c r="I5" t="s">
-        <v>1108</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B6" t="s">
-        <v>1109</v>
+        <v>1138</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1110</v>
+        <v>1139</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1111</v>
+        <v>1140</v>
       </c>
       <c r="H6" t="s">
-        <v>1112</v>
+        <v>1141</v>
       </c>
       <c r="I6" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B7" t="s">
-        <v>1113</v>
+        <v>1143</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1114</v>
+        <v>1144</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1115</v>
+        <v>1145</v>
       </c>
       <c r="H7" t="s">
-        <v>1116</v>
+        <v>1146</v>
       </c>
       <c r="I7" t="s">
-        <v>1098</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B8" t="s">
-        <v>1117</v>
+        <v>1147</v>
       </c>
       <c r="C8" t="s">
-        <v>1118</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1119</v>
+        <v>1148</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1120</v>
+        <v>1149</v>
       </c>
       <c r="H8" t="s">
-        <v>1121</v>
+        <v>1150</v>
       </c>
       <c r="I8" t="s">
-        <v>1093</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B9" t="s">
-        <v>1122</v>
+        <v>1151</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>1152</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1123</v>
+        <v>1153</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1124</v>
+        <v>1154</v>
       </c>
       <c r="H9" t="s">
-        <v>1125</v>
+        <v>1155</v>
       </c>
       <c r="I9" t="s">
-        <v>1098</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B10" t="s">
-        <v>1126</v>
+        <v>1156</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1127</v>
+        <v>1157</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1128</v>
+        <v>1158</v>
       </c>
       <c r="H10" t="s">
-        <v>1129</v>
+        <v>1159</v>
       </c>
       <c r="I10" t="s">
-        <v>1108</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B11" t="s">
-        <v>1130</v>
+        <v>1160</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1131</v>
+        <v>1161</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1132</v>
+        <v>1162</v>
       </c>
       <c r="H11" t="s">
-        <v>1133</v>
+        <v>1163</v>
       </c>
       <c r="I11" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B12" t="s">
-        <v>1134</v>
+        <v>1164</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1135</v>
+        <v>1165</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1136</v>
+        <v>1166</v>
       </c>
       <c r="H12" t="s">
-        <v>1137</v>
+        <v>1167</v>
       </c>
       <c r="I12" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B13" t="s">
-        <v>1138</v>
+        <v>1168</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1139</v>
+        <v>1169</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1140</v>
+        <v>1170</v>
       </c>
       <c r="H13" t="s">
-        <v>1141</v>
+        <v>1171</v>
       </c>
       <c r="I13" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B14" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1175</v>
+      </c>
+      <c r="I14" t="s">
         <v>1142</v>
-      </c>
-[...19 lines deleted...]
-        <v>1108</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B15" t="s">
-        <v>1146</v>
+        <v>1176</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1147</v>
+        <v>1177</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1148</v>
+        <v>1178</v>
       </c>
       <c r="H15" t="s">
-        <v>1149</v>
+        <v>1179</v>
       </c>
       <c r="I15" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B16" t="s">
-        <v>1150</v>
+        <v>1180</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1151</v>
+        <v>1181</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1152</v>
+        <v>1182</v>
       </c>
       <c r="H16" t="s">
-        <v>1153</v>
+        <v>1183</v>
       </c>
       <c r="I16" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B17" t="s">
-        <v>1154</v>
+        <v>1184</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>1155</v>
+        <v>1185</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1156</v>
+        <v>1186</v>
       </c>
       <c r="H17" t="s">
-        <v>1157</v>
+        <v>1187</v>
       </c>
       <c r="I17" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B18" t="s">
-        <v>1158</v>
+        <v>1188</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>1155</v>
+        <v>1189</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1159</v>
+        <v>1190</v>
       </c>
       <c r="H18" t="s">
-        <v>1160</v>
+        <v>1191</v>
       </c>
       <c r="I18" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B19" t="s">
-        <v>1161</v>
+        <v>1192</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1162</v>
+        <v>1189</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1163</v>
+        <v>1193</v>
       </c>
       <c r="H19" t="s">
-        <v>1164</v>
+        <v>1194</v>
       </c>
       <c r="I19" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B20" t="s">
-        <v>1165</v>
+        <v>1195</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1166</v>
+        <v>1196</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1167</v>
+        <v>1197</v>
       </c>
       <c r="H20" t="s">
-        <v>1168</v>
+        <v>1198</v>
       </c>
       <c r="I20" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B21" t="s">
-        <v>1169</v>
+        <v>1199</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>1170</v>
+        <v>1200</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1171</v>
+        <v>1201</v>
       </c>
       <c r="H21" t="s">
-        <v>1172</v>
+        <v>1202</v>
       </c>
       <c r="I21" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B22" t="s">
-        <v>1173</v>
+        <v>1203</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>1174</v>
+        <v>1204</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1175</v>
+        <v>1205</v>
       </c>
       <c r="H22" t="s">
-        <v>1176</v>
+        <v>1206</v>
       </c>
       <c r="I22" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B23" t="s">
-        <v>1177</v>
+        <v>1207</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>1178</v>
+        <v>1208</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1179</v>
+        <v>1209</v>
       </c>
       <c r="H23" t="s">
-        <v>1180</v>
+        <v>1210</v>
       </c>
       <c r="I23" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B24" t="s">
-        <v>1181</v>
+        <v>1211</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1182</v>
+        <v>1212</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1183</v>
+        <v>1213</v>
       </c>
       <c r="H24" t="s">
-        <v>1184</v>
+        <v>1214</v>
       </c>
       <c r="I24" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B25" t="s">
-        <v>1181</v>
+        <v>1215</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1185</v>
+        <v>1216</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1186</v>
+        <v>1217</v>
       </c>
       <c r="H25" t="s">
-        <v>1187</v>
+        <v>1218</v>
       </c>
       <c r="I25" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B26" t="s">
-        <v>1188</v>
+        <v>1215</v>
       </c>
       <c r="C26" t="s">
-        <v>1189</v>
+        <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1190</v>
+        <v>1219</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1191</v>
+        <v>1220</v>
       </c>
       <c r="H26" t="s">
-        <v>1192</v>
+        <v>1221</v>
       </c>
       <c r="I26" t="s">
-        <v>1093</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B27" t="s">
-        <v>1193</v>
+        <v>1222</v>
       </c>
       <c r="C27" t="s">
-        <v>13</v>
+        <v>1223</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1194</v>
+        <v>1224</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1195</v>
+        <v>1225</v>
       </c>
       <c r="H27" t="s">
-        <v>1196</v>
+        <v>1226</v>
       </c>
       <c r="I27" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B28" t="s">
-        <v>1197</v>
+        <v>1227</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1198</v>
+        <v>1228</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1199</v>
+        <v>1229</v>
       </c>
       <c r="H28" t="s">
-        <v>1200</v>
+        <v>1230</v>
       </c>
       <c r="I28" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B29" t="s">
-        <v>1201</v>
+        <v>1231</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1202</v>
+        <v>1232</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1203</v>
+        <v>1233</v>
       </c>
       <c r="H29" t="s">
-        <v>1204</v>
+        <v>1234</v>
       </c>
       <c r="I29" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B30" t="s">
-        <v>1205</v>
+        <v>1235</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1206</v>
+        <v>1236</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1207</v>
+        <v>1237</v>
       </c>
       <c r="H30" t="s">
-        <v>1208</v>
+        <v>1238</v>
       </c>
       <c r="I30" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B31" t="s">
-        <v>1209</v>
+        <v>1239</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1210</v>
+        <v>1240</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1211</v>
+        <v>1241</v>
       </c>
       <c r="H31" t="s">
-        <v>1212</v>
+        <v>1242</v>
       </c>
       <c r="I31" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B32" t="s">
-        <v>1213</v>
+        <v>1243</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1214</v>
+        <v>1244</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1215</v>
+        <v>1245</v>
       </c>
       <c r="H32" t="s">
-        <v>1216</v>
+        <v>1246</v>
       </c>
       <c r="I32" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B33" t="s">
-        <v>1217</v>
+        <v>1247</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1218</v>
+        <v>1248</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1219</v>
+        <v>1249</v>
       </c>
       <c r="H33" t="s">
-        <v>1220</v>
+        <v>1250</v>
       </c>
       <c r="I33" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B34" t="s">
-        <v>1221</v>
+        <v>1251</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1222</v>
+        <v>1252</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1223</v>
+        <v>1253</v>
       </c>
       <c r="H34" t="s">
-        <v>1224</v>
+        <v>1254</v>
       </c>
       <c r="I34" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B35" t="s">
-        <v>1225</v>
+        <v>1255</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1226</v>
+        <v>1256</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1227</v>
+        <v>1257</v>
       </c>
       <c r="H35" t="s">
-        <v>1228</v>
+        <v>1258</v>
       </c>
       <c r="I35" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B36" t="s">
-        <v>1229</v>
+        <v>1259</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1230</v>
+        <v>1260</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1231</v>
+        <v>1261</v>
       </c>
       <c r="H36" t="s">
-        <v>1232</v>
+        <v>1262</v>
       </c>
       <c r="I36" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B37" t="s">
-        <v>1233</v>
+        <v>1263</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1234</v>
+        <v>1264</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1235</v>
+        <v>1265</v>
       </c>
       <c r="H37" t="s">
-        <v>1236</v>
+        <v>1266</v>
       </c>
       <c r="I37" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B38" t="s">
-        <v>1237</v>
+        <v>1267</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1238</v>
+        <v>1268</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1239</v>
+        <v>1269</v>
       </c>
       <c r="H38" t="s">
-        <v>1240</v>
+        <v>1270</v>
       </c>
       <c r="I38" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B39" t="s">
-        <v>1241</v>
+        <v>1271</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1242</v>
+        <v>1272</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1243</v>
+        <v>1273</v>
       </c>
       <c r="H39" t="s">
-        <v>1244</v>
+        <v>1274</v>
       </c>
       <c r="I39" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B40" t="s">
-        <v>1245</v>
+        <v>1275</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1246</v>
+        <v>1276</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1247</v>
+        <v>1277</v>
       </c>
       <c r="H40" t="s">
-        <v>1248</v>
+        <v>1278</v>
       </c>
       <c r="I40" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B41" t="s">
-        <v>1249</v>
+        <v>1279</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1250</v>
+        <v>1280</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1251</v>
+        <v>1281</v>
       </c>
       <c r="H41" t="s">
-        <v>1252</v>
+        <v>1282</v>
       </c>
       <c r="I41" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B42" t="s">
-        <v>1253</v>
+        <v>1283</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1254</v>
+        <v>1284</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1255</v>
+        <v>1285</v>
       </c>
       <c r="H42" t="s">
-        <v>1256</v>
+        <v>1286</v>
       </c>
       <c r="I42" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B43" t="s">
-        <v>1257</v>
+        <v>1287</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1258</v>
+        <v>1288</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1259</v>
+        <v>1289</v>
       </c>
       <c r="H43" t="s">
-        <v>1260</v>
+        <v>1290</v>
       </c>
       <c r="I43" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B44" t="s">
-        <v>1261</v>
+        <v>1291</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1262</v>
+        <v>1292</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1263</v>
+        <v>1293</v>
       </c>
       <c r="H44" t="s">
-        <v>1264</v>
+        <v>1294</v>
       </c>
       <c r="I44" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B45" t="s">
-        <v>1265</v>
+        <v>1295</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1266</v>
+        <v>1296</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1267</v>
+        <v>1297</v>
       </c>
       <c r="H45" t="s">
-        <v>1268</v>
+        <v>1298</v>
       </c>
       <c r="I45" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B46" t="s">
-        <v>1269</v>
+        <v>1299</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>1270</v>
+        <v>1300</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1271</v>
+        <v>1301</v>
       </c>
       <c r="H46" t="s">
-        <v>1272</v>
+        <v>1302</v>
       </c>
       <c r="I46" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B47" t="s">
-        <v>1273</v>
+        <v>1303</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>1274</v>
+        <v>1304</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1275</v>
+        <v>1305</v>
       </c>
       <c r="H47" t="s">
-        <v>1276</v>
+        <v>1306</v>
       </c>
       <c r="I47" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B48" t="s">
-        <v>1277</v>
+        <v>1307</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>1278</v>
+        <v>1308</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1279</v>
+        <v>1309</v>
       </c>
       <c r="H48" t="s">
-        <v>1280</v>
+        <v>1310</v>
       </c>
       <c r="I48" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B49" t="s">
-        <v>1281</v>
+        <v>1311</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>1282</v>
+        <v>1312</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1283</v>
+        <v>1313</v>
       </c>
       <c r="H49" t="s">
-        <v>1284</v>
+        <v>1314</v>
       </c>
       <c r="I49" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B50" t="s">
-        <v>1285</v>
+        <v>1315</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>1286</v>
+        <v>1316</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1287</v>
+        <v>1317</v>
       </c>
       <c r="H50" t="s">
-        <v>1288</v>
+        <v>1318</v>
       </c>
       <c r="I50" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B51" t="s">
-        <v>1289</v>
+        <v>1319</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>1290</v>
+        <v>1320</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1291</v>
+        <v>1321</v>
       </c>
       <c r="H51" t="s">
-        <v>1292</v>
+        <v>1322</v>
       </c>
       <c r="I51" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B52" t="s">
-        <v>1293</v>
+        <v>1323</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>1294</v>
+        <v>1324</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1295</v>
+        <v>1325</v>
       </c>
       <c r="H52" t="s">
-        <v>1296</v>
+        <v>1326</v>
       </c>
       <c r="I52" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B53" t="s">
-        <v>1297</v>
+        <v>1327</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>1298</v>
+        <v>1328</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1299</v>
+        <v>1329</v>
       </c>
       <c r="H53" t="s">
-        <v>1300</v>
+        <v>1330</v>
       </c>
       <c r="I53" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B54" t="s">
-        <v>1301</v>
+        <v>1331</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>1302</v>
+        <v>1332</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1303</v>
+        <v>1333</v>
       </c>
       <c r="H54" t="s">
-        <v>1304</v>
+        <v>1334</v>
       </c>
       <c r="I54" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B55" t="s">
-        <v>1305</v>
+        <v>1335</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>1306</v>
+        <v>1336</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1307</v>
+        <v>1337</v>
       </c>
       <c r="H55" t="s">
-        <v>1308</v>
+        <v>1338</v>
       </c>
       <c r="I55" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B56" t="s">
-        <v>1309</v>
+        <v>1339</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>1310</v>
+        <v>1340</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1311</v>
+        <v>1341</v>
       </c>
       <c r="H56" t="s">
-        <v>1312</v>
+        <v>1342</v>
       </c>
       <c r="I56" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B57" t="s">
-        <v>1313</v>
+        <v>1343</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>1314</v>
+        <v>1344</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1315</v>
+        <v>1345</v>
       </c>
       <c r="H57" t="s">
-        <v>1316</v>
+        <v>1346</v>
       </c>
       <c r="I57" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B58" t="s">
-        <v>1317</v>
+        <v>1347</v>
       </c>
       <c r="C58" t="s">
         <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>1318</v>
+        <v>1348</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1319</v>
+        <v>1349</v>
       </c>
       <c r="H58" t="s">
-        <v>1320</v>
+        <v>1350</v>
       </c>
       <c r="I58" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B59" t="s">
-        <v>1321</v>
+        <v>1351</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>1322</v>
+        <v>1352</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1323</v>
+        <v>1353</v>
       </c>
       <c r="H59" t="s">
-        <v>1324</v>
+        <v>1354</v>
       </c>
       <c r="I59" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B60" t="s">
-        <v>1325</v>
+        <v>1355</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>1326</v>
+        <v>1356</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1327</v>
+        <v>1357</v>
       </c>
       <c r="H60" t="s">
-        <v>1328</v>
+        <v>1358</v>
       </c>
       <c r="I60" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B61" t="s">
-        <v>1329</v>
+        <v>1359</v>
       </c>
       <c r="C61" t="s">
         <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>1330</v>
+        <v>1360</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1331</v>
+        <v>1361</v>
       </c>
       <c r="H61" t="s">
-        <v>1332</v>
+        <v>1362</v>
       </c>
       <c r="I61" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B62" t="s">
-        <v>1333</v>
+        <v>1363</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>1334</v>
+        <v>1364</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1335</v>
+        <v>1365</v>
       </c>
       <c r="H62" t="s">
-        <v>1336</v>
+        <v>1366</v>
       </c>
       <c r="I62" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B63" t="s">
-        <v>1337</v>
+        <v>1367</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>1338</v>
+        <v>1368</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1339</v>
+        <v>1369</v>
       </c>
       <c r="H63" t="s">
-        <v>1340</v>
+        <v>1370</v>
       </c>
       <c r="I63" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B64" t="s">
-        <v>1341</v>
+        <v>1371</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>1342</v>
+        <v>1372</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1343</v>
+        <v>1373</v>
       </c>
       <c r="H64" t="s">
-        <v>1344</v>
+        <v>1374</v>
       </c>
       <c r="I64" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B65" t="s">
-        <v>1345</v>
+        <v>1375</v>
       </c>
       <c r="C65" t="s">
         <v>13</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>1346</v>
+        <v>1376</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1347</v>
+        <v>1377</v>
       </c>
       <c r="H65" t="s">
-        <v>1348</v>
+        <v>1378</v>
       </c>
       <c r="I65" t="s">
-        <v>1108</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="B66" t="s">
-        <v>1349</v>
+        <v>1379</v>
       </c>
       <c r="C66" t="s">
         <v>13</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>1350</v>
+        <v>1380</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1351</v>
+        <v>1381</v>
       </c>
       <c r="H66" t="s">
-        <v>1352</v>
+        <v>1382</v>
       </c>
       <c r="I66" t="s">
-        <v>1108</v>
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C67" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1386</v>
+      </c>
+      <c r="I67" t="s">
+        <v>1142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B2" t="s">
-        <v>1354</v>
+        <v>1388</v>
       </c>
       <c r="C2" t="s">
-        <v>1355</v>
+        <v>1389</v>
       </c>
       <c r="D2" t="s">
-        <v>94</v>
+        <v>1390</v>
       </c>
       <c r="E2" t="s">
-        <v>1356</v>
+        <v>1391</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1357</v>
+        <v>1392</v>
       </c>
       <c r="H2" t="s">
-        <v>1358</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B3" t="s">
-        <v>1359</v>
+        <v>1394</v>
       </c>
       <c r="C3" t="s">
-        <v>1360</v>
+        <v>1395</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>94</v>
       </c>
       <c r="E3" t="s">
-        <v>1361</v>
+        <v>1396</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1362</v>
+        <v>1397</v>
       </c>
       <c r="H3" t="s">
-        <v>1363</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B4" t="s">
-        <v>1364</v>
+        <v>1399</v>
       </c>
       <c r="C4" t="s">
-        <v>1365</v>
+        <v>1400</v>
       </c>
       <c r="D4" t="s">
-        <v>1366</v>
+        <v>1401</v>
       </c>
       <c r="E4" t="s">
-        <v>1367</v>
+        <v>1402</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1368</v>
+        <v>1403</v>
       </c>
       <c r="H4" t="s">
-        <v>1369</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B5" t="s">
-        <v>1370</v>
+        <v>1405</v>
       </c>
       <c r="C5" t="s">
-        <v>1371</v>
+        <v>1406</v>
       </c>
       <c r="D5" t="s">
-        <v>1372</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1373</v>
+        <v>1407</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1374</v>
+        <v>1408</v>
       </c>
       <c r="H5" t="s">
-        <v>1375</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B6" t="s">
-        <v>1376</v>
+        <v>1410</v>
       </c>
       <c r="C6" t="s">
-        <v>1377</v>
+        <v>1411</v>
       </c>
       <c r="D6" t="s">
-        <v>1378</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1379</v>
+        <v>1412</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1380</v>
+        <v>1413</v>
       </c>
       <c r="H6" t="s">
-        <v>1381</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B7" t="s">
-        <v>1382</v>
+        <v>1415</v>
       </c>
       <c r="C7" t="s">
-        <v>1383</v>
+        <v>1416</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>1417</v>
       </c>
       <c r="E7" t="s">
-        <v>1384</v>
+        <v>1418</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1385</v>
+        <v>1419</v>
       </c>
       <c r="H7" t="s">
-        <v>1386</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B8" t="s">
-        <v>1387</v>
+        <v>1421</v>
       </c>
       <c r="C8" t="s">
-        <v>1388</v>
+        <v>1422</v>
       </c>
       <c r="D8" t="s">
-        <v>1389</v>
+        <v>1423</v>
       </c>
       <c r="E8" t="s">
-        <v>1390</v>
+        <v>1424</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1391</v>
+        <v>1425</v>
       </c>
       <c r="H8" t="s">
-        <v>1392</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B9" t="s">
-        <v>1393</v>
+        <v>1427</v>
       </c>
       <c r="C9" t="s">
-        <v>1394</v>
+        <v>1428</v>
       </c>
       <c r="D9" t="s">
-        <v>1378</v>
+        <v>1429</v>
       </c>
       <c r="E9" t="s">
-        <v>1395</v>
+        <v>1430</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1396</v>
+        <v>1431</v>
       </c>
       <c r="H9" t="s">
-        <v>1397</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B10" t="s">
-        <v>1398</v>
+        <v>1433</v>
       </c>
       <c r="C10" t="s">
-        <v>1399</v>
+        <v>1434</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1400</v>
+        <v>1435</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1401</v>
+        <v>1436</v>
       </c>
       <c r="H10" t="s">
-        <v>1402</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B11" t="s">
-        <v>1403</v>
+        <v>1438</v>
       </c>
       <c r="C11" t="s">
-        <v>1404</v>
+        <v>1439</v>
       </c>
       <c r="D11" t="s">
-        <v>1405</v>
+        <v>1429</v>
       </c>
       <c r="E11" t="s">
-        <v>1406</v>
+        <v>1440</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1407</v>
+        <v>1441</v>
       </c>
       <c r="H11" t="s">
-        <v>1408</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B12" t="s">
-        <v>1409</v>
+        <v>1443</v>
       </c>
       <c r="C12" t="s">
-        <v>1410</v>
+        <v>1444</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1411</v>
+        <v>1445</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1412</v>
+        <v>1446</v>
       </c>
       <c r="H12" t="s">
-        <v>1413</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B13" t="s">
-        <v>1414</v>
+        <v>1448</v>
       </c>
       <c r="C13" t="s">
-        <v>1415</v>
+        <v>1449</v>
       </c>
       <c r="D13" t="s">
-        <v>1416</v>
+        <v>1450</v>
       </c>
       <c r="E13" t="s">
-        <v>1417</v>
+        <v>1451</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1418</v>
+        <v>1452</v>
       </c>
       <c r="H13" t="s">
-        <v>1419</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B14" t="s">
-        <v>1420</v>
+        <v>1454</v>
       </c>
       <c r="C14" t="s">
-        <v>1421</v>
+        <v>1455</v>
       </c>
       <c r="D14" t="s">
-        <v>1422</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1423</v>
+        <v>1456</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1424</v>
+        <v>1457</v>
       </c>
       <c r="H14" t="s">
-        <v>1425</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B15" t="s">
-        <v>1426</v>
+        <v>1459</v>
       </c>
       <c r="C15" t="s">
-        <v>1427</v>
+        <v>1460</v>
       </c>
       <c r="D15" t="s">
-        <v>1428</v>
+        <v>1461</v>
       </c>
       <c r="E15" t="s">
-        <v>1429</v>
+        <v>1462</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1430</v>
+        <v>1463</v>
       </c>
       <c r="H15" t="s">
-        <v>1431</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B16" t="s">
-        <v>1432</v>
+        <v>1465</v>
       </c>
       <c r="C16" t="s">
-        <v>1433</v>
+        <v>1466</v>
       </c>
       <c r="D16" t="s">
-        <v>1434</v>
+        <v>1467</v>
       </c>
       <c r="E16" t="s">
-        <v>1435</v>
+        <v>1468</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1436</v>
+        <v>1469</v>
       </c>
       <c r="H16" t="s">
-        <v>1437</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B17" t="s">
-        <v>1438</v>
+        <v>1471</v>
       </c>
       <c r="C17" t="s">
-        <v>1439</v>
+        <v>1472</v>
       </c>
       <c r="D17" t="s">
-        <v>1440</v>
+        <v>1473</v>
       </c>
       <c r="E17" t="s">
-        <v>1441</v>
+        <v>1474</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1442</v>
+        <v>1475</v>
       </c>
       <c r="H17" t="s">
-        <v>1443</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B18" t="s">
-        <v>1444</v>
+        <v>1477</v>
       </c>
       <c r="C18" t="s">
-        <v>1445</v>
+        <v>1478</v>
       </c>
       <c r="D18" t="s">
-        <v>1446</v>
+        <v>1479</v>
       </c>
       <c r="E18" t="s">
-        <v>1447</v>
+        <v>1480</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1448</v>
+        <v>1481</v>
       </c>
       <c r="H18" t="s">
-        <v>1449</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B19" t="s">
-        <v>1450</v>
+        <v>1483</v>
       </c>
       <c r="C19" t="s">
-        <v>1451</v>
+        <v>1484</v>
       </c>
       <c r="D19" t="s">
-        <v>1452</v>
+        <v>1485</v>
       </c>
       <c r="E19" t="s">
-        <v>1453</v>
+        <v>1486</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1454</v>
+        <v>1487</v>
       </c>
       <c r="H19" t="s">
-        <v>1455</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B20" t="s">
-        <v>1456</v>
+        <v>1489</v>
       </c>
       <c r="C20" t="s">
-        <v>1457</v>
+        <v>1490</v>
       </c>
       <c r="D20" t="s">
-        <v>1458</v>
+        <v>1491</v>
       </c>
       <c r="E20" t="s">
-        <v>1459</v>
+        <v>1492</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1460</v>
+        <v>1493</v>
       </c>
       <c r="H20" t="s">
-        <v>1461</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B21" t="s">
-        <v>1462</v>
+        <v>1495</v>
       </c>
       <c r="C21" t="s">
-        <v>1463</v>
+        <v>1496</v>
       </c>
       <c r="D21" t="s">
-        <v>1464</v>
+        <v>1497</v>
       </c>
       <c r="E21" t="s">
-        <v>1465</v>
+        <v>1498</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1466</v>
+        <v>1499</v>
       </c>
       <c r="H21" t="s">
-        <v>1467</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B22" t="s">
-        <v>1468</v>
+        <v>1501</v>
       </c>
       <c r="C22" t="s">
-        <v>1469</v>
+        <v>1502</v>
       </c>
       <c r="D22" t="s">
-        <v>1470</v>
+        <v>1503</v>
       </c>
       <c r="E22" t="s">
-        <v>1471</v>
+        <v>1504</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1472</v>
+        <v>1505</v>
       </c>
       <c r="H22" t="s">
-        <v>1473</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
       <c r="B23" t="s">
-        <v>1474</v>
+        <v>1507</v>
       </c>
       <c r="C23" t="s">
-        <v>1475</v>
+        <v>1508</v>
       </c>
       <c r="D23" t="s">
-        <v>1476</v>
+        <v>1509</v>
       </c>
       <c r="E23" t="s">
-        <v>1477</v>
+        <v>1510</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1478</v>
+        <v>1511</v>
       </c>
       <c r="H23" t="s">
-        <v>1479</v>
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1515</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1516</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1521</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1522</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1524</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1480</v>
+        <v>1525</v>
       </c>
       <c r="B2" t="s">
-        <v>1481</v>
+        <v>1526</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>1527</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1482</v>
+        <v>1528</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1483</v>
+        <v>1529</v>
       </c>
       <c r="H2" t="s">
-        <v>1484</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1480</v>
+        <v>1525</v>
       </c>
       <c r="B3" t="s">
-        <v>1485</v>
+        <v>1531</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1486</v>
+        <v>1532</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1487</v>
+        <v>1533</v>
       </c>
       <c r="H3" t="s">
-        <v>1488</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1480</v>
+        <v>1525</v>
       </c>
       <c r="B4" t="s">
-        <v>1489</v>
+        <v>1535</v>
       </c>
       <c r="C4" t="s">
-        <v>1490</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1491</v>
+        <v>1536</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1492</v>
+        <v>1537</v>
       </c>
       <c r="H4" t="s">
-        <v>1493</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1480</v>
+        <v>1525</v>
       </c>
       <c r="B5" t="s">
-        <v>1494</v>
+        <v>1539</v>
       </c>
       <c r="C5" t="s">
-        <v>1495</v>
+        <v>1540</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1496</v>
+        <v>1541</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1497</v>
+        <v>1542</v>
       </c>
       <c r="H5" t="s">
-        <v>1498</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1480</v>
+        <v>1525</v>
       </c>
       <c r="B6" t="s">
-        <v>1499</v>
+        <v>1544</v>
       </c>
       <c r="C6" t="s">
-        <v>1500</v>
+        <v>1545</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1501</v>
+        <v>1546</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1502</v>
+        <v>1547</v>
       </c>
       <c r="H6" t="s">
-        <v>1503</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1480</v>
+        <v>1525</v>
       </c>
       <c r="B7" t="s">
-        <v>1504</v>
+        <v>1549</v>
       </c>
       <c r="C7" t="s">
-        <v>1505</v>
+        <v>1550</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1506</v>
+        <v>1551</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1507</v>
+        <v>1552</v>
       </c>
       <c r="H7" t="s">
-        <v>1508</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1480</v>
+        <v>1525</v>
       </c>
       <c r="B8" t="s">
-        <v>1509</v>
+        <v>1554</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>1555</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1510</v>
+        <v>1556</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1511</v>
+        <v>1557</v>
       </c>
       <c r="H8" t="s">
-        <v>1512</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1480</v>
+        <v>1525</v>
       </c>
       <c r="B9" t="s">
-        <v>1513</v>
+        <v>1559</v>
       </c>
       <c r="C9" t="s">
-        <v>1514</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1515</v>
+        <v>1560</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1516</v>
+        <v>1561</v>
       </c>
       <c r="H9" t="s">
-        <v>1517</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1480</v>
+        <v>1525</v>
       </c>
       <c r="B10" t="s">
-        <v>1518</v>
+        <v>1563</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>1564</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1519</v>
+        <v>1565</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1520</v>
+        <v>1566</v>
       </c>
       <c r="H10" t="s">
-        <v>1521</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1480</v>
+        <v>1525</v>
       </c>
       <c r="B11" t="s">
-        <v>1522</v>
+        <v>1568</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1523</v>
+        <v>1569</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1524</v>
+        <v>1570</v>
       </c>
       <c r="H11" t="s">
-        <v>1525</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1480</v>
+        <v>1525</v>
       </c>
       <c r="B12" t="s">
-        <v>1526</v>
+        <v>1572</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1527</v>
+        <v>1573</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1528</v>
+        <v>1574</v>
       </c>
       <c r="H12" t="s">
-        <v>1529</v>
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1577</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1578</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1579</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1530</v>
+        <v>1580</v>
       </c>
       <c r="B2" t="s">
-        <v>1531</v>
+        <v>1581</v>
       </c>
       <c r="C2" t="s">
-        <v>1532</v>
+        <v>1582</v>
       </c>
       <c r="D2" t="s">
-        <v>1533</v>
+        <v>1583</v>
       </c>
       <c r="E2" t="s">
-        <v>1534</v>
+        <v>1584</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1535</v>
+        <v>1585</v>
       </c>
       <c r="H2" t="s">
-        <v>1536</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1530</v>
+        <v>1580</v>
       </c>
       <c r="B3" t="s">
-        <v>1537</v>
+        <v>1587</v>
       </c>
       <c r="C3" t="s">
-        <v>1538</v>
+        <v>1588</v>
       </c>
       <c r="D3" t="s">
-        <v>1539</v>
+        <v>1589</v>
       </c>
       <c r="E3" t="s">
-        <v>1540</v>
+        <v>1590</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1541</v>
+        <v>1591</v>
       </c>
       <c r="H3" t="s">
-        <v>1542</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1530</v>
+        <v>1580</v>
       </c>
       <c r="B4" t="s">
-        <v>1543</v>
+        <v>1593</v>
       </c>
       <c r="C4" t="s">
-        <v>1544</v>
+        <v>1594</v>
       </c>
       <c r="D4" t="s">
-        <v>1545</v>
+        <v>1595</v>
       </c>
       <c r="E4" t="s">
-        <v>1546</v>
+        <v>1596</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1547</v>
+        <v>1597</v>
       </c>
       <c r="H4" t="s">
-        <v>1548</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1530</v>
+        <v>1580</v>
       </c>
       <c r="B5" t="s">
-        <v>1549</v>
+        <v>1599</v>
       </c>
       <c r="C5" t="s">
-        <v>1550</v>
+        <v>1600</v>
       </c>
       <c r="D5" t="s">
-        <v>1551</v>
+        <v>1601</v>
       </c>
       <c r="E5" t="s">
-        <v>1552</v>
+        <v>1602</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1553</v>
+        <v>1603</v>
       </c>
       <c r="H5" t="s">
-        <v>1554</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1530</v>
+        <v>1580</v>
       </c>
       <c r="B6" t="s">
-        <v>1555</v>
+        <v>1605</v>
       </c>
       <c r="C6" t="s">
-        <v>1556</v>
+        <v>1606</v>
       </c>
       <c r="D6" t="s">
-        <v>1557</v>
+        <v>1607</v>
       </c>
       <c r="E6" t="s">
-        <v>1558</v>
+        <v>1608</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1559</v>
+        <v>1609</v>
       </c>
       <c r="H6" t="s">
-        <v>1560</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1530</v>
+        <v>1580</v>
       </c>
       <c r="B7" t="s">
-        <v>1561</v>
+        <v>1611</v>
       </c>
       <c r="C7" t="s">
-        <v>1562</v>
+        <v>1612</v>
       </c>
       <c r="D7" t="s">
-        <v>1563</v>
+        <v>1613</v>
       </c>
       <c r="E7" t="s">
-        <v>1564</v>
+        <v>1614</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1565</v>
+        <v>1615</v>
       </c>
       <c r="H7" t="s">
-        <v>1566</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1530</v>
+        <v>1580</v>
       </c>
       <c r="B8" t="s">
-        <v>1567</v>
+        <v>1617</v>
       </c>
       <c r="C8" t="s">
-        <v>1568</v>
+        <v>1618</v>
       </c>
       <c r="D8" t="s">
-        <v>1569</v>
+        <v>1619</v>
       </c>
       <c r="E8" t="s">
-        <v>1570</v>
+        <v>1620</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1571</v>
+        <v>1621</v>
       </c>
       <c r="H8" t="s">
-        <v>1572</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1530</v>
+        <v>1580</v>
       </c>
       <c r="B9" t="s">
-        <v>1573</v>
+        <v>1623</v>
       </c>
       <c r="C9" t="s">
-        <v>1574</v>
+        <v>1624</v>
       </c>
       <c r="D9" t="s">
-        <v>1569</v>
+        <v>1619</v>
       </c>
       <c r="E9" t="s">
-        <v>1575</v>
+        <v>1625</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1576</v>
+        <v>1626</v>
       </c>
       <c r="H9" t="s">
-        <v>1577</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1530</v>
+        <v>1580</v>
       </c>
       <c r="B10" t="s">
-        <v>1578</v>
+        <v>1628</v>
       </c>
       <c r="C10" t="s">
-        <v>1579</v>
+        <v>1629</v>
       </c>
       <c r="D10" t="s">
-        <v>1580</v>
+        <v>1630</v>
       </c>
       <c r="E10" t="s">
-        <v>1581</v>
+        <v>1631</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1582</v>
+        <v>1632</v>
       </c>
       <c r="H10" t="s">
-        <v>1583</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1530</v>
+        <v>1580</v>
       </c>
       <c r="B11" t="s">
-        <v>1584</v>
+        <v>1634</v>
       </c>
       <c r="C11" t="s">
-        <v>1585</v>
+        <v>1635</v>
       </c>
       <c r="D11" t="s">
-        <v>1586</v>
+        <v>1636</v>
       </c>
       <c r="E11" t="s">
-        <v>1587</v>
+        <v>1637</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1588</v>
+        <v>1638</v>
       </c>
       <c r="H11" t="s">
-        <v>1589</v>
+        <v>1639</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H38"/>
+  <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B2" t="s">
-        <v>1591</v>
+        <v>1641</v>
       </c>
       <c r="C2" t="s">
-        <v>1592</v>
+        <v>1642</v>
       </c>
       <c r="D2" t="s">
-        <v>1593</v>
+        <v>1643</v>
       </c>
       <c r="E2" t="s">
-        <v>1594</v>
+        <v>1644</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1595</v>
+        <v>1645</v>
       </c>
       <c r="H2" t="s">
-        <v>1596</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B3" t="s">
-        <v>1597</v>
+        <v>1647</v>
       </c>
       <c r="C3" t="s">
-        <v>1598</v>
+        <v>1648</v>
       </c>
       <c r="D3" t="s">
-        <v>1599</v>
+        <v>1649</v>
       </c>
       <c r="E3" t="s">
-        <v>1600</v>
+        <v>1650</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1601</v>
+        <v>1651</v>
       </c>
       <c r="H3" t="s">
-        <v>1602</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B4" t="s">
-        <v>1603</v>
+        <v>1653</v>
       </c>
       <c r="C4" t="s">
-        <v>1604</v>
+        <v>1654</v>
       </c>
       <c r="D4" t="s">
-        <v>1605</v>
+        <v>1655</v>
       </c>
       <c r="E4" t="s">
-        <v>1606</v>
+        <v>1656</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1607</v>
+        <v>1657</v>
       </c>
       <c r="H4" t="s">
-        <v>1608</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B5" t="s">
-        <v>1609</v>
+        <v>1659</v>
       </c>
       <c r="C5" t="s">
-        <v>1610</v>
+        <v>1660</v>
       </c>
       <c r="D5" t="s">
-        <v>1611</v>
+        <v>1661</v>
       </c>
       <c r="E5" t="s">
-        <v>1612</v>
+        <v>1662</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1613</v>
+        <v>1663</v>
       </c>
       <c r="H5" t="s">
-        <v>1614</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B6" t="s">
-        <v>1615</v>
+        <v>1665</v>
       </c>
       <c r="C6" t="s">
-        <v>1616</v>
+        <v>1666</v>
       </c>
       <c r="D6" t="s">
-        <v>1617</v>
+        <v>1667</v>
       </c>
       <c r="E6" t="s">
-        <v>1618</v>
+        <v>1668</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1619</v>
+        <v>1669</v>
       </c>
       <c r="H6" t="s">
-        <v>1620</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B7" t="s">
-        <v>1621</v>
+        <v>1671</v>
       </c>
       <c r="C7" t="s">
-        <v>1622</v>
+        <v>1672</v>
       </c>
       <c r="D7" t="s">
-        <v>1623</v>
+        <v>1673</v>
       </c>
       <c r="E7" t="s">
-        <v>1624</v>
+        <v>1674</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1625</v>
+        <v>1675</v>
       </c>
       <c r="H7" t="s">
-        <v>1626</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B8" t="s">
-        <v>1627</v>
+        <v>1677</v>
       </c>
       <c r="C8" t="s">
-        <v>1628</v>
+        <v>1678</v>
       </c>
       <c r="D8" t="s">
-        <v>1629</v>
+        <v>1679</v>
       </c>
       <c r="E8" t="s">
-        <v>1630</v>
+        <v>1680</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1631</v>
+        <v>1681</v>
       </c>
       <c r="H8" t="s">
-        <v>1632</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B9" t="s">
-        <v>1633</v>
+        <v>1683</v>
       </c>
       <c r="C9" t="s">
-        <v>1634</v>
+        <v>1684</v>
       </c>
       <c r="D9" t="s">
-        <v>1629</v>
+        <v>1679</v>
       </c>
       <c r="E9" t="s">
-        <v>1635</v>
+        <v>1685</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1636</v>
+        <v>1686</v>
       </c>
       <c r="H9" t="s">
-        <v>1637</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B10" t="s">
-        <v>1638</v>
+        <v>1688</v>
       </c>
       <c r="C10" t="s">
-        <v>1639</v>
+        <v>1689</v>
       </c>
       <c r="D10" t="s">
-        <v>1640</v>
+        <v>1690</v>
       </c>
       <c r="E10" t="s">
-        <v>1641</v>
+        <v>1691</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1642</v>
+        <v>1692</v>
       </c>
       <c r="H10" t="s">
-        <v>1643</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B11" t="s">
-        <v>1644</v>
+        <v>1694</v>
       </c>
       <c r="C11" t="s">
-        <v>1645</v>
+        <v>1695</v>
       </c>
       <c r="D11" t="s">
-        <v>1646</v>
+        <v>1696</v>
       </c>
       <c r="E11" t="s">
-        <v>1647</v>
+        <v>1697</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1648</v>
+        <v>1698</v>
       </c>
       <c r="H11" t="s">
-        <v>1649</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B12" t="s">
-        <v>1650</v>
+        <v>1700</v>
       </c>
       <c r="C12" t="s">
-        <v>1651</v>
+        <v>1701</v>
       </c>
       <c r="D12" t="s">
-        <v>1623</v>
+        <v>1696</v>
       </c>
       <c r="E12" t="s">
-        <v>1652</v>
+        <v>1702</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1653</v>
+        <v>1703</v>
       </c>
       <c r="H12" t="s">
-        <v>1654</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B13" t="s">
-        <v>1655</v>
+        <v>1705</v>
       </c>
       <c r="C13" t="s">
-        <v>1656</v>
+        <v>1706</v>
       </c>
       <c r="D13" t="s">
-        <v>1646</v>
+        <v>1707</v>
       </c>
       <c r="E13" t="s">
-        <v>1657</v>
+        <v>1708</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1658</v>
+        <v>1709</v>
       </c>
       <c r="H13" t="s">
-        <v>1659</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B14" t="s">
-        <v>1660</v>
+        <v>1711</v>
       </c>
       <c r="C14" t="s">
-        <v>1661</v>
+        <v>1712</v>
       </c>
       <c r="D14" t="s">
-        <v>1662</v>
+        <v>1713</v>
       </c>
       <c r="E14" t="s">
-        <v>1663</v>
+        <v>1714</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1664</v>
+        <v>1715</v>
       </c>
       <c r="H14" t="s">
-        <v>1665</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B15" t="s">
-        <v>1666</v>
+        <v>1717</v>
       </c>
       <c r="C15" t="s">
-        <v>1667</v>
+        <v>1718</v>
       </c>
       <c r="D15" t="s">
-        <v>1668</v>
+        <v>1719</v>
       </c>
       <c r="E15" t="s">
-        <v>1669</v>
+        <v>1720</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1670</v>
+        <v>1721</v>
       </c>
       <c r="H15" t="s">
-        <v>1671</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B16" t="s">
-        <v>1672</v>
+        <v>1723</v>
       </c>
       <c r="C16" t="s">
-        <v>1673</v>
+        <v>1724</v>
       </c>
       <c r="D16" t="s">
-        <v>1674</v>
+        <v>1725</v>
       </c>
       <c r="E16" t="s">
-        <v>1675</v>
+        <v>1726</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1676</v>
+        <v>1727</v>
       </c>
       <c r="H16" t="s">
-        <v>1677</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B17" t="s">
-        <v>1678</v>
+        <v>1729</v>
       </c>
       <c r="C17" t="s">
-        <v>1679</v>
+        <v>1730</v>
       </c>
       <c r="D17" t="s">
-        <v>1680</v>
+        <v>1731</v>
       </c>
       <c r="E17" t="s">
-        <v>1681</v>
+        <v>1732</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1682</v>
+        <v>1733</v>
       </c>
       <c r="H17" t="s">
-        <v>1683</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B18" t="s">
-        <v>1684</v>
+        <v>1735</v>
       </c>
       <c r="C18" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="D18" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="E18" t="s">
-        <v>1687</v>
+        <v>1738</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1688</v>
+        <v>1739</v>
       </c>
       <c r="H18" t="s">
-        <v>1689</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B19" t="s">
-        <v>1690</v>
+        <v>1741</v>
       </c>
       <c r="C19" t="s">
-        <v>1691</v>
+        <v>1742</v>
       </c>
       <c r="D19" t="s">
-        <v>1692</v>
+        <v>1743</v>
       </c>
       <c r="E19" t="s">
-        <v>1693</v>
+        <v>1744</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1694</v>
+        <v>1745</v>
       </c>
       <c r="H19" t="s">
-        <v>1695</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B20" t="s">
-        <v>1696</v>
+        <v>1747</v>
       </c>
       <c r="C20" t="s">
-        <v>1697</v>
+        <v>1748</v>
       </c>
       <c r="D20" t="s">
-        <v>1698</v>
+        <v>1749</v>
       </c>
       <c r="E20" t="s">
-        <v>1699</v>
+        <v>1750</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1700</v>
+        <v>1751</v>
       </c>
       <c r="H20" t="s">
-        <v>1701</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B21" t="s">
-        <v>1702</v>
+        <v>1753</v>
       </c>
       <c r="C21" t="s">
-        <v>1703</v>
+        <v>1754</v>
       </c>
       <c r="D21" t="s">
-        <v>1704</v>
+        <v>1755</v>
       </c>
       <c r="E21" t="s">
-        <v>1705</v>
+        <v>1756</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1706</v>
+        <v>1757</v>
       </c>
       <c r="H21" t="s">
-        <v>1707</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B22" t="s">
-        <v>1708</v>
+        <v>1759</v>
       </c>
       <c r="C22" t="s">
-        <v>1709</v>
+        <v>1760</v>
       </c>
       <c r="D22" t="s">
-        <v>1710</v>
+        <v>1761</v>
       </c>
       <c r="E22" t="s">
-        <v>1711</v>
+        <v>1762</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1712</v>
+        <v>1763</v>
       </c>
       <c r="H22" t="s">
-        <v>1713</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B23" t="s">
-        <v>1714</v>
+        <v>1765</v>
       </c>
       <c r="C23" t="s">
-        <v>1715</v>
+        <v>1766</v>
       </c>
       <c r="D23" t="s">
-        <v>1716</v>
+        <v>1767</v>
       </c>
       <c r="E23" t="s">
-        <v>1717</v>
+        <v>1768</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1718</v>
+        <v>1769</v>
       </c>
       <c r="H23" t="s">
-        <v>1719</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B24" t="s">
-        <v>1720</v>
+        <v>1771</v>
       </c>
       <c r="C24" t="s">
-        <v>1721</v>
+        <v>1772</v>
       </c>
       <c r="D24" t="s">
-        <v>1722</v>
+        <v>1773</v>
       </c>
       <c r="E24" t="s">
-        <v>1723</v>
+        <v>1774</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1724</v>
+        <v>1775</v>
       </c>
       <c r="H24" t="s">
-        <v>1725</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B25" t="s">
-        <v>1726</v>
+        <v>1777</v>
       </c>
       <c r="C25" t="s">
-        <v>1727</v>
+        <v>1778</v>
       </c>
       <c r="D25" t="s">
-        <v>1728</v>
+        <v>1779</v>
       </c>
       <c r="E25" t="s">
-        <v>1729</v>
+        <v>1780</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1730</v>
+        <v>1781</v>
       </c>
       <c r="H25" t="s">
-        <v>1731</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B26" t="s">
-        <v>1732</v>
+        <v>1783</v>
       </c>
       <c r="C26" t="s">
-        <v>1733</v>
+        <v>1784</v>
       </c>
       <c r="D26" t="s">
-        <v>1734</v>
+        <v>1785</v>
       </c>
       <c r="E26" t="s">
-        <v>1735</v>
+        <v>1786</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1736</v>
+        <v>1787</v>
       </c>
       <c r="H26" t="s">
-        <v>1737</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B27" t="s">
-        <v>1738</v>
+        <v>1789</v>
       </c>
       <c r="C27" t="s">
-        <v>1739</v>
+        <v>1790</v>
       </c>
       <c r="D27" t="s">
-        <v>1740</v>
+        <v>1791</v>
       </c>
       <c r="E27" t="s">
-        <v>1741</v>
+        <v>1792</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1742</v>
+        <v>1793</v>
       </c>
       <c r="H27" t="s">
-        <v>1743</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B28" t="s">
-        <v>1744</v>
+        <v>1795</v>
       </c>
       <c r="C28" t="s">
-        <v>1745</v>
+        <v>1796</v>
       </c>
       <c r="D28" t="s">
-        <v>1746</v>
+        <v>1797</v>
       </c>
       <c r="E28" t="s">
-        <v>1747</v>
+        <v>1798</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1748</v>
+        <v>1799</v>
       </c>
       <c r="H28" t="s">
-        <v>1749</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B29" t="s">
-        <v>1750</v>
+        <v>1801</v>
       </c>
       <c r="C29" t="s">
-        <v>1751</v>
+        <v>1802</v>
       </c>
       <c r="D29" t="s">
-        <v>1752</v>
+        <v>1803</v>
       </c>
       <c r="E29" t="s">
-        <v>1753</v>
+        <v>1804</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1754</v>
+        <v>1805</v>
       </c>
       <c r="H29" t="s">
-        <v>1755</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B30" t="s">
-        <v>1756</v>
+        <v>1807</v>
       </c>
       <c r="C30" t="s">
-        <v>1757</v>
+        <v>1808</v>
       </c>
       <c r="D30" t="s">
-        <v>1758</v>
+        <v>1809</v>
       </c>
       <c r="E30" t="s">
-        <v>1759</v>
+        <v>1810</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1760</v>
+        <v>1811</v>
       </c>
       <c r="H30" t="s">
-        <v>1761</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B31" t="s">
-        <v>1762</v>
+        <v>1813</v>
       </c>
       <c r="C31" t="s">
-        <v>1763</v>
+        <v>1814</v>
       </c>
       <c r="D31" t="s">
-        <v>1764</v>
+        <v>1815</v>
       </c>
       <c r="E31" t="s">
-        <v>1765</v>
+        <v>1816</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1766</v>
+        <v>1817</v>
       </c>
       <c r="H31" t="s">
-        <v>1767</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B32" t="s">
-        <v>1768</v>
+        <v>1819</v>
       </c>
       <c r="C32" t="s">
-        <v>1769</v>
+        <v>1820</v>
       </c>
       <c r="D32" t="s">
-        <v>1770</v>
+        <v>1821</v>
       </c>
       <c r="E32" t="s">
-        <v>1771</v>
+        <v>1822</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1772</v>
+        <v>1823</v>
       </c>
       <c r="H32" t="s">
-        <v>1773</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B33" t="s">
-        <v>1774</v>
+        <v>1825</v>
       </c>
       <c r="C33" t="s">
-        <v>1775</v>
+        <v>1826</v>
       </c>
       <c r="D33" t="s">
-        <v>1776</v>
+        <v>1827</v>
       </c>
       <c r="E33" t="s">
-        <v>1777</v>
+        <v>1828</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1778</v>
+        <v>1829</v>
       </c>
       <c r="H33" t="s">
-        <v>1779</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B34" t="s">
-        <v>1780</v>
+        <v>1831</v>
       </c>
       <c r="C34" t="s">
-        <v>1781</v>
+        <v>1832</v>
       </c>
       <c r="D34" t="s">
-        <v>1782</v>
+        <v>1833</v>
       </c>
       <c r="E34" t="s">
-        <v>1783</v>
+        <v>1834</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1784</v>
+        <v>1835</v>
       </c>
       <c r="H34" t="s">
-        <v>1785</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B35" t="s">
-        <v>1786</v>
+        <v>1837</v>
       </c>
       <c r="C35" t="s">
-        <v>1787</v>
+        <v>1838</v>
       </c>
       <c r="D35" t="s">
-        <v>1788</v>
+        <v>1839</v>
       </c>
       <c r="E35" t="s">
-        <v>1789</v>
+        <v>1840</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1790</v>
+        <v>1841</v>
       </c>
       <c r="H35" t="s">
-        <v>1791</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B36" t="s">
-        <v>1792</v>
+        <v>1843</v>
       </c>
       <c r="C36" t="s">
-        <v>1793</v>
+        <v>1844</v>
       </c>
       <c r="D36" t="s">
-        <v>1794</v>
+        <v>1845</v>
       </c>
       <c r="E36" t="s">
-        <v>1795</v>
+        <v>1846</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1796</v>
+        <v>1847</v>
       </c>
       <c r="H36" t="s">
-        <v>1797</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1590</v>
+        <v>1640</v>
       </c>
       <c r="B37" t="s">
-        <v>1798</v>
+        <v>1849</v>
       </c>
       <c r="C37" t="s">
-        <v>1799</v>
+        <v>1850</v>
       </c>
       <c r="D37" t="s">
-        <v>1800</v>
+        <v>1851</v>
       </c>
       <c r="E37" t="s">
-        <v>1801</v>
+        <v>1852</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1802</v>
+        <v>1853</v>
       </c>
       <c r="H37" t="s">
-        <v>1803</v>
-[...25 lines deleted...]
-        <v>1809</v>
+        <v>1854</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H215"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B2" t="s">
-        <v>1811</v>
+        <v>1856</v>
       </c>
       <c r="C2" t="s">
-        <v>1812</v>
+        <v>1857</v>
       </c>
       <c r="D2" t="s">
-        <v>1813</v>
+        <v>1858</v>
       </c>
       <c r="E2" t="s">
-        <v>1814</v>
+        <v>1859</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1815</v>
+        <v>1860</v>
       </c>
       <c r="H2" t="s">
-        <v>1816</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B3" t="s">
-        <v>1817</v>
+        <v>1862</v>
       </c>
       <c r="C3" t="s">
-        <v>1818</v>
+        <v>1863</v>
       </c>
       <c r="D3" t="s">
-        <v>1819</v>
+        <v>1864</v>
       </c>
       <c r="E3" t="s">
-        <v>1820</v>
+        <v>1865</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1821</v>
+        <v>1866</v>
       </c>
       <c r="H3" t="s">
-        <v>1822</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B4" t="s">
-        <v>1823</v>
+        <v>1868</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>1869</v>
       </c>
       <c r="D4" t="s">
-        <v>1824</v>
+        <v>1870</v>
       </c>
       <c r="E4" t="s">
-        <v>1825</v>
+        <v>1871</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1826</v>
+        <v>1872</v>
       </c>
       <c r="H4" t="s">
-        <v>1827</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B5" t="s">
-        <v>1828</v>
+        <v>1874</v>
       </c>
       <c r="C5" t="s">
-        <v>1829</v>
+        <v>1875</v>
       </c>
       <c r="D5" t="s">
-        <v>1830</v>
+        <v>1876</v>
       </c>
       <c r="E5" t="s">
-        <v>1831</v>
+        <v>1877</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1832</v>
+        <v>1878</v>
       </c>
       <c r="H5" t="s">
-        <v>1833</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B6" t="s">
-        <v>1834</v>
+        <v>1880</v>
       </c>
       <c r="C6" t="s">
-        <v>1835</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>1836</v>
+        <v>1881</v>
       </c>
       <c r="E6" t="s">
-        <v>1837</v>
+        <v>1882</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1838</v>
+        <v>1883</v>
       </c>
       <c r="H6" t="s">
-        <v>1839</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B7" t="s">
-        <v>1840</v>
+        <v>1885</v>
       </c>
       <c r="C7" t="s">
-        <v>1841</v>
+        <v>1886</v>
       </c>
       <c r="D7" t="s">
-        <v>1842</v>
+        <v>1887</v>
       </c>
       <c r="E7" t="s">
-        <v>1843</v>
+        <v>1888</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1844</v>
+        <v>1889</v>
       </c>
       <c r="H7" t="s">
-        <v>1845</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B8" t="s">
-        <v>1846</v>
+        <v>1891</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>1892</v>
       </c>
       <c r="D8" t="s">
-        <v>1847</v>
+        <v>1893</v>
       </c>
       <c r="E8" t="s">
-        <v>1848</v>
+        <v>1894</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1849</v>
+        <v>1895</v>
       </c>
       <c r="H8" t="s">
-        <v>1850</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B9" t="s">
-        <v>1851</v>
+        <v>1897</v>
       </c>
       <c r="C9" t="s">
-        <v>1852</v>
+        <v>1898</v>
       </c>
       <c r="D9" t="s">
-        <v>1853</v>
+        <v>1899</v>
       </c>
       <c r="E9" t="s">
-        <v>1854</v>
+        <v>1900</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1855</v>
+        <v>1901</v>
       </c>
       <c r="H9" t="s">
-        <v>1856</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B10" t="s">
-        <v>1857</v>
+        <v>1903</v>
       </c>
       <c r="C10" t="s">
-        <v>1852</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>1853</v>
+        <v>1904</v>
       </c>
       <c r="E10" t="s">
-        <v>1858</v>
+        <v>1905</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1859</v>
+        <v>1906</v>
       </c>
       <c r="H10" t="s">
-        <v>1860</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B11" t="s">
-        <v>1861</v>
+        <v>1908</v>
       </c>
       <c r="C11" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D11" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E11" t="s">
-        <v>1854</v>
+        <v>1911</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1862</v>
+        <v>1912</v>
       </c>
       <c r="H11" t="s">
-        <v>1863</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B12" t="s">
-        <v>1864</v>
+        <v>1914</v>
       </c>
       <c r="C12" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D12" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E12" t="s">
-        <v>1865</v>
+        <v>1915</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1866</v>
+        <v>1916</v>
       </c>
       <c r="H12" t="s">
-        <v>1867</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B13" t="s">
-        <v>1868</v>
+        <v>1918</v>
       </c>
       <c r="C13" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D13" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E13" t="s">
-        <v>1854</v>
+        <v>1911</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1869</v>
+        <v>1919</v>
       </c>
       <c r="H13" t="s">
-        <v>1870</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B14" t="s">
-        <v>1871</v>
+        <v>1921</v>
       </c>
       <c r="C14" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D14" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E14" t="s">
-        <v>1872</v>
+        <v>1922</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1873</v>
+        <v>1923</v>
       </c>
       <c r="H14" t="s">
-        <v>1874</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B15" t="s">
-        <v>1875</v>
+        <v>1925</v>
       </c>
       <c r="C15" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D15" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E15" t="s">
-        <v>1876</v>
+        <v>1911</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1877</v>
+        <v>1926</v>
       </c>
       <c r="H15" t="s">
-        <v>1878</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B16" t="s">
-        <v>1879</v>
+        <v>1928</v>
       </c>
       <c r="C16" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D16" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E16" t="s">
-        <v>1865</v>
+        <v>1929</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1880</v>
+        <v>1930</v>
       </c>
       <c r="H16" t="s">
-        <v>1881</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B17" t="s">
-        <v>1882</v>
+        <v>1932</v>
       </c>
       <c r="C17" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D17" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E17" t="s">
-        <v>1883</v>
+        <v>1933</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1884</v>
+        <v>1934</v>
       </c>
       <c r="H17" t="s">
-        <v>1885</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B18" t="s">
-        <v>1886</v>
+        <v>1936</v>
       </c>
       <c r="C18" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D18" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E18" t="s">
-        <v>1883</v>
+        <v>1922</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1887</v>
+        <v>1937</v>
       </c>
       <c r="H18" t="s">
-        <v>1888</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B19" t="s">
-        <v>1889</v>
+        <v>1939</v>
       </c>
       <c r="C19" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D19" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E19" t="s">
-        <v>1890</v>
+        <v>1940</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1891</v>
+        <v>1941</v>
       </c>
       <c r="H19" t="s">
-        <v>1892</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B20" t="s">
-        <v>1893</v>
+        <v>1943</v>
       </c>
       <c r="C20" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D20" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E20" t="s">
-        <v>1890</v>
+        <v>1940</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1894</v>
+        <v>1944</v>
       </c>
       <c r="H20" t="s">
-        <v>1895</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B21" t="s">
-        <v>1896</v>
+        <v>1946</v>
       </c>
       <c r="C21" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D21" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E21" t="s">
-        <v>1890</v>
+        <v>1947</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1897</v>
+        <v>1948</v>
       </c>
       <c r="H21" t="s">
-        <v>1898</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B22" t="s">
-        <v>1899</v>
+        <v>1950</v>
       </c>
       <c r="C22" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D22" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E22" t="s">
-        <v>1890</v>
+        <v>1947</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1900</v>
+        <v>1951</v>
       </c>
       <c r="H22" t="s">
-        <v>1901</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B23" t="s">
-        <v>1902</v>
+        <v>1953</v>
       </c>
       <c r="C23" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D23" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E23" t="s">
-        <v>1890</v>
+        <v>1947</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1903</v>
+        <v>1954</v>
       </c>
       <c r="H23" t="s">
-        <v>1904</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B24" t="s">
-        <v>1905</v>
+        <v>1956</v>
       </c>
       <c r="C24" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D24" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E24" t="s">
-        <v>1890</v>
+        <v>1947</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1906</v>
+        <v>1957</v>
       </c>
       <c r="H24" t="s">
-        <v>1907</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B25" t="s">
-        <v>1908</v>
+        <v>1959</v>
       </c>
       <c r="C25" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D25" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E25" t="s">
-        <v>1890</v>
+        <v>1947</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1909</v>
+        <v>1960</v>
       </c>
       <c r="H25" t="s">
-        <v>1910</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B26" t="s">
-        <v>1911</v>
+        <v>1962</v>
       </c>
       <c r="C26" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D26" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E26" t="s">
-        <v>1912</v>
+        <v>1947</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1913</v>
+        <v>1963</v>
       </c>
       <c r="H26" t="s">
-        <v>1914</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B27" t="s">
-        <v>1915</v>
+        <v>1965</v>
       </c>
       <c r="C27" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="D27" t="s">
-        <v>1853</v>
+        <v>1910</v>
       </c>
       <c r="E27" t="s">
-        <v>1916</v>
+        <v>1947</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1917</v>
+        <v>1966</v>
       </c>
       <c r="H27" t="s">
-        <v>1918</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B28" t="s">
-        <v>1919</v>
+        <v>1968</v>
       </c>
       <c r="C28" t="s">
-        <v>1920</v>
+        <v>1909</v>
       </c>
       <c r="D28" t="s">
-        <v>1533</v>
+        <v>1910</v>
       </c>
       <c r="E28" t="s">
-        <v>1921</v>
+        <v>1969</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1922</v>
+        <v>1970</v>
       </c>
       <c r="H28" t="s">
-        <v>1923</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B29" t="s">
-        <v>1924</v>
+        <v>1972</v>
       </c>
       <c r="C29" t="s">
-        <v>1925</v>
+        <v>1909</v>
       </c>
       <c r="D29" t="s">
-        <v>1926</v>
+        <v>1910</v>
       </c>
       <c r="E29" t="s">
-        <v>1927</v>
+        <v>1973</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1928</v>
+        <v>1974</v>
       </c>
       <c r="H29" t="s">
-        <v>1929</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B30" t="s">
-        <v>1930</v>
+        <v>1976</v>
       </c>
       <c r="C30" t="s">
-        <v>1931</v>
+        <v>1977</v>
       </c>
       <c r="D30" t="s">
-        <v>1932</v>
+        <v>1583</v>
       </c>
       <c r="E30" t="s">
-        <v>1933</v>
+        <v>1978</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1934</v>
+        <v>1979</v>
       </c>
       <c r="H30" t="s">
-        <v>1935</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B31" t="s">
-        <v>1936</v>
+        <v>1981</v>
       </c>
       <c r="C31" t="s">
-        <v>1937</v>
+        <v>1982</v>
       </c>
       <c r="D31" t="s">
-        <v>1938</v>
+        <v>1983</v>
       </c>
       <c r="E31" t="s">
-        <v>1939</v>
+        <v>1984</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1940</v>
+        <v>1985</v>
       </c>
       <c r="H31" t="s">
-        <v>1941</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B32" t="s">
-        <v>1942</v>
+        <v>1987</v>
       </c>
       <c r="C32" t="s">
-        <v>1943</v>
+        <v>1988</v>
       </c>
       <c r="D32" t="s">
-        <v>1944</v>
+        <v>1989</v>
       </c>
       <c r="E32" t="s">
-        <v>1945</v>
+        <v>1990</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1946</v>
+        <v>1991</v>
       </c>
       <c r="H32" t="s">
-        <v>1947</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B33" t="s">
-        <v>1948</v>
+        <v>1993</v>
       </c>
       <c r="C33" t="s">
-        <v>1949</v>
+        <v>1994</v>
       </c>
       <c r="D33" t="s">
-        <v>1938</v>
+        <v>1995</v>
       </c>
       <c r="E33" t="s">
-        <v>1950</v>
+        <v>1996</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1951</v>
+        <v>1997</v>
       </c>
       <c r="H33" t="s">
-        <v>1952</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B34" t="s">
-        <v>1953</v>
+        <v>1999</v>
       </c>
       <c r="C34" t="s">
-        <v>1954</v>
+        <v>2000</v>
       </c>
       <c r="D34" t="s">
-        <v>1955</v>
+        <v>2001</v>
       </c>
       <c r="E34" t="s">
-        <v>505</v>
+        <v>2002</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1956</v>
+        <v>2003</v>
       </c>
       <c r="H34" t="s">
-        <v>1957</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B35" t="s">
-        <v>1958</v>
+        <v>2005</v>
       </c>
       <c r="C35" t="s">
-        <v>1959</v>
+        <v>2006</v>
       </c>
       <c r="D35" t="s">
-        <v>1955</v>
+        <v>1995</v>
       </c>
       <c r="E35" t="s">
-        <v>505</v>
+        <v>2007</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1960</v>
+        <v>2008</v>
       </c>
       <c r="H35" t="s">
-        <v>1961</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B36" t="s">
-        <v>1962</v>
+        <v>2010</v>
       </c>
       <c r="C36" t="s">
-        <v>1963</v>
+        <v>2011</v>
       </c>
       <c r="D36" t="s">
-        <v>1964</v>
+        <v>2012</v>
       </c>
       <c r="E36" t="s">
-        <v>1965</v>
+        <v>535</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1966</v>
+        <v>2013</v>
       </c>
       <c r="H36" t="s">
-        <v>1967</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B37" t="s">
-        <v>1968</v>
+        <v>2015</v>
       </c>
       <c r="C37" t="s">
-        <v>1969</v>
+        <v>2016</v>
       </c>
       <c r="D37" t="s">
-        <v>1970</v>
+        <v>2012</v>
       </c>
       <c r="E37" t="s">
-        <v>1971</v>
+        <v>535</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1972</v>
+        <v>2017</v>
       </c>
       <c r="H37" t="s">
-        <v>1973</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B38" t="s">
-        <v>1974</v>
+        <v>2019</v>
       </c>
       <c r="C38" t="s">
-        <v>1975</v>
+        <v>2020</v>
       </c>
       <c r="D38" t="s">
-        <v>1976</v>
+        <v>2021</v>
       </c>
       <c r="E38" t="s">
-        <v>1977</v>
+        <v>2022</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1978</v>
+        <v>2023</v>
       </c>
       <c r="H38" t="s">
-        <v>1979</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B39" t="s">
-        <v>1980</v>
+        <v>2025</v>
       </c>
       <c r="C39" t="s">
-        <v>1852</v>
+        <v>2026</v>
       </c>
       <c r="D39" t="s">
-        <v>1853</v>
+        <v>2027</v>
       </c>
       <c r="E39" t="s">
-        <v>1890</v>
+        <v>2028</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1981</v>
+        <v>2029</v>
       </c>
       <c r="H39" t="s">
-        <v>1982</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B40" t="s">
-        <v>1983</v>
+        <v>2031</v>
       </c>
       <c r="C40" t="s">
-        <v>1852</v>
+        <v>2032</v>
       </c>
       <c r="D40" t="s">
-        <v>1853</v>
+        <v>2033</v>
       </c>
       <c r="E40" t="s">
-        <v>1890</v>
+        <v>2034</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1984</v>
+        <v>2035</v>
       </c>
       <c r="H40" t="s">
-        <v>1985</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B41" t="s">
-        <v>1986</v>
+        <v>2037</v>
       </c>
       <c r="C41" t="s">
-        <v>1987</v>
+        <v>1909</v>
       </c>
       <c r="D41" t="s">
-        <v>1988</v>
+        <v>1910</v>
       </c>
       <c r="E41" t="s">
-        <v>1989</v>
+        <v>1947</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1990</v>
+        <v>2038</v>
       </c>
       <c r="H41" t="s">
-        <v>1991</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B42" t="s">
-        <v>1992</v>
+        <v>2040</v>
       </c>
       <c r="C42" t="s">
-        <v>1993</v>
+        <v>1909</v>
       </c>
       <c r="D42" t="s">
-        <v>1533</v>
+        <v>1910</v>
       </c>
       <c r="E42" t="s">
-        <v>1994</v>
+        <v>1947</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1995</v>
+        <v>2041</v>
       </c>
       <c r="H42" t="s">
-        <v>1996</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B43" t="s">
-        <v>1997</v>
+        <v>2043</v>
       </c>
       <c r="C43" t="s">
-        <v>1998</v>
+        <v>2044</v>
       </c>
       <c r="D43" t="s">
-        <v>1999</v>
+        <v>2045</v>
       </c>
       <c r="E43" t="s">
-        <v>2000</v>
+        <v>2046</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2001</v>
+        <v>2047</v>
       </c>
       <c r="H43" t="s">
-        <v>2002</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B44" t="s">
-        <v>2003</v>
+        <v>2049</v>
       </c>
       <c r="C44" t="s">
-        <v>2004</v>
+        <v>2050</v>
       </c>
       <c r="D44" t="s">
-        <v>510</v>
+        <v>1583</v>
       </c>
       <c r="E44" t="s">
-        <v>2005</v>
+        <v>2051</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>2006</v>
+        <v>2052</v>
       </c>
       <c r="H44" t="s">
-        <v>2007</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B45" t="s">
-        <v>2008</v>
+        <v>2054</v>
       </c>
       <c r="C45" t="s">
-        <v>2009</v>
+        <v>2055</v>
       </c>
       <c r="D45" t="s">
-        <v>2010</v>
+        <v>2056</v>
       </c>
       <c r="E45" t="s">
-        <v>2011</v>
+        <v>2057</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>2012</v>
+        <v>2058</v>
       </c>
       <c r="H45" t="s">
-        <v>2013</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B46" t="s">
-        <v>2014</v>
+        <v>2060</v>
       </c>
       <c r="C46" t="s">
-        <v>2015</v>
+        <v>2061</v>
       </c>
       <c r="D46" t="s">
-        <v>2016</v>
+        <v>540</v>
       </c>
       <c r="E46" t="s">
-        <v>2017</v>
+        <v>2062</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>2018</v>
+        <v>2063</v>
       </c>
       <c r="H46" t="s">
-        <v>2019</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B47" t="s">
-        <v>2020</v>
+        <v>2065</v>
       </c>
       <c r="C47" t="s">
-        <v>2021</v>
+        <v>2066</v>
       </c>
       <c r="D47" t="s">
-        <v>2016</v>
+        <v>2067</v>
       </c>
       <c r="E47" t="s">
-        <v>2022</v>
+        <v>2068</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>2023</v>
+        <v>2069</v>
       </c>
       <c r="H47" t="s">
-        <v>2024</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B48" t="s">
-        <v>2025</v>
+        <v>2071</v>
       </c>
       <c r="C48" t="s">
-        <v>2026</v>
+        <v>2072</v>
       </c>
       <c r="D48" t="s">
-        <v>2010</v>
+        <v>2073</v>
       </c>
       <c r="E48" t="s">
-        <v>2027</v>
+        <v>2074</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>2028</v>
+        <v>2075</v>
       </c>
       <c r="H48" t="s">
-        <v>2029</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B49" t="s">
-        <v>2030</v>
+        <v>2077</v>
       </c>
       <c r="C49" t="s">
-        <v>2031</v>
+        <v>2078</v>
       </c>
       <c r="D49" t="s">
-        <v>2032</v>
+        <v>2073</v>
       </c>
       <c r="E49" t="s">
-        <v>2033</v>
+        <v>2079</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>2034</v>
+        <v>2080</v>
       </c>
       <c r="H49" t="s">
-        <v>2035</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B50" t="s">
-        <v>2036</v>
+        <v>2082</v>
       </c>
       <c r="C50" t="s">
-        <v>2037</v>
+        <v>2083</v>
       </c>
       <c r="D50" t="s">
-        <v>2038</v>
+        <v>2067</v>
       </c>
       <c r="E50" t="s">
-        <v>2039</v>
+        <v>2084</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>2040</v>
+        <v>2085</v>
       </c>
       <c r="H50" t="s">
-        <v>2041</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B51" t="s">
-        <v>2042</v>
+        <v>2087</v>
       </c>
       <c r="C51" t="s">
-        <v>2043</v>
+        <v>2088</v>
       </c>
       <c r="D51" t="s">
-        <v>2044</v>
+        <v>2089</v>
       </c>
       <c r="E51" t="s">
-        <v>2045</v>
+        <v>2090</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>2046</v>
+        <v>2091</v>
       </c>
       <c r="H51" t="s">
-        <v>2047</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B52" t="s">
-        <v>2048</v>
+        <v>2093</v>
       </c>
       <c r="C52" t="s">
-        <v>2049</v>
+        <v>2094</v>
       </c>
       <c r="D52" t="s">
-        <v>2050</v>
+        <v>2095</v>
       </c>
       <c r="E52" t="s">
-        <v>2051</v>
+        <v>2096</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>2052</v>
+        <v>2097</v>
       </c>
       <c r="H52" t="s">
-        <v>2053</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B53" t="s">
-        <v>2054</v>
+        <v>2099</v>
       </c>
       <c r="C53" t="s">
-        <v>2055</v>
+        <v>2100</v>
       </c>
       <c r="D53" t="s">
-        <v>2056</v>
+        <v>2101</v>
       </c>
       <c r="E53" t="s">
-        <v>2057</v>
+        <v>2102</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>2058</v>
+        <v>2103</v>
       </c>
       <c r="H53" t="s">
-        <v>2059</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B54" t="s">
-        <v>2060</v>
+        <v>2105</v>
       </c>
       <c r="C54" t="s">
-        <v>2061</v>
+        <v>2106</v>
       </c>
       <c r="D54" t="s">
-        <v>2062</v>
+        <v>2107</v>
       </c>
       <c r="E54" t="s">
-        <v>2063</v>
+        <v>2108</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>2064</v>
+        <v>2109</v>
       </c>
       <c r="H54" t="s">
-        <v>2065</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B55" t="s">
-        <v>2066</v>
+        <v>2111</v>
       </c>
       <c r="C55" t="s">
-        <v>2067</v>
+        <v>2112</v>
       </c>
       <c r="D55" t="s">
-        <v>2068</v>
+        <v>2113</v>
       </c>
       <c r="E55" t="s">
-        <v>2069</v>
+        <v>2114</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>2070</v>
+        <v>2115</v>
       </c>
       <c r="H55" t="s">
-        <v>2071</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B56" t="s">
-        <v>2072</v>
+        <v>2117</v>
       </c>
       <c r="C56" t="s">
-        <v>2073</v>
+        <v>2118</v>
       </c>
       <c r="D56" t="s">
-        <v>2074</v>
+        <v>2119</v>
       </c>
       <c r="E56" t="s">
-        <v>2075</v>
+        <v>2120</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>2076</v>
+        <v>2121</v>
       </c>
       <c r="H56" t="s">
-        <v>2077</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B57" t="s">
-        <v>2078</v>
+        <v>2123</v>
       </c>
       <c r="C57" t="s">
-        <v>2079</v>
+        <v>2124</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>2125</v>
       </c>
       <c r="E57" t="s">
-        <v>2080</v>
+        <v>2126</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>2081</v>
+        <v>2127</v>
       </c>
       <c r="H57" t="s">
-        <v>2082</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B58" t="s">
-        <v>2083</v>
+        <v>2129</v>
       </c>
       <c r="C58" t="s">
-        <v>2084</v>
+        <v>2130</v>
       </c>
       <c r="D58" t="s">
-        <v>2085</v>
+        <v>2131</v>
       </c>
       <c r="E58" t="s">
-        <v>2086</v>
+        <v>2132</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>2087</v>
+        <v>2133</v>
       </c>
       <c r="H58" t="s">
-        <v>2088</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B59" t="s">
-        <v>2089</v>
+        <v>2135</v>
       </c>
       <c r="C59" t="s">
-        <v>2090</v>
+        <v>2136</v>
       </c>
       <c r="D59" t="s">
-        <v>2091</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>2092</v>
+        <v>2137</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>2093</v>
+        <v>2138</v>
       </c>
       <c r="H59" t="s">
-        <v>2094</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B60" t="s">
-        <v>2095</v>
+        <v>2140</v>
       </c>
       <c r="C60" t="s">
-        <v>2096</v>
+        <v>2141</v>
       </c>
       <c r="D60" t="s">
-        <v>2097</v>
+        <v>2142</v>
       </c>
       <c r="E60" t="s">
-        <v>2098</v>
+        <v>2143</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>2099</v>
+        <v>2144</v>
       </c>
       <c r="H60" t="s">
-        <v>2100</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B61" t="s">
-        <v>2101</v>
+        <v>2146</v>
       </c>
       <c r="C61" t="s">
-        <v>2102</v>
+        <v>2147</v>
       </c>
       <c r="D61" t="s">
-        <v>2103</v>
+        <v>2148</v>
       </c>
       <c r="E61" t="s">
-        <v>2104</v>
+        <v>2149</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>2105</v>
+        <v>2150</v>
       </c>
       <c r="H61" t="s">
-        <v>2106</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B62" t="s">
-        <v>2107</v>
+        <v>2152</v>
       </c>
       <c r="C62" t="s">
-        <v>2108</v>
+        <v>2153</v>
       </c>
       <c r="D62" t="s">
-        <v>2109</v>
+        <v>2154</v>
       </c>
       <c r="E62" t="s">
-        <v>2110</v>
+        <v>2155</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>2111</v>
+        <v>2156</v>
       </c>
       <c r="H62" t="s">
-        <v>2112</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B63" t="s">
-        <v>2113</v>
+        <v>2158</v>
       </c>
       <c r="C63" t="s">
-        <v>2114</v>
+        <v>2159</v>
       </c>
       <c r="D63" t="s">
-        <v>2115</v>
+        <v>2160</v>
       </c>
       <c r="E63" t="s">
-        <v>2116</v>
+        <v>2161</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>2117</v>
+        <v>2162</v>
       </c>
       <c r="H63" t="s">
-        <v>2118</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B64" t="s">
-        <v>2119</v>
+        <v>2164</v>
       </c>
       <c r="C64" t="s">
-        <v>2120</v>
+        <v>2165</v>
       </c>
       <c r="D64" t="s">
-        <v>2121</v>
+        <v>2166</v>
       </c>
       <c r="E64" t="s">
-        <v>2122</v>
+        <v>2167</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>2123</v>
+        <v>2168</v>
       </c>
       <c r="H64" t="s">
-        <v>2124</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B65" t="s">
-        <v>2125</v>
+        <v>2170</v>
       </c>
       <c r="C65" t="s">
-        <v>2126</v>
+        <v>2171</v>
       </c>
       <c r="D65" t="s">
-        <v>2127</v>
+        <v>2172</v>
       </c>
       <c r="E65" t="s">
-        <v>2128</v>
+        <v>2173</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>2129</v>
+        <v>2174</v>
       </c>
       <c r="H65" t="s">
-        <v>2130</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B66" t="s">
-        <v>2131</v>
+        <v>2176</v>
       </c>
       <c r="C66" t="s">
-        <v>2132</v>
+        <v>2177</v>
       </c>
       <c r="D66" t="s">
-        <v>2133</v>
+        <v>2178</v>
       </c>
       <c r="E66" t="s">
-        <v>2134</v>
+        <v>2179</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>2135</v>
+        <v>2180</v>
       </c>
       <c r="H66" t="s">
-        <v>2136</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B67" t="s">
-        <v>2137</v>
+        <v>2182</v>
       </c>
       <c r="C67" t="s">
-        <v>2138</v>
+        <v>2183</v>
       </c>
       <c r="D67" t="s">
-        <v>2139</v>
+        <v>2184</v>
       </c>
       <c r="E67" t="s">
-        <v>2140</v>
+        <v>2185</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>2141</v>
+        <v>2186</v>
       </c>
       <c r="H67" t="s">
-        <v>2142</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B68" t="s">
-        <v>2143</v>
+        <v>2188</v>
       </c>
       <c r="C68" t="s">
-        <v>2144</v>
+        <v>2189</v>
       </c>
       <c r="D68" t="s">
-        <v>2145</v>
+        <v>2190</v>
       </c>
       <c r="E68" t="s">
-        <v>2146</v>
+        <v>2191</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>2147</v>
+        <v>2192</v>
       </c>
       <c r="H68" t="s">
-        <v>2148</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B69" t="s">
-        <v>2149</v>
+        <v>2194</v>
       </c>
       <c r="C69" t="s">
-        <v>2150</v>
+        <v>2195</v>
       </c>
       <c r="D69" t="s">
-        <v>2151</v>
+        <v>2196</v>
       </c>
       <c r="E69" t="s">
-        <v>2152</v>
+        <v>2197</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>2153</v>
+        <v>2198</v>
       </c>
       <c r="H69" t="s">
-        <v>2154</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B70" t="s">
-        <v>2155</v>
+        <v>2200</v>
       </c>
       <c r="C70" t="s">
-        <v>2156</v>
+        <v>2201</v>
       </c>
       <c r="D70" t="s">
-        <v>2157</v>
+        <v>2202</v>
       </c>
       <c r="E70" t="s">
-        <v>2158</v>
+        <v>2203</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>2159</v>
+        <v>2204</v>
       </c>
       <c r="H70" t="s">
-        <v>2160</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B71" t="s">
-        <v>2161</v>
+        <v>2206</v>
       </c>
       <c r="C71" t="s">
-        <v>2162</v>
+        <v>2207</v>
       </c>
       <c r="D71" t="s">
-        <v>2157</v>
+        <v>2208</v>
       </c>
       <c r="E71" t="s">
-        <v>2163</v>
+        <v>2209</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>2164</v>
+        <v>2210</v>
       </c>
       <c r="H71" t="s">
-        <v>2165</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B72" t="s">
-        <v>2166</v>
+        <v>2212</v>
       </c>
       <c r="C72" t="s">
-        <v>2167</v>
+        <v>2213</v>
       </c>
       <c r="D72" t="s">
-        <v>2157</v>
+        <v>2214</v>
       </c>
       <c r="E72" t="s">
-        <v>2168</v>
+        <v>2215</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>2169</v>
+        <v>2216</v>
       </c>
       <c r="H72" t="s">
-        <v>2170</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B73" t="s">
-        <v>2171</v>
+        <v>2218</v>
       </c>
       <c r="C73" t="s">
-        <v>2172</v>
+        <v>2219</v>
       </c>
       <c r="D73" t="s">
-        <v>2173</v>
+        <v>2214</v>
       </c>
       <c r="E73" t="s">
-        <v>2174</v>
+        <v>2220</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>2175</v>
+        <v>2221</v>
       </c>
       <c r="H73" t="s">
-        <v>2176</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B74" t="s">
-        <v>2177</v>
+        <v>2223</v>
       </c>
       <c r="C74" t="s">
-        <v>2178</v>
+        <v>2224</v>
       </c>
       <c r="D74" t="s">
-        <v>2179</v>
+        <v>2214</v>
       </c>
       <c r="E74" t="s">
-        <v>2180</v>
+        <v>2225</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>2181</v>
+        <v>2226</v>
       </c>
       <c r="H74" t="s">
-        <v>2182</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B75" t="s">
-        <v>2183</v>
+        <v>2228</v>
       </c>
       <c r="C75" t="s">
-        <v>2184</v>
+        <v>2229</v>
       </c>
       <c r="D75" t="s">
-        <v>1611</v>
+        <v>2230</v>
       </c>
       <c r="E75" t="s">
-        <v>2185</v>
+        <v>2231</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>2186</v>
+        <v>2232</v>
       </c>
       <c r="H75" t="s">
-        <v>2187</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B76" t="s">
-        <v>2188</v>
+        <v>2234</v>
       </c>
       <c r="C76" t="s">
-        <v>2189</v>
+        <v>2235</v>
       </c>
       <c r="D76" t="s">
-        <v>2190</v>
+        <v>2236</v>
       </c>
       <c r="E76" t="s">
-        <v>2191</v>
+        <v>2237</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>2192</v>
+        <v>2238</v>
       </c>
       <c r="H76" t="s">
-        <v>2193</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B77" t="s">
-        <v>2194</v>
+        <v>2240</v>
       </c>
       <c r="C77" t="s">
-        <v>2195</v>
+        <v>2241</v>
       </c>
       <c r="D77" t="s">
-        <v>2190</v>
+        <v>1661</v>
       </c>
       <c r="E77" t="s">
-        <v>2191</v>
+        <v>2242</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>2196</v>
+        <v>2243</v>
       </c>
       <c r="H77" t="s">
-        <v>2197</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B78" t="s">
-        <v>2198</v>
+        <v>2245</v>
       </c>
       <c r="C78" t="s">
-        <v>2199</v>
+        <v>2246</v>
       </c>
       <c r="D78" t="s">
-        <v>2190</v>
+        <v>2247</v>
       </c>
       <c r="E78" t="s">
-        <v>2200</v>
+        <v>2248</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>2201</v>
+        <v>2249</v>
       </c>
       <c r="H78" t="s">
-        <v>2202</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B79" t="s">
-        <v>2203</v>
+        <v>2251</v>
       </c>
       <c r="C79" t="s">
-        <v>2204</v>
+        <v>2252</v>
       </c>
       <c r="D79" t="s">
-        <v>2190</v>
+        <v>2247</v>
       </c>
       <c r="E79" t="s">
-        <v>2200</v>
+        <v>2248</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>2205</v>
+        <v>2253</v>
       </c>
       <c r="H79" t="s">
-        <v>2206</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B80" t="s">
-        <v>2207</v>
+        <v>2255</v>
       </c>
       <c r="C80" t="s">
-        <v>2204</v>
+        <v>2256</v>
       </c>
       <c r="D80" t="s">
-        <v>2190</v>
+        <v>2247</v>
       </c>
       <c r="E80" t="s">
-        <v>2191</v>
+        <v>2257</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>2208</v>
+        <v>2258</v>
       </c>
       <c r="H80" t="s">
-        <v>2209</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B81" t="s">
-        <v>2210</v>
+        <v>2260</v>
       </c>
       <c r="C81" t="s">
-        <v>2211</v>
+        <v>2261</v>
       </c>
       <c r="D81" t="s">
-        <v>2190</v>
+        <v>2247</v>
       </c>
       <c r="E81" t="s">
-        <v>2200</v>
+        <v>2257</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>2212</v>
+        <v>2262</v>
       </c>
       <c r="H81" t="s">
-        <v>2213</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B82" t="s">
-        <v>2214</v>
+        <v>2264</v>
       </c>
       <c r="C82" t="s">
-        <v>2215</v>
+        <v>2261</v>
       </c>
       <c r="D82" t="s">
-        <v>2190</v>
+        <v>2247</v>
       </c>
       <c r="E82" t="s">
-        <v>2200</v>
+        <v>2248</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>2216</v>
+        <v>2265</v>
       </c>
       <c r="H82" t="s">
-        <v>2217</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B83" t="s">
-        <v>2218</v>
+        <v>2267</v>
       </c>
       <c r="C83" t="s">
-        <v>2219</v>
+        <v>2268</v>
       </c>
       <c r="D83" t="s">
-        <v>2190</v>
+        <v>2247</v>
       </c>
       <c r="E83" t="s">
-        <v>2191</v>
+        <v>2257</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>2220</v>
+        <v>2269</v>
       </c>
       <c r="H83" t="s">
-        <v>2221</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B84" t="s">
-        <v>2222</v>
+        <v>2271</v>
       </c>
       <c r="C84" t="s">
-        <v>2204</v>
+        <v>2272</v>
       </c>
       <c r="D84" t="s">
-        <v>2190</v>
+        <v>2247</v>
       </c>
       <c r="E84" t="s">
-        <v>2191</v>
+        <v>2257</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>2223</v>
+        <v>2273</v>
       </c>
       <c r="H84" t="s">
-        <v>2224</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B85" t="s">
-        <v>2225</v>
+        <v>2275</v>
       </c>
       <c r="C85" t="s">
-        <v>2199</v>
+        <v>2276</v>
       </c>
       <c r="D85" t="s">
-        <v>2190</v>
+        <v>2247</v>
       </c>
       <c r="E85" t="s">
-        <v>2200</v>
+        <v>2248</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>2226</v>
+        <v>2277</v>
       </c>
       <c r="H85" t="s">
-        <v>2227</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B86" t="s">
-        <v>2228</v>
+        <v>2279</v>
       </c>
       <c r="C86" t="s">
-        <v>2199</v>
+        <v>2261</v>
       </c>
       <c r="D86" t="s">
-        <v>2190</v>
+        <v>2247</v>
       </c>
       <c r="E86" t="s">
-        <v>2200</v>
+        <v>2248</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>2229</v>
+        <v>2280</v>
       </c>
       <c r="H86" t="s">
-        <v>2230</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B87" t="s">
-        <v>2231</v>
+        <v>2282</v>
       </c>
       <c r="C87" t="s">
-        <v>2232</v>
+        <v>2256</v>
       </c>
       <c r="D87" t="s">
-        <v>2233</v>
+        <v>2247</v>
       </c>
       <c r="E87" t="s">
-        <v>2234</v>
+        <v>2257</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>2235</v>
+        <v>2283</v>
       </c>
       <c r="H87" t="s">
-        <v>2236</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B88" t="s">
-        <v>2237</v>
+        <v>2285</v>
       </c>
       <c r="C88" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="D88" t="s">
-        <v>2239</v>
+        <v>2247</v>
       </c>
       <c r="E88" t="s">
-        <v>2240</v>
+        <v>2257</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>2241</v>
+        <v>2286</v>
       </c>
       <c r="H88" t="s">
-        <v>2242</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B89" t="s">
-        <v>2243</v>
+        <v>2288</v>
       </c>
       <c r="C89" t="s">
-        <v>2244</v>
+        <v>2289</v>
       </c>
       <c r="D89" t="s">
-        <v>2245</v>
+        <v>2290</v>
       </c>
       <c r="E89" t="s">
-        <v>2246</v>
+        <v>2291</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>2247</v>
+        <v>2292</v>
       </c>
       <c r="H89" t="s">
-        <v>2248</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B90" t="s">
-        <v>2249</v>
+        <v>2294</v>
       </c>
       <c r="C90" t="s">
-        <v>2250</v>
+        <v>2295</v>
       </c>
       <c r="D90" t="s">
-        <v>2251</v>
+        <v>2296</v>
       </c>
       <c r="E90" t="s">
-        <v>2252</v>
+        <v>2297</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>2253</v>
+        <v>2298</v>
       </c>
       <c r="H90" t="s">
-        <v>2254</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B91" t="s">
-        <v>2255</v>
+        <v>2300</v>
       </c>
       <c r="C91" t="s">
-        <v>2256</v>
+        <v>2301</v>
       </c>
       <c r="D91" t="s">
-        <v>2251</v>
+        <v>2302</v>
       </c>
       <c r="E91" t="s">
-        <v>2257</v>
+        <v>2303</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>2258</v>
+        <v>2304</v>
       </c>
       <c r="H91" t="s">
-        <v>2259</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B92" t="s">
-        <v>2260</v>
+        <v>2306</v>
       </c>
       <c r="C92" t="s">
-        <v>2261</v>
+        <v>2307</v>
       </c>
       <c r="D92" t="s">
-        <v>2262</v>
+        <v>2308</v>
       </c>
       <c r="E92" t="s">
-        <v>2263</v>
+        <v>2309</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>2264</v>
+        <v>2310</v>
       </c>
       <c r="H92" t="s">
-        <v>2265</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B93" t="s">
-        <v>2266</v>
+        <v>2312</v>
       </c>
       <c r="C93" t="s">
-        <v>2267</v>
+        <v>2313</v>
       </c>
       <c r="D93" t="s">
-        <v>2268</v>
+        <v>2308</v>
       </c>
       <c r="E93" t="s">
-        <v>2269</v>
+        <v>2314</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>2270</v>
+        <v>2315</v>
       </c>
       <c r="H93" t="s">
-        <v>2271</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B94" t="s">
-        <v>2272</v>
+        <v>2317</v>
       </c>
       <c r="C94" t="s">
-        <v>2273</v>
+        <v>2318</v>
       </c>
       <c r="D94" t="s">
-        <v>2274</v>
+        <v>2319</v>
       </c>
       <c r="E94" t="s">
-        <v>2275</v>
+        <v>2320</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>2276</v>
+        <v>2321</v>
       </c>
       <c r="H94" t="s">
-        <v>2277</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B95" t="s">
-        <v>2278</v>
+        <v>2323</v>
       </c>
       <c r="C95" t="s">
-        <v>2279</v>
+        <v>2324</v>
       </c>
       <c r="D95" t="s">
-        <v>2280</v>
+        <v>2325</v>
       </c>
       <c r="E95" t="s">
-        <v>2281</v>
+        <v>2326</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>2282</v>
+        <v>2327</v>
       </c>
       <c r="H95" t="s">
-        <v>2283</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B96" t="s">
-        <v>2284</v>
+        <v>2329</v>
       </c>
       <c r="C96" t="s">
-        <v>2285</v>
+        <v>2330</v>
       </c>
       <c r="D96" t="s">
-        <v>2286</v>
+        <v>2331</v>
       </c>
       <c r="E96" t="s">
-        <v>2287</v>
+        <v>2332</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>2288</v>
+        <v>2333</v>
       </c>
       <c r="H96" t="s">
-        <v>2289</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B97" t="s">
-        <v>2290</v>
+        <v>2335</v>
       </c>
       <c r="C97" t="s">
-        <v>2291</v>
+        <v>2336</v>
       </c>
       <c r="D97" t="s">
-        <v>2268</v>
+        <v>2337</v>
       </c>
       <c r="E97" t="s">
-        <v>2292</v>
+        <v>2338</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>2293</v>
+        <v>2339</v>
       </c>
       <c r="H97" t="s">
-        <v>2294</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B98" t="s">
-        <v>2295</v>
+        <v>2341</v>
       </c>
       <c r="C98" t="s">
-        <v>2296</v>
+        <v>2342</v>
       </c>
       <c r="D98" t="s">
-        <v>13</v>
+        <v>2343</v>
       </c>
       <c r="E98" t="s">
-        <v>2297</v>
+        <v>2344</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>2298</v>
+        <v>2345</v>
       </c>
       <c r="H98" t="s">
-        <v>2299</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B99" t="s">
-        <v>2300</v>
+        <v>2347</v>
       </c>
       <c r="C99" t="s">
-        <v>2301</v>
+        <v>2348</v>
       </c>
       <c r="D99" t="s">
-        <v>2302</v>
+        <v>2325</v>
       </c>
       <c r="E99" t="s">
-        <v>2303</v>
+        <v>2349</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>2304</v>
+        <v>2350</v>
       </c>
       <c r="H99" t="s">
-        <v>2305</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B100" t="s">
-        <v>2306</v>
+        <v>2352</v>
       </c>
       <c r="C100" t="s">
-        <v>2307</v>
+        <v>2353</v>
       </c>
       <c r="D100" t="s">
         <v>13</v>
       </c>
       <c r="E100" t="s">
-        <v>2308</v>
+        <v>2354</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>2309</v>
+        <v>2355</v>
       </c>
       <c r="H100" t="s">
-        <v>2310</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B101" t="s">
-        <v>2311</v>
+        <v>2357</v>
       </c>
       <c r="C101" t="s">
-        <v>2312</v>
+        <v>2358</v>
       </c>
       <c r="D101" t="s">
-        <v>2313</v>
+        <v>2359</v>
       </c>
       <c r="E101" t="s">
-        <v>2314</v>
+        <v>2360</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>2315</v>
+        <v>2361</v>
       </c>
       <c r="H101" t="s">
-        <v>2316</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B102" t="s">
-        <v>2317</v>
+        <v>2363</v>
       </c>
       <c r="C102" t="s">
-        <v>2318</v>
+        <v>2364</v>
       </c>
       <c r="D102" t="s">
-        <v>2319</v>
+        <v>13</v>
       </c>
       <c r="E102" t="s">
-        <v>2320</v>
+        <v>2365</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
-        <v>2321</v>
+        <v>2366</v>
       </c>
       <c r="H102" t="s">
-        <v>2322</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B103" t="s">
-        <v>2323</v>
+        <v>2368</v>
       </c>
       <c r="C103" t="s">
-        <v>2324</v>
+        <v>2369</v>
       </c>
       <c r="D103" t="s">
-        <v>2325</v>
+        <v>2370</v>
       </c>
       <c r="E103" t="s">
-        <v>2326</v>
+        <v>2371</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>2327</v>
+        <v>2372</v>
       </c>
       <c r="H103" t="s">
-        <v>2328</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B104" t="s">
-        <v>2329</v>
+        <v>2374</v>
       </c>
       <c r="C104" t="s">
-        <v>2324</v>
+        <v>2375</v>
       </c>
       <c r="D104" t="s">
-        <v>2325</v>
+        <v>2376</v>
       </c>
       <c r="E104" t="s">
-        <v>2330</v>
+        <v>2377</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
-        <v>2331</v>
+        <v>2378</v>
       </c>
       <c r="H104" t="s">
-        <v>2332</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B105" t="s">
-        <v>2333</v>
+        <v>2380</v>
       </c>
       <c r="C105" t="s">
-        <v>2334</v>
+        <v>2381</v>
       </c>
       <c r="D105" t="s">
-        <v>2335</v>
+        <v>2382</v>
       </c>
       <c r="E105" t="s">
-        <v>2336</v>
+        <v>2383</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" t="s">
-        <v>2337</v>
+        <v>2384</v>
       </c>
       <c r="H105" t="s">
-        <v>2338</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B106" t="s">
-        <v>2339</v>
+        <v>2386</v>
       </c>
       <c r="C106" t="s">
-        <v>2340</v>
+        <v>2381</v>
       </c>
       <c r="D106" t="s">
-        <v>13</v>
+        <v>2382</v>
       </c>
       <c r="E106" t="s">
-        <v>2341</v>
+        <v>2387</v>
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" t="s">
-        <v>2342</v>
+        <v>2388</v>
       </c>
       <c r="H106" t="s">
-        <v>2343</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B107" t="s">
-        <v>2344</v>
+        <v>2390</v>
       </c>
       <c r="C107" t="s">
-        <v>2345</v>
+        <v>2391</v>
       </c>
       <c r="D107" t="s">
-        <v>2335</v>
+        <v>2392</v>
       </c>
       <c r="E107" t="s">
-        <v>2335</v>
+        <v>2393</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>2346</v>
+        <v>2394</v>
       </c>
       <c r="H107" t="s">
-        <v>2347</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B108" t="s">
-        <v>2348</v>
+        <v>2396</v>
       </c>
       <c r="C108" t="s">
-        <v>2349</v>
+        <v>2397</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
       <c r="E108" t="s">
-        <v>2350</v>
+        <v>2398</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>2351</v>
+        <v>2399</v>
       </c>
       <c r="H108" t="s">
-        <v>2352</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B109" t="s">
-        <v>2353</v>
+        <v>2401</v>
       </c>
       <c r="C109" t="s">
-        <v>2354</v>
+        <v>2402</v>
       </c>
       <c r="D109" t="s">
-        <v>13</v>
+        <v>2392</v>
       </c>
       <c r="E109" t="s">
-        <v>2355</v>
+        <v>2392</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>2356</v>
+        <v>2403</v>
       </c>
       <c r="H109" t="s">
-        <v>2357</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B110" t="s">
-        <v>2358</v>
+        <v>2405</v>
       </c>
       <c r="C110" t="s">
-        <v>2359</v>
+        <v>2406</v>
       </c>
       <c r="D110" t="s">
         <v>13</v>
       </c>
       <c r="E110" t="s">
-        <v>2360</v>
+        <v>2407</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>2361</v>
+        <v>2408</v>
       </c>
       <c r="H110" t="s">
-        <v>2362</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B111" t="s">
-        <v>2363</v>
+        <v>2410</v>
       </c>
       <c r="C111" t="s">
-        <v>2364</v>
+        <v>2411</v>
       </c>
       <c r="D111" t="s">
-        <v>2365</v>
+        <v>13</v>
       </c>
       <c r="E111" t="s">
-        <v>2366</v>
+        <v>2412</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>2367</v>
+        <v>2413</v>
       </c>
       <c r="H111" t="s">
-        <v>2368</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B112" t="s">
-        <v>2369</v>
+        <v>2415</v>
       </c>
       <c r="C112" t="s">
-        <v>2370</v>
+        <v>2416</v>
       </c>
       <c r="D112" t="s">
-        <v>2371</v>
+        <v>13</v>
       </c>
       <c r="E112" t="s">
-        <v>2372</v>
+        <v>2417</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>2373</v>
+        <v>2418</v>
       </c>
       <c r="H112" t="s">
-        <v>2374</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B113" t="s">
-        <v>2375</v>
+        <v>2420</v>
       </c>
       <c r="C113" t="s">
-        <v>2376</v>
+        <v>2421</v>
       </c>
       <c r="D113" t="s">
-        <v>2377</v>
+        <v>2422</v>
       </c>
       <c r="E113" t="s">
-        <v>2378</v>
+        <v>2423</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" t="s">
-        <v>2379</v>
+        <v>2424</v>
       </c>
       <c r="H113" t="s">
-        <v>2380</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B114" t="s">
-        <v>2381</v>
+        <v>2426</v>
       </c>
       <c r="C114" t="s">
-        <v>2382</v>
+        <v>2427</v>
       </c>
       <c r="D114" t="s">
-        <v>2383</v>
+        <v>2428</v>
       </c>
       <c r="E114" t="s">
-        <v>2384</v>
+        <v>2429</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>2385</v>
+        <v>2430</v>
       </c>
       <c r="H114" t="s">
-        <v>2386</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B115" t="s">
-        <v>2387</v>
+        <v>2432</v>
       </c>
       <c r="C115" t="s">
-        <v>2388</v>
+        <v>2433</v>
       </c>
       <c r="D115" t="s">
-        <v>13</v>
+        <v>2434</v>
       </c>
       <c r="E115" t="s">
-        <v>2389</v>
+        <v>2435</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>2390</v>
+        <v>2436</v>
       </c>
       <c r="H115" t="s">
-        <v>2391</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B116" t="s">
-        <v>2392</v>
+        <v>2438</v>
       </c>
       <c r="C116" t="s">
-        <v>2393</v>
+        <v>2439</v>
       </c>
       <c r="D116" t="s">
-        <v>13</v>
+        <v>2440</v>
       </c>
       <c r="E116" t="s">
-        <v>2394</v>
+        <v>2441</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>2395</v>
+        <v>2442</v>
       </c>
       <c r="H116" t="s">
-        <v>2396</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B117" t="s">
-        <v>2397</v>
+        <v>2444</v>
       </c>
       <c r="C117" t="s">
-        <v>2398</v>
+        <v>2445</v>
       </c>
       <c r="D117" t="s">
-        <v>2399</v>
+        <v>13</v>
       </c>
       <c r="E117" t="s">
-        <v>2400</v>
+        <v>2446</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>2401</v>
+        <v>2447</v>
       </c>
       <c r="H117" t="s">
-        <v>2402</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B118" t="s">
-        <v>2403</v>
+        <v>2449</v>
       </c>
       <c r="C118" t="s">
-        <v>2404</v>
+        <v>2450</v>
       </c>
       <c r="D118" t="s">
-        <v>2405</v>
+        <v>13</v>
       </c>
       <c r="E118" t="s">
-        <v>2406</v>
+        <v>2451</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>2407</v>
+        <v>2452</v>
       </c>
       <c r="H118" t="s">
-        <v>2408</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B119" t="s">
-        <v>2409</v>
+        <v>2454</v>
       </c>
       <c r="C119" t="s">
-        <v>2410</v>
+        <v>2455</v>
       </c>
       <c r="D119" t="s">
-        <v>2399</v>
+        <v>2456</v>
       </c>
       <c r="E119" t="s">
-        <v>2411</v>
+        <v>2457</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>2412</v>
+        <v>2458</v>
       </c>
       <c r="H119" t="s">
-        <v>2413</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B120" t="s">
-        <v>2414</v>
+        <v>2460</v>
       </c>
       <c r="C120" t="s">
-        <v>2312</v>
+        <v>2461</v>
       </c>
       <c r="D120" t="s">
-        <v>2313</v>
+        <v>2462</v>
       </c>
       <c r="E120" t="s">
-        <v>2415</v>
+        <v>2463</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>2416</v>
+        <v>2464</v>
       </c>
       <c r="H120" t="s">
-        <v>2417</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B121" t="s">
-        <v>2418</v>
+        <v>2466</v>
       </c>
       <c r="C121" t="s">
-        <v>2419</v>
+        <v>2467</v>
       </c>
       <c r="D121" t="s">
-        <v>2420</v>
+        <v>2456</v>
       </c>
       <c r="E121" t="s">
-        <v>2421</v>
+        <v>2468</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>2422</v>
+        <v>2469</v>
       </c>
       <c r="H121" t="s">
-        <v>2423</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B122" t="s">
-        <v>2424</v>
+        <v>2471</v>
       </c>
       <c r="C122" t="s">
-        <v>2425</v>
+        <v>2369</v>
       </c>
       <c r="D122" t="s">
-        <v>2426</v>
+        <v>2370</v>
       </c>
       <c r="E122" t="s">
-        <v>2427</v>
+        <v>2472</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>2428</v>
+        <v>2473</v>
       </c>
       <c r="H122" t="s">
-        <v>2429</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B123" t="s">
-        <v>2430</v>
+        <v>2475</v>
       </c>
       <c r="C123" t="s">
-        <v>2431</v>
+        <v>2476</v>
       </c>
       <c r="D123" t="s">
-        <v>2432</v>
+        <v>2477</v>
       </c>
       <c r="E123" t="s">
-        <v>2433</v>
+        <v>2478</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" t="s">
-        <v>2434</v>
+        <v>2479</v>
       </c>
       <c r="H123" t="s">
-        <v>2435</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B124" t="s">
-        <v>2436</v>
+        <v>2481</v>
       </c>
       <c r="C124" t="s">
-        <v>2437</v>
+        <v>2482</v>
       </c>
       <c r="D124" t="s">
-        <v>2432</v>
+        <v>2483</v>
       </c>
       <c r="E124" t="s">
-        <v>2433</v>
+        <v>2484</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>2438</v>
+        <v>2485</v>
       </c>
       <c r="H124" t="s">
-        <v>2439</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B125" t="s">
-        <v>2440</v>
+        <v>2487</v>
       </c>
       <c r="C125" t="s">
-        <v>2441</v>
+        <v>2488</v>
       </c>
       <c r="D125" t="s">
-        <v>2442</v>
+        <v>2489</v>
       </c>
       <c r="E125" t="s">
-        <v>2443</v>
+        <v>2490</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" t="s">
-        <v>2444</v>
+        <v>2491</v>
       </c>
       <c r="H125" t="s">
-        <v>2445</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B126" t="s">
-        <v>2446</v>
+        <v>2493</v>
       </c>
       <c r="C126" t="s">
-        <v>2447</v>
+        <v>2494</v>
       </c>
       <c r="D126" t="s">
-        <v>2448</v>
+        <v>2489</v>
       </c>
       <c r="E126" t="s">
-        <v>2449</v>
+        <v>2490</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" t="s">
-        <v>2450</v>
+        <v>2495</v>
       </c>
       <c r="H126" t="s">
-        <v>2451</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B127" t="s">
-        <v>2452</v>
+        <v>2497</v>
       </c>
       <c r="C127" t="s">
-        <v>2453</v>
+        <v>2498</v>
       </c>
       <c r="D127" t="s">
-        <v>2454</v>
+        <v>2499</v>
       </c>
       <c r="E127" t="s">
-        <v>2455</v>
+        <v>2500</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" t="s">
-        <v>2456</v>
+        <v>2501</v>
       </c>
       <c r="H127" t="s">
-        <v>2457</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B128" t="s">
-        <v>2458</v>
+        <v>2503</v>
       </c>
       <c r="C128" t="s">
-        <v>2459</v>
+        <v>2504</v>
       </c>
       <c r="D128" t="s">
-        <v>2460</v>
+        <v>2505</v>
       </c>
       <c r="E128" t="s">
-        <v>2461</v>
+        <v>2506</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" t="s">
-        <v>2462</v>
+        <v>2507</v>
       </c>
       <c r="H128" t="s">
-        <v>2463</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B129" t="s">
-        <v>2464</v>
+        <v>2509</v>
       </c>
       <c r="C129" t="s">
-        <v>2465</v>
+        <v>2510</v>
       </c>
       <c r="D129" t="s">
-        <v>2466</v>
+        <v>2511</v>
       </c>
       <c r="E129" t="s">
-        <v>2467</v>
+        <v>2512</v>
       </c>
       <c r="F129" t="s">
         <v>13</v>
       </c>
       <c r="G129" t="s">
-        <v>2468</v>
+        <v>2513</v>
       </c>
       <c r="H129" t="s">
-        <v>2469</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B130" t="s">
-        <v>2470</v>
+        <v>2515</v>
       </c>
       <c r="C130" t="s">
-        <v>2471</v>
+        <v>2516</v>
       </c>
       <c r="D130" t="s">
-        <v>2472</v>
+        <v>2517</v>
       </c>
       <c r="E130" t="s">
-        <v>2473</v>
+        <v>2518</v>
       </c>
       <c r="F130" t="s">
         <v>13</v>
       </c>
       <c r="G130" t="s">
-        <v>2474</v>
+        <v>2519</v>
       </c>
       <c r="H130" t="s">
-        <v>2475</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B131" t="s">
-        <v>2476</v>
+        <v>2521</v>
       </c>
       <c r="C131" t="s">
-        <v>2477</v>
+        <v>2522</v>
       </c>
       <c r="D131" t="s">
-        <v>1629</v>
+        <v>2523</v>
       </c>
       <c r="E131" t="s">
-        <v>2478</v>
+        <v>2524</v>
       </c>
       <c r="F131" t="s">
         <v>13</v>
       </c>
       <c r="G131" t="s">
-        <v>2479</v>
+        <v>2525</v>
       </c>
       <c r="H131" t="s">
-        <v>2480</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B132" t="s">
-        <v>2481</v>
+        <v>2527</v>
       </c>
       <c r="C132" t="s">
-        <v>2482</v>
+        <v>2528</v>
       </c>
       <c r="D132" t="s">
-        <v>2483</v>
+        <v>1679</v>
       </c>
       <c r="E132" t="s">
-        <v>2484</v>
+        <v>2529</v>
       </c>
       <c r="F132" t="s">
         <v>13</v>
       </c>
       <c r="G132" t="s">
-        <v>2485</v>
+        <v>2530</v>
       </c>
       <c r="H132" t="s">
-        <v>2486</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B133" t="s">
-        <v>2487</v>
+        <v>2532</v>
       </c>
       <c r="C133" t="s">
-        <v>2488</v>
+        <v>2533</v>
       </c>
       <c r="D133" t="s">
-        <v>2489</v>
+        <v>2534</v>
       </c>
       <c r="E133" t="s">
-        <v>2490</v>
+        <v>2535</v>
       </c>
       <c r="F133" t="s">
         <v>13</v>
       </c>
       <c r="G133" t="s">
-        <v>2491</v>
+        <v>2536</v>
       </c>
       <c r="H133" t="s">
-        <v>2492</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B134" t="s">
-        <v>2493</v>
+        <v>2538</v>
       </c>
       <c r="C134" t="s">
-        <v>2494</v>
+        <v>2539</v>
       </c>
       <c r="D134" t="s">
-        <v>2495</v>
+        <v>2540</v>
       </c>
       <c r="E134" t="s">
-        <v>2496</v>
+        <v>2541</v>
       </c>
       <c r="F134" t="s">
         <v>13</v>
       </c>
       <c r="G134" t="s">
-        <v>2497</v>
+        <v>2542</v>
       </c>
       <c r="H134" t="s">
-        <v>2498</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B135" t="s">
-        <v>2499</v>
+        <v>2544</v>
       </c>
       <c r="C135" t="s">
-        <v>2500</v>
+        <v>2545</v>
       </c>
       <c r="D135" t="s">
-        <v>2495</v>
+        <v>2546</v>
       </c>
       <c r="E135" t="s">
-        <v>2501</v>
+        <v>2547</v>
       </c>
       <c r="F135" t="s">
         <v>13</v>
       </c>
       <c r="G135" t="s">
-        <v>2502</v>
+        <v>2548</v>
       </c>
       <c r="H135" t="s">
-        <v>2503</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B136" t="s">
-        <v>2504</v>
+        <v>2550</v>
       </c>
       <c r="C136" t="s">
-        <v>2505</v>
+        <v>2551</v>
       </c>
       <c r="D136" t="s">
-        <v>2506</v>
+        <v>2546</v>
       </c>
       <c r="E136" t="s">
-        <v>2507</v>
+        <v>2552</v>
       </c>
       <c r="F136" t="s">
         <v>13</v>
       </c>
       <c r="G136" t="s">
-        <v>2508</v>
+        <v>2553</v>
       </c>
       <c r="H136" t="s">
-        <v>2509</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B137" t="s">
-        <v>2510</v>
+        <v>2555</v>
       </c>
       <c r="C137" t="s">
-        <v>2511</v>
+        <v>2556</v>
       </c>
       <c r="D137" t="s">
-        <v>2512</v>
+        <v>2557</v>
       </c>
       <c r="E137" t="s">
-        <v>2513</v>
+        <v>2558</v>
       </c>
       <c r="F137" t="s">
         <v>13</v>
       </c>
       <c r="G137" t="s">
-        <v>2514</v>
+        <v>2559</v>
       </c>
       <c r="H137" t="s">
-        <v>2515</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B138" t="s">
-        <v>2516</v>
+        <v>2561</v>
       </c>
       <c r="C138" t="s">
-        <v>2517</v>
+        <v>2562</v>
       </c>
       <c r="D138" t="s">
-        <v>2518</v>
+        <v>2563</v>
       </c>
       <c r="E138" t="s">
-        <v>2519</v>
+        <v>2564</v>
       </c>
       <c r="F138" t="s">
         <v>13</v>
       </c>
       <c r="G138" t="s">
-        <v>2520</v>
+        <v>2565</v>
       </c>
       <c r="H138" t="s">
-        <v>2521</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B139" t="s">
-        <v>2522</v>
+        <v>2567</v>
       </c>
       <c r="C139" t="s">
-        <v>2523</v>
+        <v>2568</v>
       </c>
       <c r="D139" t="s">
-        <v>2524</v>
+        <v>2569</v>
       </c>
       <c r="E139" t="s">
-        <v>2525</v>
+        <v>2570</v>
       </c>
       <c r="F139" t="s">
         <v>13</v>
       </c>
       <c r="G139" t="s">
-        <v>2526</v>
+        <v>2571</v>
       </c>
       <c r="H139" t="s">
-        <v>2527</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B140" t="s">
-        <v>2528</v>
+        <v>2573</v>
       </c>
       <c r="C140" t="s">
-        <v>2529</v>
+        <v>2574</v>
       </c>
       <c r="D140" t="s">
-        <v>2530</v>
+        <v>2575</v>
       </c>
       <c r="E140" t="s">
-        <v>2531</v>
+        <v>2576</v>
       </c>
       <c r="F140" t="s">
         <v>13</v>
       </c>
       <c r="G140" t="s">
-        <v>2532</v>
+        <v>2577</v>
       </c>
       <c r="H140" t="s">
-        <v>2533</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B141" t="s">
-        <v>2534</v>
+        <v>2579</v>
       </c>
       <c r="C141" t="s">
-        <v>2535</v>
+        <v>2580</v>
       </c>
       <c r="D141" t="s">
-        <v>2536</v>
+        <v>2581</v>
       </c>
       <c r="E141" t="s">
-        <v>2537</v>
+        <v>2582</v>
       </c>
       <c r="F141" t="s">
         <v>13</v>
       </c>
       <c r="G141" t="s">
-        <v>2538</v>
+        <v>2583</v>
       </c>
       <c r="H141" t="s">
-        <v>2539</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B142" t="s">
-        <v>2540</v>
+        <v>2585</v>
       </c>
       <c r="C142" t="s">
-        <v>2541</v>
+        <v>2586</v>
       </c>
       <c r="D142" t="s">
-        <v>13</v>
+        <v>2587</v>
       </c>
       <c r="E142" t="s">
-        <v>2542</v>
+        <v>2588</v>
       </c>
       <c r="F142" t="s">
         <v>13</v>
       </c>
       <c r="G142" t="s">
-        <v>2543</v>
+        <v>2589</v>
       </c>
       <c r="H142" t="s">
-        <v>2544</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B143" t="s">
-        <v>2545</v>
+        <v>2591</v>
       </c>
       <c r="C143" t="s">
-        <v>2546</v>
+        <v>2592</v>
       </c>
       <c r="D143" t="s">
-        <v>2547</v>
+        <v>13</v>
       </c>
       <c r="E143" t="s">
-        <v>2548</v>
+        <v>2593</v>
       </c>
       <c r="F143" t="s">
         <v>13</v>
       </c>
       <c r="G143" t="s">
-        <v>2549</v>
+        <v>2594</v>
       </c>
       <c r="H143" t="s">
-        <v>2550</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B144" t="s">
-        <v>2551</v>
+        <v>2596</v>
       </c>
       <c r="C144" t="s">
-        <v>2552</v>
+        <v>2597</v>
       </c>
       <c r="D144" t="s">
-        <v>2553</v>
+        <v>2598</v>
       </c>
       <c r="E144" t="s">
-        <v>2554</v>
+        <v>2599</v>
       </c>
       <c r="F144" t="s">
         <v>13</v>
       </c>
       <c r="G144" t="s">
-        <v>2555</v>
+        <v>2600</v>
       </c>
       <c r="H144" t="s">
-        <v>2556</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B145" t="s">
-        <v>2557</v>
+        <v>2602</v>
       </c>
       <c r="C145" t="s">
-        <v>2558</v>
+        <v>2603</v>
       </c>
       <c r="D145" t="s">
-        <v>2559</v>
+        <v>2604</v>
       </c>
       <c r="E145" t="s">
-        <v>2560</v>
+        <v>2605</v>
       </c>
       <c r="F145" t="s">
         <v>13</v>
       </c>
       <c r="G145" t="s">
-        <v>2561</v>
+        <v>2606</v>
       </c>
       <c r="H145" t="s">
-        <v>2562</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B146" t="s">
-        <v>2563</v>
+        <v>2608</v>
       </c>
       <c r="C146" t="s">
-        <v>2564</v>
+        <v>2609</v>
       </c>
       <c r="D146" t="s">
-        <v>2565</v>
+        <v>2610</v>
       </c>
       <c r="E146" t="s">
-        <v>2566</v>
+        <v>2611</v>
       </c>
       <c r="F146" t="s">
         <v>13</v>
       </c>
       <c r="G146" t="s">
-        <v>2567</v>
+        <v>2612</v>
       </c>
       <c r="H146" t="s">
-        <v>2568</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B147" t="s">
-        <v>2569</v>
+        <v>2614</v>
       </c>
       <c r="C147" t="s">
-        <v>2570</v>
+        <v>2615</v>
       </c>
       <c r="D147" t="s">
-        <v>2571</v>
+        <v>2616</v>
       </c>
       <c r="E147" t="s">
-        <v>2572</v>
+        <v>2617</v>
       </c>
       <c r="F147" t="s">
         <v>13</v>
       </c>
       <c r="G147" t="s">
-        <v>2573</v>
+        <v>2618</v>
       </c>
       <c r="H147" t="s">
-        <v>2574</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B148" t="s">
-        <v>2575</v>
+        <v>2620</v>
       </c>
       <c r="C148" t="s">
-        <v>2576</v>
+        <v>2621</v>
       </c>
       <c r="D148" t="s">
-        <v>2577</v>
+        <v>2622</v>
       </c>
       <c r="E148" t="s">
-        <v>2578</v>
+        <v>2623</v>
       </c>
       <c r="F148" t="s">
         <v>13</v>
       </c>
       <c r="G148" t="s">
-        <v>2579</v>
+        <v>2624</v>
       </c>
       <c r="H148" t="s">
-        <v>2580</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B149" t="s">
-        <v>2581</v>
+        <v>2626</v>
       </c>
       <c r="C149" t="s">
-        <v>2582</v>
+        <v>2627</v>
       </c>
       <c r="D149" t="s">
-        <v>1704</v>
+        <v>2628</v>
       </c>
       <c r="E149" t="s">
-        <v>2583</v>
+        <v>2629</v>
       </c>
       <c r="F149" t="s">
         <v>13</v>
       </c>
       <c r="G149" t="s">
-        <v>2584</v>
+        <v>2630</v>
       </c>
       <c r="H149" t="s">
-        <v>2585</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B150" t="s">
-        <v>2586</v>
+        <v>2632</v>
       </c>
       <c r="C150" t="s">
-        <v>2587</v>
+        <v>2633</v>
       </c>
       <c r="D150" t="s">
-        <v>1716</v>
+        <v>1749</v>
       </c>
       <c r="E150" t="s">
-        <v>2588</v>
+        <v>2634</v>
       </c>
       <c r="F150" t="s">
         <v>13</v>
       </c>
       <c r="G150" t="s">
-        <v>2589</v>
+        <v>2635</v>
       </c>
       <c r="H150" t="s">
-        <v>2590</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B151" t="s">
-        <v>2591</v>
+        <v>2637</v>
       </c>
       <c r="C151" t="s">
-        <v>2592</v>
+        <v>2638</v>
       </c>
       <c r="D151" t="s">
-        <v>2593</v>
+        <v>1761</v>
       </c>
       <c r="E151" t="s">
-        <v>2594</v>
+        <v>2639</v>
       </c>
       <c r="F151" t="s">
         <v>13</v>
       </c>
       <c r="G151" t="s">
-        <v>2595</v>
+        <v>2640</v>
       </c>
       <c r="H151" t="s">
-        <v>2596</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B152" t="s">
-        <v>2597</v>
+        <v>2642</v>
       </c>
       <c r="C152" t="s">
-        <v>2598</v>
+        <v>2643</v>
       </c>
       <c r="D152" t="s">
-        <v>2599</v>
+        <v>2644</v>
       </c>
       <c r="E152" t="s">
-        <v>2600</v>
+        <v>2645</v>
       </c>
       <c r="F152" t="s">
         <v>13</v>
       </c>
       <c r="G152" t="s">
-        <v>2601</v>
+        <v>2646</v>
       </c>
       <c r="H152" t="s">
-        <v>2602</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B153" t="s">
-        <v>2603</v>
+        <v>2648</v>
       </c>
       <c r="C153" t="s">
-        <v>2604</v>
+        <v>2649</v>
       </c>
       <c r="D153" t="s">
-        <v>1752</v>
+        <v>2650</v>
       </c>
       <c r="E153" t="s">
-        <v>2605</v>
+        <v>2651</v>
       </c>
       <c r="F153" t="s">
         <v>13</v>
       </c>
       <c r="G153" t="s">
-        <v>2606</v>
+        <v>2652</v>
       </c>
       <c r="H153" t="s">
-        <v>2607</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B154" t="s">
-        <v>2608</v>
+        <v>2654</v>
       </c>
       <c r="C154" t="s">
-        <v>2609</v>
+        <v>2655</v>
       </c>
       <c r="D154" t="s">
-        <v>2610</v>
+        <v>1797</v>
       </c>
       <c r="E154" t="s">
-        <v>2611</v>
+        <v>2656</v>
       </c>
       <c r="F154" t="s">
         <v>13</v>
       </c>
       <c r="G154" t="s">
-        <v>2612</v>
+        <v>2657</v>
       </c>
       <c r="H154" t="s">
-        <v>2613</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B155" t="s">
-        <v>2614</v>
+        <v>2659</v>
       </c>
       <c r="C155" t="s">
-        <v>2615</v>
+        <v>2660</v>
       </c>
       <c r="D155" t="s">
-        <v>2616</v>
+        <v>2661</v>
       </c>
       <c r="E155" t="s">
-        <v>2617</v>
+        <v>2662</v>
       </c>
       <c r="F155" t="s">
         <v>13</v>
       </c>
       <c r="G155" t="s">
-        <v>2618</v>
+        <v>2663</v>
       </c>
       <c r="H155" t="s">
-        <v>2619</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B156" t="s">
-        <v>2620</v>
+        <v>2665</v>
       </c>
       <c r="C156" t="s">
-        <v>2621</v>
+        <v>2666</v>
       </c>
       <c r="D156" t="s">
-        <v>2622</v>
+        <v>2667</v>
       </c>
       <c r="E156" t="s">
-        <v>2623</v>
+        <v>2668</v>
       </c>
       <c r="F156" t="s">
         <v>13</v>
       </c>
       <c r="G156" t="s">
-        <v>2624</v>
+        <v>2669</v>
       </c>
       <c r="H156" t="s">
-        <v>2625</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B157" t="s">
-        <v>2626</v>
+        <v>2671</v>
       </c>
       <c r="C157" t="s">
-        <v>2627</v>
+        <v>2672</v>
       </c>
       <c r="D157" t="s">
-        <v>2628</v>
+        <v>2673</v>
       </c>
       <c r="E157" t="s">
-        <v>2629</v>
+        <v>2674</v>
       </c>
       <c r="F157" t="s">
         <v>13</v>
       </c>
       <c r="G157" t="s">
-        <v>2630</v>
+        <v>2675</v>
       </c>
       <c r="H157" t="s">
-        <v>2631</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B158" t="s">
-        <v>2632</v>
+        <v>2677</v>
       </c>
       <c r="C158" t="s">
-        <v>2633</v>
+        <v>2678</v>
       </c>
       <c r="D158" t="s">
-        <v>2634</v>
+        <v>2679</v>
       </c>
       <c r="E158" t="s">
-        <v>2635</v>
+        <v>2680</v>
       </c>
       <c r="F158" t="s">
         <v>13</v>
       </c>
       <c r="G158" t="s">
-        <v>2636</v>
+        <v>2681</v>
       </c>
       <c r="H158" t="s">
-        <v>2637</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B159" t="s">
-        <v>2638</v>
+        <v>2683</v>
       </c>
       <c r="C159" t="s">
-        <v>2639</v>
+        <v>2684</v>
       </c>
       <c r="D159" t="s">
-        <v>2640</v>
+        <v>2685</v>
       </c>
       <c r="E159" t="s">
-        <v>2641</v>
+        <v>2686</v>
       </c>
       <c r="F159" t="s">
         <v>13</v>
       </c>
       <c r="G159" t="s">
-        <v>2642</v>
+        <v>2687</v>
       </c>
       <c r="H159" t="s">
-        <v>2643</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B160" t="s">
-        <v>2644</v>
+        <v>2689</v>
       </c>
       <c r="C160" t="s">
-        <v>13</v>
+        <v>2690</v>
       </c>
       <c r="D160" t="s">
-        <v>13</v>
+        <v>2691</v>
       </c>
       <c r="E160" t="s">
-        <v>2645</v>
+        <v>2692</v>
       </c>
       <c r="F160" t="s">
         <v>13</v>
       </c>
       <c r="G160" t="s">
-        <v>2646</v>
+        <v>2693</v>
       </c>
       <c r="H160" t="s">
-        <v>2647</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B161" t="s">
-        <v>2648</v>
+        <v>2695</v>
       </c>
       <c r="C161" t="s">
         <v>13</v>
       </c>
       <c r="D161" t="s">
         <v>13</v>
       </c>
       <c r="E161" t="s">
-        <v>2645</v>
+        <v>2696</v>
       </c>
       <c r="F161" t="s">
         <v>13</v>
       </c>
       <c r="G161" t="s">
-        <v>2649</v>
+        <v>2697</v>
       </c>
       <c r="H161" t="s">
-        <v>2650</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B162" t="s">
-        <v>2651</v>
+        <v>2699</v>
       </c>
       <c r="C162" t="s">
-        <v>2652</v>
+        <v>13</v>
       </c>
       <c r="D162" t="s">
-        <v>2653</v>
+        <v>13</v>
       </c>
       <c r="E162" t="s">
-        <v>2654</v>
+        <v>2696</v>
       </c>
       <c r="F162" t="s">
         <v>13</v>
       </c>
       <c r="G162" t="s">
-        <v>2655</v>
+        <v>2700</v>
       </c>
       <c r="H162" t="s">
-        <v>2656</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B163" t="s">
-        <v>2657</v>
+        <v>2702</v>
       </c>
       <c r="C163" t="s">
-        <v>2658</v>
+        <v>2703</v>
       </c>
       <c r="D163" t="s">
-        <v>2659</v>
+        <v>2704</v>
       </c>
       <c r="E163" t="s">
-        <v>2660</v>
+        <v>2705</v>
       </c>
       <c r="F163" t="s">
         <v>13</v>
       </c>
       <c r="G163" t="s">
-        <v>2661</v>
+        <v>2706</v>
       </c>
       <c r="H163" t="s">
-        <v>2662</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B164" t="s">
-        <v>2663</v>
+        <v>2708</v>
       </c>
       <c r="C164" t="s">
-        <v>2664</v>
+        <v>2709</v>
       </c>
       <c r="D164" t="s">
-        <v>2665</v>
+        <v>2710</v>
       </c>
       <c r="E164" t="s">
-        <v>2666</v>
+        <v>2711</v>
       </c>
       <c r="F164" t="s">
         <v>13</v>
       </c>
       <c r="G164" t="s">
-        <v>2667</v>
+        <v>2712</v>
       </c>
       <c r="H164" t="s">
-        <v>2668</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B165" t="s">
-        <v>2669</v>
+        <v>2714</v>
       </c>
       <c r="C165" t="s">
-        <v>2670</v>
+        <v>2715</v>
       </c>
       <c r="D165" t="s">
-        <v>2559</v>
+        <v>2716</v>
       </c>
       <c r="E165" t="s">
-        <v>2671</v>
+        <v>2717</v>
       </c>
       <c r="F165" t="s">
         <v>13</v>
       </c>
       <c r="G165" t="s">
-        <v>2672</v>
+        <v>2718</v>
       </c>
       <c r="H165" t="s">
-        <v>2673</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B166" t="s">
-        <v>2674</v>
+        <v>2720</v>
       </c>
       <c r="C166" t="s">
-        <v>2675</v>
+        <v>2721</v>
       </c>
       <c r="D166" t="s">
-        <v>2676</v>
+        <v>2610</v>
       </c>
       <c r="E166" t="s">
-        <v>2677</v>
+        <v>2722</v>
       </c>
       <c r="F166" t="s">
         <v>13</v>
       </c>
       <c r="G166" t="s">
-        <v>2678</v>
+        <v>2723</v>
       </c>
       <c r="H166" t="s">
-        <v>2679</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B167" t="s">
-        <v>2680</v>
+        <v>2725</v>
       </c>
       <c r="C167" t="s">
-        <v>2681</v>
+        <v>2726</v>
       </c>
       <c r="D167" t="s">
-        <v>431</v>
+        <v>2727</v>
       </c>
       <c r="E167" t="s">
-        <v>2682</v>
+        <v>2728</v>
       </c>
       <c r="F167" t="s">
         <v>13</v>
       </c>
       <c r="G167" t="s">
-        <v>2683</v>
+        <v>2729</v>
       </c>
       <c r="H167" t="s">
-        <v>2684</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B168" t="s">
-        <v>2685</v>
+        <v>2731</v>
       </c>
       <c r="C168" t="s">
-        <v>2686</v>
+        <v>2732</v>
       </c>
       <c r="D168" t="s">
-        <v>2687</v>
+        <v>431</v>
       </c>
       <c r="E168" t="s">
-        <v>2688</v>
+        <v>2733</v>
       </c>
       <c r="F168" t="s">
         <v>13</v>
       </c>
       <c r="G168" t="s">
-        <v>2689</v>
+        <v>2734</v>
       </c>
       <c r="H168" t="s">
-        <v>2690</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B169" t="s">
-        <v>2691</v>
+        <v>2736</v>
       </c>
       <c r="C169" t="s">
-        <v>2692</v>
+        <v>2737</v>
       </c>
       <c r="D169" t="s">
-        <v>2693</v>
+        <v>2738</v>
       </c>
       <c r="E169" t="s">
-        <v>2694</v>
+        <v>2739</v>
       </c>
       <c r="F169" t="s">
         <v>13</v>
       </c>
       <c r="G169" t="s">
-        <v>2695</v>
+        <v>2740</v>
       </c>
       <c r="H169" t="s">
-        <v>2696</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B170" t="s">
-        <v>2697</v>
+        <v>2742</v>
       </c>
       <c r="C170" t="s">
-        <v>2698</v>
+        <v>2743</v>
       </c>
       <c r="D170" t="s">
-        <v>2699</v>
+        <v>2744</v>
       </c>
       <c r="E170" t="s">
-        <v>2700</v>
+        <v>2745</v>
       </c>
       <c r="F170" t="s">
         <v>13</v>
       </c>
       <c r="G170" t="s">
-        <v>2701</v>
+        <v>2746</v>
       </c>
       <c r="H170" t="s">
-        <v>2702</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B171" t="s">
-        <v>2703</v>
+        <v>2748</v>
       </c>
       <c r="C171" t="s">
-        <v>2704</v>
+        <v>2749</v>
       </c>
       <c r="D171" t="s">
-        <v>2705</v>
+        <v>2750</v>
       </c>
       <c r="E171" t="s">
-        <v>2706</v>
+        <v>2751</v>
       </c>
       <c r="F171" t="s">
         <v>13</v>
       </c>
       <c r="G171" t="s">
-        <v>2707</v>
+        <v>2752</v>
       </c>
       <c r="H171" t="s">
-        <v>2708</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B172" t="s">
-        <v>2709</v>
+        <v>2754</v>
       </c>
       <c r="C172" t="s">
-        <v>2710</v>
+        <v>2755</v>
       </c>
       <c r="D172" t="s">
-        <v>2711</v>
+        <v>2756</v>
       </c>
       <c r="E172" t="s">
-        <v>2712</v>
+        <v>2757</v>
       </c>
       <c r="F172" t="s">
         <v>13</v>
       </c>
       <c r="G172" t="s">
-        <v>2713</v>
+        <v>2758</v>
       </c>
       <c r="H172" t="s">
-        <v>2714</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B173" t="s">
-        <v>2715</v>
+        <v>2760</v>
       </c>
       <c r="C173" t="s">
-        <v>2716</v>
+        <v>2761</v>
       </c>
       <c r="D173" t="s">
-        <v>2687</v>
+        <v>2762</v>
       </c>
       <c r="E173" t="s">
-        <v>2717</v>
+        <v>2763</v>
       </c>
       <c r="F173" t="s">
         <v>13</v>
       </c>
       <c r="G173" t="s">
-        <v>2718</v>
+        <v>2764</v>
       </c>
       <c r="H173" t="s">
-        <v>2719</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B174" t="s">
-        <v>2720</v>
+        <v>2766</v>
       </c>
       <c r="C174" t="s">
-        <v>2721</v>
+        <v>2767</v>
       </c>
       <c r="D174" t="s">
-        <v>2722</v>
+        <v>2738</v>
       </c>
       <c r="E174" t="s">
-        <v>2723</v>
+        <v>2768</v>
       </c>
       <c r="F174" t="s">
         <v>13</v>
       </c>
       <c r="G174" t="s">
-        <v>2724</v>
+        <v>2769</v>
       </c>
       <c r="H174" t="s">
-        <v>2725</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B175" t="s">
-        <v>2726</v>
+        <v>2771</v>
       </c>
       <c r="C175" t="s">
-        <v>2727</v>
+        <v>2772</v>
       </c>
       <c r="D175" t="s">
-        <v>1770</v>
+        <v>2773</v>
       </c>
       <c r="E175" t="s">
-        <v>2728</v>
+        <v>2774</v>
       </c>
       <c r="F175" t="s">
         <v>13</v>
       </c>
       <c r="G175" t="s">
-        <v>2729</v>
+        <v>2775</v>
       </c>
       <c r="H175" t="s">
-        <v>2730</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B176" t="s">
-        <v>2731</v>
+        <v>2777</v>
       </c>
       <c r="C176" t="s">
-        <v>2732</v>
+        <v>2778</v>
       </c>
       <c r="D176" t="s">
-        <v>2733</v>
+        <v>1815</v>
       </c>
       <c r="E176" t="s">
-        <v>2734</v>
+        <v>2779</v>
       </c>
       <c r="F176" t="s">
         <v>13</v>
       </c>
       <c r="G176" t="s">
-        <v>2735</v>
+        <v>2780</v>
       </c>
       <c r="H176" t="s">
-        <v>2736</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B177" t="s">
-        <v>2737</v>
+        <v>2782</v>
       </c>
       <c r="C177" t="s">
-        <v>2738</v>
+        <v>2783</v>
       </c>
       <c r="D177" t="s">
-        <v>2739</v>
+        <v>2784</v>
       </c>
       <c r="E177" t="s">
-        <v>2740</v>
+        <v>2785</v>
       </c>
       <c r="F177" t="s">
         <v>13</v>
       </c>
       <c r="G177" t="s">
-        <v>2741</v>
+        <v>2786</v>
       </c>
       <c r="H177" t="s">
-        <v>2742</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B178" t="s">
-        <v>2743</v>
+        <v>2788</v>
       </c>
       <c r="C178" t="s">
-        <v>2744</v>
+        <v>2789</v>
       </c>
       <c r="D178" t="s">
-        <v>2745</v>
+        <v>2790</v>
       </c>
       <c r="E178" t="s">
-        <v>2746</v>
+        <v>2791</v>
       </c>
       <c r="F178" t="s">
         <v>13</v>
       </c>
       <c r="G178" t="s">
-        <v>2747</v>
+        <v>2792</v>
       </c>
       <c r="H178" t="s">
-        <v>2748</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B179" t="s">
-        <v>2749</v>
+        <v>2794</v>
       </c>
       <c r="C179" t="s">
-        <v>2750</v>
+        <v>2795</v>
       </c>
       <c r="D179" t="s">
-        <v>2751</v>
+        <v>2796</v>
       </c>
       <c r="E179" t="s">
-        <v>2752</v>
+        <v>2797</v>
       </c>
       <c r="F179" t="s">
         <v>13</v>
       </c>
       <c r="G179" t="s">
-        <v>2753</v>
+        <v>2798</v>
       </c>
       <c r="H179" t="s">
-        <v>2754</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B180" t="s">
-        <v>2755</v>
+        <v>2800</v>
       </c>
       <c r="C180" t="s">
-        <v>2756</v>
+        <v>2801</v>
       </c>
       <c r="D180" t="s">
-        <v>2757</v>
+        <v>2802</v>
       </c>
       <c r="E180" t="s">
-        <v>2758</v>
+        <v>2803</v>
       </c>
       <c r="F180" t="s">
         <v>13</v>
       </c>
       <c r="G180" t="s">
-        <v>2759</v>
+        <v>2804</v>
       </c>
       <c r="H180" t="s">
-        <v>2760</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B181" t="s">
-        <v>2761</v>
+        <v>2806</v>
       </c>
       <c r="C181" t="s">
-        <v>2762</v>
+        <v>2807</v>
       </c>
       <c r="D181" t="s">
-        <v>2757</v>
+        <v>2808</v>
       </c>
       <c r="E181" t="s">
-        <v>2763</v>
+        <v>2809</v>
       </c>
       <c r="F181" t="s">
         <v>13</v>
       </c>
       <c r="G181" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="H181" t="s">
-        <v>2765</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B182" t="s">
-        <v>2766</v>
+        <v>2812</v>
       </c>
       <c r="C182" t="s">
-        <v>2767</v>
+        <v>2813</v>
       </c>
       <c r="D182" t="s">
-        <v>2768</v>
+        <v>2808</v>
       </c>
       <c r="E182" t="s">
-        <v>2769</v>
+        <v>2814</v>
       </c>
       <c r="F182" t="s">
         <v>13</v>
       </c>
       <c r="G182" t="s">
-        <v>2770</v>
+        <v>2815</v>
       </c>
       <c r="H182" t="s">
-        <v>2771</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B183" t="s">
-        <v>2772</v>
+        <v>2817</v>
       </c>
       <c r="C183" t="s">
-        <v>2773</v>
+        <v>2818</v>
       </c>
       <c r="D183" t="s">
-        <v>2774</v>
+        <v>2819</v>
       </c>
       <c r="E183" t="s">
-        <v>2774</v>
+        <v>2820</v>
       </c>
       <c r="F183" t="s">
         <v>13</v>
       </c>
       <c r="G183" t="s">
-        <v>2775</v>
+        <v>2821</v>
       </c>
       <c r="H183" t="s">
-        <v>2776</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B184" t="s">
-        <v>2777</v>
+        <v>2823</v>
       </c>
       <c r="C184" t="s">
-        <v>2778</v>
+        <v>2824</v>
       </c>
       <c r="D184" t="s">
-        <v>2779</v>
+        <v>2825</v>
       </c>
       <c r="E184" t="s">
-        <v>2779</v>
+        <v>2825</v>
       </c>
       <c r="F184" t="s">
         <v>13</v>
       </c>
       <c r="G184" t="s">
-        <v>2780</v>
+        <v>2826</v>
       </c>
       <c r="H184" t="s">
-        <v>2781</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B185" t="s">
-        <v>2782</v>
+        <v>2828</v>
       </c>
       <c r="C185" t="s">
-        <v>2783</v>
+        <v>2829</v>
       </c>
       <c r="D185" t="s">
-        <v>2784</v>
+        <v>2830</v>
       </c>
       <c r="E185" t="s">
-        <v>2785</v>
+        <v>2830</v>
       </c>
       <c r="F185" t="s">
         <v>13</v>
       </c>
       <c r="G185" t="s">
-        <v>2786</v>
+        <v>2831</v>
       </c>
       <c r="H185" t="s">
-        <v>2787</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B186" t="s">
-        <v>2788</v>
+        <v>2833</v>
       </c>
       <c r="C186" t="s">
-        <v>2789</v>
+        <v>2834</v>
       </c>
       <c r="D186" t="s">
-        <v>2790</v>
+        <v>2835</v>
       </c>
       <c r="E186" t="s">
-        <v>2790</v>
+        <v>2836</v>
       </c>
       <c r="F186" t="s">
         <v>13</v>
       </c>
       <c r="G186" t="s">
-        <v>2791</v>
+        <v>2837</v>
       </c>
       <c r="H186" t="s">
-        <v>2792</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B187" t="s">
-        <v>2793</v>
+        <v>2839</v>
       </c>
       <c r="C187" t="s">
-        <v>2794</v>
+        <v>2840</v>
       </c>
       <c r="D187" t="s">
-        <v>2795</v>
+        <v>2841</v>
       </c>
       <c r="E187" t="s">
-        <v>2795</v>
+        <v>2841</v>
       </c>
       <c r="F187" t="s">
         <v>13</v>
       </c>
       <c r="G187" t="s">
-        <v>2796</v>
+        <v>2842</v>
       </c>
       <c r="H187" t="s">
-        <v>2797</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B188" t="s">
-        <v>2798</v>
+        <v>2844</v>
       </c>
       <c r="C188" t="s">
-        <v>2799</v>
+        <v>2845</v>
       </c>
       <c r="D188" t="s">
-        <v>2800</v>
+        <v>2846</v>
       </c>
       <c r="E188" t="s">
-        <v>2801</v>
+        <v>2846</v>
       </c>
       <c r="F188" t="s">
         <v>13</v>
       </c>
       <c r="G188" t="s">
-        <v>2802</v>
+        <v>2847</v>
       </c>
       <c r="H188" t="s">
-        <v>2803</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B189" t="s">
-        <v>2804</v>
+        <v>2849</v>
       </c>
       <c r="C189" t="s">
-        <v>2805</v>
+        <v>2850</v>
       </c>
       <c r="D189" t="s">
-        <v>2806</v>
+        <v>2851</v>
       </c>
       <c r="E189" t="s">
-        <v>2807</v>
+        <v>2852</v>
       </c>
       <c r="F189" t="s">
         <v>13</v>
       </c>
       <c r="G189" t="s">
-        <v>2808</v>
+        <v>2853</v>
       </c>
       <c r="H189" t="s">
-        <v>2809</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B190" t="s">
-        <v>2810</v>
+        <v>2855</v>
       </c>
       <c r="C190" t="s">
-        <v>2811</v>
+        <v>2856</v>
       </c>
       <c r="D190" t="s">
-        <v>2812</v>
+        <v>2857</v>
       </c>
       <c r="E190" t="s">
-        <v>2812</v>
+        <v>2858</v>
       </c>
       <c r="F190" t="s">
         <v>13</v>
       </c>
       <c r="G190" t="s">
-        <v>2813</v>
+        <v>2859</v>
       </c>
       <c r="H190" t="s">
-        <v>2814</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B191" t="s">
-        <v>2815</v>
+        <v>2861</v>
       </c>
       <c r="C191" t="s">
-        <v>2816</v>
+        <v>2862</v>
       </c>
       <c r="D191" t="s">
-        <v>2817</v>
+        <v>2863</v>
       </c>
       <c r="E191" t="s">
-        <v>2818</v>
+        <v>2863</v>
       </c>
       <c r="F191" t="s">
         <v>13</v>
       </c>
       <c r="G191" t="s">
-        <v>2819</v>
+        <v>2864</v>
       </c>
       <c r="H191" t="s">
-        <v>2820</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B192" t="s">
-        <v>2821</v>
+        <v>2866</v>
       </c>
       <c r="C192" t="s">
-        <v>2822</v>
+        <v>2867</v>
       </c>
       <c r="D192" t="s">
-        <v>2774</v>
+        <v>2868</v>
       </c>
       <c r="E192" t="s">
-        <v>2774</v>
+        <v>2869</v>
       </c>
       <c r="F192" t="s">
         <v>13</v>
       </c>
       <c r="G192" t="s">
-        <v>2823</v>
+        <v>2870</v>
       </c>
       <c r="H192" t="s">
-        <v>2824</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B193" t="s">
+        <v>2872</v>
+      </c>
+      <c r="C193" t="s">
+        <v>2873</v>
+      </c>
+      <c r="D193" t="s">
         <v>2825</v>
       </c>
-      <c r="C193" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E193" t="s">
-        <v>2828</v>
+        <v>2825</v>
       </c>
       <c r="F193" t="s">
         <v>13</v>
       </c>
       <c r="G193" t="s">
-        <v>2829</v>
+        <v>2874</v>
       </c>
       <c r="H193" t="s">
-        <v>2830</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B194" t="s">
-        <v>2831</v>
+        <v>2876</v>
       </c>
       <c r="C194" t="s">
-        <v>2832</v>
+        <v>2877</v>
       </c>
       <c r="D194" t="s">
-        <v>2833</v>
+        <v>2878</v>
       </c>
       <c r="E194" t="s">
-        <v>2833</v>
+        <v>2879</v>
       </c>
       <c r="F194" t="s">
         <v>13</v>
       </c>
       <c r="G194" t="s">
-        <v>2834</v>
+        <v>2880</v>
       </c>
       <c r="H194" t="s">
-        <v>2835</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B195" t="s">
-        <v>2836</v>
+        <v>2882</v>
       </c>
       <c r="C195" t="s">
-        <v>2837</v>
+        <v>2883</v>
       </c>
       <c r="D195" t="s">
-        <v>2838</v>
+        <v>2884</v>
       </c>
       <c r="E195" t="s">
-        <v>2839</v>
+        <v>2884</v>
       </c>
       <c r="F195" t="s">
         <v>13</v>
       </c>
       <c r="G195" t="s">
-        <v>2840</v>
+        <v>2885</v>
       </c>
       <c r="H195" t="s">
-        <v>2841</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B196" t="s">
-        <v>2842</v>
+        <v>2887</v>
       </c>
       <c r="C196" t="s">
-        <v>2843</v>
+        <v>2888</v>
       </c>
       <c r="D196" t="s">
-        <v>2844</v>
+        <v>2889</v>
       </c>
       <c r="E196" t="s">
-        <v>2845</v>
+        <v>2890</v>
       </c>
       <c r="F196" t="s">
         <v>13</v>
       </c>
       <c r="G196" t="s">
-        <v>2846</v>
+        <v>2891</v>
       </c>
       <c r="H196" t="s">
-        <v>2847</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B197" t="s">
-        <v>2848</v>
+        <v>2893</v>
       </c>
       <c r="C197" t="s">
-        <v>2849</v>
+        <v>2894</v>
       </c>
       <c r="D197" t="s">
-        <v>1788</v>
+        <v>2895</v>
       </c>
       <c r="E197" t="s">
-        <v>2850</v>
+        <v>2896</v>
       </c>
       <c r="F197" t="s">
         <v>13</v>
       </c>
       <c r="G197" t="s">
-        <v>2851</v>
+        <v>2897</v>
       </c>
       <c r="H197" t="s">
-        <v>2852</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B198" t="s">
-        <v>2853</v>
+        <v>2899</v>
       </c>
       <c r="C198" t="s">
-        <v>2854</v>
+        <v>2900</v>
       </c>
       <c r="D198" t="s">
-        <v>2844</v>
+        <v>1833</v>
       </c>
       <c r="E198" t="s">
-        <v>2845</v>
+        <v>2901</v>
       </c>
       <c r="F198" t="s">
         <v>13</v>
       </c>
       <c r="G198" t="s">
-        <v>2855</v>
+        <v>2902</v>
       </c>
       <c r="H198" t="s">
-        <v>2856</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B199" t="s">
-        <v>2857</v>
+        <v>2904</v>
       </c>
       <c r="C199" t="s">
-        <v>2858</v>
+        <v>2905</v>
       </c>
       <c r="D199" t="s">
-        <v>2859</v>
+        <v>2895</v>
       </c>
       <c r="E199" t="s">
-        <v>2860</v>
+        <v>2896</v>
       </c>
       <c r="F199" t="s">
         <v>13</v>
       </c>
       <c r="G199" t="s">
-        <v>2861</v>
+        <v>2906</v>
       </c>
       <c r="H199" t="s">
-        <v>2862</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B200" t="s">
-        <v>2863</v>
+        <v>2908</v>
       </c>
       <c r="C200" t="s">
-        <v>2864</v>
+        <v>2909</v>
       </c>
       <c r="D200" t="s">
-        <v>2865</v>
+        <v>2910</v>
       </c>
       <c r="E200" t="s">
-        <v>2866</v>
+        <v>2911</v>
       </c>
       <c r="F200" t="s">
         <v>13</v>
       </c>
       <c r="G200" t="s">
-        <v>2867</v>
+        <v>2912</v>
       </c>
       <c r="H200" t="s">
-        <v>2868</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B201" t="s">
-        <v>2869</v>
+        <v>2914</v>
       </c>
       <c r="C201" t="s">
-        <v>2870</v>
+        <v>2915</v>
       </c>
       <c r="D201" t="s">
-        <v>2871</v>
+        <v>2916</v>
       </c>
       <c r="E201" t="s">
-        <v>2872</v>
+        <v>2917</v>
       </c>
       <c r="F201" t="s">
         <v>13</v>
       </c>
       <c r="G201" t="s">
-        <v>2873</v>
+        <v>2918</v>
       </c>
       <c r="H201" t="s">
-        <v>2874</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B202" t="s">
-        <v>2875</v>
+        <v>2920</v>
       </c>
       <c r="C202" t="s">
-        <v>2876</v>
+        <v>2921</v>
       </c>
       <c r="D202" t="s">
-        <v>2877</v>
+        <v>2922</v>
       </c>
       <c r="E202" t="s">
-        <v>2878</v>
+        <v>2923</v>
       </c>
       <c r="F202" t="s">
         <v>13</v>
       </c>
       <c r="G202" t="s">
-        <v>2879</v>
+        <v>2924</v>
       </c>
       <c r="H202" t="s">
-        <v>2880</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B203" t="s">
-        <v>2881</v>
+        <v>2926</v>
       </c>
       <c r="C203" t="s">
-        <v>2882</v>
+        <v>2927</v>
       </c>
       <c r="D203" t="s">
-        <v>2883</v>
+        <v>2928</v>
       </c>
       <c r="E203" t="s">
-        <v>2884</v>
+        <v>2929</v>
       </c>
       <c r="F203" t="s">
         <v>13</v>
       </c>
       <c r="G203" t="s">
-        <v>2885</v>
+        <v>2930</v>
       </c>
       <c r="H203" t="s">
-        <v>2886</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B204" t="s">
-        <v>2887</v>
+        <v>2932</v>
       </c>
       <c r="C204" t="s">
-        <v>2888</v>
+        <v>2933</v>
       </c>
       <c r="D204" t="s">
-        <v>2889</v>
+        <v>2934</v>
       </c>
       <c r="E204" t="s">
-        <v>2890</v>
+        <v>2935</v>
       </c>
       <c r="F204" t="s">
         <v>13</v>
       </c>
       <c r="G204" t="s">
-        <v>2891</v>
+        <v>2936</v>
       </c>
       <c r="H204" t="s">
-        <v>2892</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B205" t="s">
-        <v>2893</v>
+        <v>2938</v>
       </c>
       <c r="C205" t="s">
-        <v>2894</v>
+        <v>2939</v>
       </c>
       <c r="D205" t="s">
-        <v>2889</v>
+        <v>2934</v>
       </c>
       <c r="E205" t="s">
-        <v>2890</v>
+        <v>2935</v>
       </c>
       <c r="F205" t="s">
         <v>13</v>
       </c>
       <c r="G205" t="s">
-        <v>2895</v>
+        <v>2940</v>
       </c>
       <c r="H205" t="s">
-        <v>2896</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B206" t="s">
-        <v>2897</v>
+        <v>2942</v>
       </c>
       <c r="C206" t="s">
-        <v>2898</v>
+        <v>2943</v>
       </c>
       <c r="D206" t="s">
-        <v>2899</v>
+        <v>2944</v>
       </c>
       <c r="E206" t="s">
-        <v>1687</v>
+        <v>1732</v>
       </c>
       <c r="F206" t="s">
         <v>13</v>
       </c>
       <c r="G206" t="s">
-        <v>2900</v>
+        <v>2945</v>
       </c>
       <c r="H206" t="s">
-        <v>2901</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B207" t="s">
-        <v>2902</v>
+        <v>2947</v>
       </c>
       <c r="C207" t="s">
-        <v>2903</v>
+        <v>2948</v>
       </c>
       <c r="D207" t="s">
-        <v>2899</v>
+        <v>2944</v>
       </c>
       <c r="E207" t="s">
-        <v>1687</v>
+        <v>1732</v>
       </c>
       <c r="F207" t="s">
         <v>13</v>
       </c>
       <c r="G207" t="s">
-        <v>2904</v>
+        <v>2949</v>
       </c>
       <c r="H207" t="s">
-        <v>2905</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B208" t="s">
-        <v>2906</v>
+        <v>2951</v>
       </c>
       <c r="C208" t="s">
-        <v>2907</v>
+        <v>2952</v>
       </c>
       <c r="D208" t="s">
-        <v>2908</v>
+        <v>2953</v>
       </c>
       <c r="E208" t="s">
-        <v>2909</v>
+        <v>2954</v>
       </c>
       <c r="F208" t="s">
         <v>13</v>
       </c>
       <c r="G208" t="s">
-        <v>2910</v>
+        <v>2955</v>
       </c>
       <c r="H208" t="s">
-        <v>2911</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B209" t="s">
-        <v>2912</v>
+        <v>2957</v>
       </c>
       <c r="C209" t="s">
-        <v>2913</v>
+        <v>2958</v>
       </c>
       <c r="D209" t="s">
-        <v>2914</v>
+        <v>2959</v>
       </c>
       <c r="E209" t="s">
-        <v>2909</v>
+        <v>2954</v>
       </c>
       <c r="F209" t="s">
         <v>13</v>
       </c>
       <c r="G209" t="s">
-        <v>2915</v>
+        <v>2960</v>
       </c>
       <c r="H209" t="s">
-        <v>2916</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B210" t="s">
-        <v>2917</v>
+        <v>2962</v>
       </c>
       <c r="C210" t="s">
-        <v>2918</v>
+        <v>2963</v>
       </c>
       <c r="D210" t="s">
-        <v>2919</v>
+        <v>2964</v>
       </c>
       <c r="E210" t="s">
-        <v>2920</v>
+        <v>2965</v>
       </c>
       <c r="F210" t="s">
         <v>13</v>
       </c>
       <c r="G210" t="s">
-        <v>2921</v>
+        <v>2966</v>
       </c>
       <c r="H210" t="s">
-        <v>2922</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B211" t="s">
-        <v>2923</v>
+        <v>2968</v>
       </c>
       <c r="C211" t="s">
-        <v>2924</v>
+        <v>2969</v>
       </c>
       <c r="D211" t="s">
-        <v>2925</v>
+        <v>2970</v>
       </c>
       <c r="E211" t="s">
-        <v>2926</v>
+        <v>2971</v>
       </c>
       <c r="F211" t="s">
         <v>13</v>
       </c>
       <c r="G211" t="s">
-        <v>2927</v>
+        <v>2972</v>
       </c>
       <c r="H211" t="s">
-        <v>2928</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B212" t="s">
-        <v>2929</v>
+        <v>2974</v>
       </c>
       <c r="C212" t="s">
-        <v>2930</v>
+        <v>2975</v>
       </c>
       <c r="D212" t="s">
-        <v>2751</v>
+        <v>2802</v>
       </c>
       <c r="E212" t="s">
-        <v>2931</v>
+        <v>2976</v>
       </c>
       <c r="F212" t="s">
         <v>13</v>
       </c>
       <c r="G212" t="s">
-        <v>2932</v>
+        <v>2977</v>
       </c>
       <c r="H212" t="s">
-        <v>2933</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B213" t="s">
-        <v>2934</v>
+        <v>2979</v>
       </c>
       <c r="C213" t="s">
-        <v>2935</v>
+        <v>2980</v>
       </c>
       <c r="D213" t="s">
-        <v>2936</v>
+        <v>2981</v>
       </c>
       <c r="E213" t="s">
-        <v>2937</v>
+        <v>2982</v>
       </c>
       <c r="F213" t="s">
         <v>13</v>
       </c>
       <c r="G213" t="s">
-        <v>2938</v>
+        <v>2983</v>
       </c>
       <c r="H213" t="s">
-        <v>2939</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B214" t="s">
-        <v>2940</v>
+        <v>2985</v>
       </c>
       <c r="C214" t="s">
-        <v>2941</v>
+        <v>2986</v>
       </c>
       <c r="D214" t="s">
-        <v>2559</v>
+        <v>2610</v>
       </c>
       <c r="E214" t="s">
-        <v>2942</v>
+        <v>2987</v>
       </c>
       <c r="F214" t="s">
         <v>13</v>
       </c>
       <c r="G214" t="s">
-        <v>2943</v>
+        <v>2988</v>
       </c>
       <c r="H214" t="s">
-        <v>2944</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>1810</v>
+        <v>1855</v>
       </c>
       <c r="B215" t="s">
-        <v>2945</v>
+        <v>2990</v>
       </c>
       <c r="C215" t="s">
-        <v>2946</v>
+        <v>2991</v>
       </c>
       <c r="D215" t="s">
-        <v>2947</v>
+        <v>2992</v>
       </c>
       <c r="E215" t="s">
-        <v>2948</v>
+        <v>2993</v>
       </c>
       <c r="F215" t="s">
         <v>13</v>
       </c>
       <c r="G215" t="s">
-        <v>2949</v>
+        <v>2994</v>
       </c>
       <c r="H215" t="s">
-        <v>2950</v>
+        <v>2995</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>