--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,27670 +1,4982 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...12 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Chronic disease guide" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Documents for Patients" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Studies and Reports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Vaccine recommendation" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Tool to improve professi" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Web page" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...12 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Documents for Patients'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5362" uniqueCount="3322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="906" uniqueCount="587">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>23/06/2025 09:25:08</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Proposed method for the development of periodic certification standards for registered health professions</t>
+  </si>
+  <si>
+    <t>In France, following the publication of Ordinance no. 2021-961 of 19 July 2021 relating to the periodic certification of some health professionals, the Haute Autorité de Santé (French High Authority for Health) has been asked to propose to the Minister for Health a method for drawing up certification reference systems. The method was finally adopted without modification by the Minister, after a favourable opinion from the National Council for Periodic Certification.</t>
+  </si>
+  <si>
+    <t>07/13/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2022 18:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3609430/fr/dispositifs-de-perfusion-a-domicile-et-prestations-associees-revision-de-categories-homogenes-de-dispositifs-medicaux</t>
-[...1232 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3353194/en/proposed-method-for-the-development-of-periodic-certification-standards-for-registered-health-professions</t>
+  </si>
+  <si>
+    <t>p_3353194</t>
+  </si>
+  <si>
+    <t>Functional classification, according to their intended use, of digital solutions used in the context of medical and paramedical care</t>
+  </si>
+  <si>
+    <t>In a context of growth in digital tools suitable for use in health, the French National Authority for Health has drafted a system for classifying digital solutions according to their intended use, their capacity to provide a personalised response, and their autonomy, i.e. their capacity to take action with or without human intervention. The objective: guide stakeholders and help improve the integration of these tools in the healthcare and medico-social sector.</t>
+  </si>
+  <si>
+    <t>02/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/17/2021 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238360/en/functional-classification-according-to-their-intended-use-of-digital-solutions-used-in-the-context-of-medical-and-paramedical-care</t>
+  </si>
+  <si>
+    <t>p_3238360</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>03/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/24/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
+  </si>
+  <si>
+    <t>p_3459735</t>
+  </si>
+  <si>
+    <t>Place of Point-of-Care Tests (POCTs) in hepatitis B screening strategy</t>
+  </si>
+  <si>
+    <t>In response to a demand from the Ministry of Health, HAS establishes guidelines on the place of Point-of-Care Tests (POCTs) in hepatitis B screening strategy. HAS defines the main conditions for the implementation of a combined use of hepatitis B virus (HBV), human immunodeficiency virus (HIV) and hepatitis C virus (HCV) POCTs in France and formulates recommendation for optimizing the efficiency of the POCTs testing, especially in medico-social and community settings.</t>
+  </si>
+  <si>
+    <t>07/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/06/2016 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2063232/en/place-of-point-of-care-tests-pocts-in-hepatitis-b-screening-strategy</t>
+  </si>
+  <si>
+    <t>c_2063232</t>
+  </si>
+  <si>
+    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/15/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+  </si>
+  <si>
+    <t>r_1497591</t>
+  </si>
+  <si>
+    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
+  </si>
+  <si>
+    <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
+  </si>
+  <si>
+    <t>10/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+  </si>
+  <si>
+    <t>c_704257</t>
+  </si>
+  <si>
+    <t>Glaucoma: screening and early diagnosis – problems and outlook in France</t>
+  </si>
+  <si>
+    <t>To summarize and comment on the current status of key clinical and economic data on glaucoma. The report reviews data on the history and epidemiology of glaucoma, problems posed by diagnosis and treatment in France, the relevance of screening, and health professionals’ expectations.</t>
+  </si>
+  <si>
+    <t>07/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2006 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
+  </si>
+  <si>
+    <t>c_500229</t>
+  </si>
+  <si>
+    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
+  </si>
+  <si>
+    <t>c_464134</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+  </si>
+  <si>
+    <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in children over 3 months</t>
+  </si>
+  <si>
+    <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
+  </si>
+  <si>
+    <t>07/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+  </si>
+  <si>
+    <t>c_2722749</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+  </si>
+  <si>
+    <t>c_2722670</t>
+  </si>
+  <si>
+    <t>Acute nasopharyngitis and acute strep throat in children</t>
+  </si>
+  <si>
+    <t>The goal of this memo is to make sure that antibiotics are prescribed appropriately, in order to reduce bacterial resistance which may lead to therapeutic dead-ends. The factors to be taken into account for an appropriate prescription are the choice of antibiotic, its dose and its dosage.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+  </si>
+  <si>
+    <t>c_2722754</t>
+  </si>
+  <si>
+    <t>Acute nasopharyngitis and acute strep throat in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+  </si>
+  <si>
+    <t>c_2722790</t>
+  </si>
+  <si>
+    <t>Adult sinusitis</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics, to reduce bacterial resistance that may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are the elements to take into account for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+  </si>
+  <si>
+    <t>c_2722806</t>
+  </si>
+  <si>
+    <t>Paediatric sinusitis</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+  </si>
+  <si>
+    <t>c_2722824</t>
+  </si>
+  <si>
+    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance, which may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are factors to consider for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+  </si>
+  <si>
+    <t>c_2722827</t>
+  </si>
+  <si>
+    <t>Acute pyelonephritis in women</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+  </si>
+  <si>
+    <t>c_2722914</t>
+  </si>
+  <si>
+    <t>Pregnant women - urinary colonisation and cystitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+  </si>
+  <si>
+    <t>c_2722927</t>
+  </si>
+  <si>
+    <t>07/15/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+  </si>
+  <si>
+    <t>p_3529229</t>
+  </si>
+  <si>
+    <t>07/12/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+  </si>
+  <si>
+    <t>p_3529230</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Improving health and social care for people experiencing homelessness and living with mental health disorders</t>
+  </si>
+  <si>
+    <t>People living in very precarious conditions and suffering from mental health problems face many difficulties and obstacles in gaining access to the care and social services available at local and national level. The Haute Autorité de santé provides professionals in the health, social and medico-social sectors with recommendations for good practice, offering benchmarks and a common approach to improving care and support for the people concerned.</t>
+  </si>
+  <si>
+    <t>11/30/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/18/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/en/improving-health-and-social-care-for-people-experiencing-homelessness-and-living-with-mental-health-disorders</t>
+  </si>
+  <si>
+    <t>p_3289276</t>
+  </si>
+  <si>
+    <t>Suicidal thoughts and behaviour in children and adolescents: prevention, detection, assessment, management</t>
+  </si>
+  <si>
+    <t>OBJECTIVE The aim of this guideline is to optimise prevention, detection, assessment, and management of children or adolescents who have attempted suicide or with suicidal ideation.</t>
+  </si>
+  <si>
+    <t>09/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/30/2021 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288864/en/suicidal-thoughts-and-behaviour-in-children-and-adolescents-prevention-detection-assessment-management</t>
+  </si>
+  <si>
+    <t>p_3288864</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+  </si>
+  <si>
+    <t>c_272462</t>
+  </si>
+  <si>
+    <t>Role and management of tracheostomy in the care of ventilator-dependent patients with slowly progressive neuromuscular diseases</t>
+  </si>
+  <si>
+    <t>Objectifs Il s’agit d’aider la prise de décision dans le choix des soins, améliorer et harmoniser les pratiques. La finalité est d’améliorer la prise en charge des patients, et donc la qualité et la sécurité des soins qui leur sont apportés, ainsi que leur qualité de vie</t>
+  </si>
+  <si>
+    <t>11/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2020 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217806/en/role-and-management-of-tracheostomy-in-the-care-of-ventilator-dependent-patients-with-slowly-progressive-neuromuscular-diseases</t>
+  </si>
+  <si>
+    <t>p_3217806</t>
+  </si>
+  <si>
+    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
+  </si>
+  <si>
+    <t>02/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/17/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+  </si>
+  <si>
+    <t>p_3161334</t>
+  </si>
+  <si>
+    <t>Memo : Prevention of positional skull deformities and sudden infant death syndrome</t>
+  </si>
+  <si>
+    <t>The aim of this Memo is to provide information about : risk factors and prevention of sudden infant death syndrome definition and diagnosis of positional skull deformities risk factors for positional skull deformities potential complications of positional skull deformity primary prevention of positional skull deformities management of established positional skull deformities</t>
+  </si>
+  <si>
+    <t>02/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151574/en/memo-prevention-of-positional-skull-deformities-and-sudden-infant-death-syndrome</t>
+  </si>
+  <si>
+    <t>p_3151574</t>
+  </si>
+  <si>
+    <t>Management of female genital mutilation by primary healthcare professionals</t>
+  </si>
+  <si>
+    <t>This best practice guideline is concerned with improving the treatment and management of children, teenage girls, and women who have undergone or at a risk of undergoing female genital mutilation. Its objectives are as follows: to foster primary healthcare professionals’ knowledge of female genital mutilation; to prevent the occurrence of female genital mutilation through improved information delivered by healthcare professionals to women, young girls and parents; to foster improved management of children, young girls, and women who have been subjected to genital mutilation.</t>
+  </si>
+  <si>
+    <t>02/06/2020 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150640/en/management-of-female-genital-mutilation-by-primary-healthcare-professionals</t>
+  </si>
+  <si>
+    <t>p_3150640</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+  </si>
+  <si>
+    <t>c_2581436</t>
+  </si>
+  <si>
+    <t>Autism spectrum disorder: Warning signs, detection, diagnosis and assessment in children and adolescents</t>
+  </si>
+  <si>
+    <t>This Best Practice Guideline aims to optimise the pathway of the child or the adolescent with Autism spectrum disorder (ASD) and his/her family, from the identification of warning signs, to detection, diagnosis and assessment It updates the “Professional practice guidelines for the diagnosis of autism” which were developed in 2005 by the French Federation of Psychiatry (FFP) in partnership with HAS.</t>
+  </si>
+  <si>
+    <t>02/08/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468812/en/autism-spectrum-disorder-warning-signs-detection-diagnosis-and-assessment-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_468812</t>
+  </si>
+  <si>
+    <t>Child abuse: identification and action to be taken</t>
+  </si>
+  <si>
+    <t>This guidance leaflet “Child abuse: identification and action to be taken” is concerned with children who are abused as well as those at risk of being abused. This guidance leaflet follows on from work already undertaken by HAS on interpersonal violence and its impact on health. It addresses all healthcare professionals who perform clinical observations of children, with a special emphasis on the place of doctors given their decision-making role. It thus concerns: general practitioners, paediatricians, psychiatrists; doctors and nursery nurses in maternal and child protection centres (PMI); school doctors and nurses; hospital doctors and paramedical staff (especially those working in the emergency, paediatric and radiological departments); midwives; doctors and paramedical staff in services for young children, and the medico-social services.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+  </si>
+  <si>
+    <t>c_1760393</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+  </si>
+  <si>
+    <t>c_2794425</t>
+  </si>
+  <si>
+    <t>Seclusion and mechanical restraint in general psychiatry</t>
+  </si>
+  <si>
+    <t>This good practice guideline aims to determine the place of seclusion and restraint in general psychiatry. The objective is to enable Healthcare professionals who could use these last resort measures to improve and harmonize their practices, by meeting clinical, ethical, legal, and organizational requirements. The main goal is the improvement of the safety and the quality of patient care.</t>
+  </si>
+  <si>
+    <t>02/22/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/20/2017 04:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055362/en/seclusion-and-mechanical-restraint-in-general-psychiatry</t>
+  </si>
+  <si>
+    <t>c_2055362</t>
+  </si>
+  <si>
+    <t>Kidney transplantation - Access to the French waiting list</t>
+  </si>
+  <si>
+    <t>The objective of this clinical practice guideline is to foster access to the national kidney transplant waiting list and reduce disparities in access and registration delays. The guideline defines referral criteria and indications for kidney transplant access, as well for pre-transplant assessment, a standard for renal transplant candidates.</t>
+  </si>
+  <si>
+    <t>10/21/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2015 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751188/en/kidney-transplantation-access-to-the-french-waiting-list</t>
+  </si>
+  <si>
+    <t>c_1751188</t>
+  </si>
+  <si>
+    <t>Discontinuation of benzodiazepines and related medicinal products: procedure for the doctor providing outpatient treatment</t>
+  </si>
+  <si>
+    <t>The aim is to reduce the long-term prescription of benzodiazepines (BZD) and related medicinal products for anxiety disorders and insomnia because the benefit-risk relationship is unfavourable.</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/29/2015 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038262/en/discontinuation-of-benzodiazepines-and-related-medicinal-products-procedure-for-the-doctor-providing-outpatient-treatment</t>
+  </si>
+  <si>
+    <t>c_2038262</t>
+  </si>
+  <si>
+    <t>General principles and prescription recommendations for antibiotics in primary care</t>
+  </si>
+  <si>
+    <t>The purpose of this guidance leaflet is to avoid inappropriate prescription of antibiotics, a source of selection pressure, which leads to the emergence of bacterial resistance and to therapeutic impasses.</t>
+  </si>
+  <si>
+    <t>02/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/24/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
+  </si>
+  <si>
+    <t>c_1723138</t>
+  </si>
+  <si>
+    <t>Fetal alcohol spectrum disorder : identification</t>
+  </si>
+  <si>
+    <t>To help general practitioners, paediatricians, paediatric psychiatrists, psychiatrists, addiction specialists, maternal and infant protection doctors, school doctors, dentists, obstetricians and gynaecologists, midwives and childcare workers to identify and to advise : - pregnant women likely to have a drinking problem and whose child is at risk for fetal alcohol spectrum disorder ; - at-risk children likely to have experienced the effects of prenatal exposure to alcohol.</t>
+  </si>
+  <si>
+    <t>07/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/11/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
+  </si>
+  <si>
+    <t>c_1636956</t>
+  </si>
+  <si>
+    <t>Preparing for birth and parenthood</t>
+  </si>
+  <si>
+    <t>These guidelines advocate an earlier start to preparation for birth and parenthood, and a broader approach to parent support and to improving the skills of women and their partners in health matters. Their aim is to help health professionals 1. prepare couples for the birth of their child and taking the baby home, through educational sessions suited to the needs and expectations of the parents-to-be 2. support couples, especially those who are vulnerable, in order to avoid parent-child relationship problems 3. provide information and key points on parenting: building family relationships ; the material, educational and emotional needs of the growing child 4. encourage better coordination among the relevant professionals and with the pregnant woman, from the antenatal to the postnatal period</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>09/27/2012 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272500/en/preparing-for-birth-and-parenthood</t>
+  </si>
+  <si>
+    <t>c_272500</t>
+  </si>
+  <si>
+    <t>Pregnancy and smoking</t>
+  </si>
+  <si>
+    <t>The following six questions were put to the jury. 1. What are the epidemiological data on maternal and paternal smoking? 2. What are the consequences of smoking on pregnancy and childbirth? 3. How should women who smoke be managed? 4. What are the short-, medium- and long-term consequences of smoking during pregnancy? 5. How in utero exposure of the fetus to smoking during the perinatal period should be managed? 6. What public health measures should be proposed or validated to reduce smoking among women?</t>
+  </si>
+  <si>
+    <t>11/30/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
+  </si>
+  <si>
+    <t>c_272381</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_953959</t>
+  </si>
+  <si>
+    <t>Anorexia nervosa</t>
+  </si>
+  <si>
+    <t>These recommendations of good practice are intended to help: to identify anorexia nervosa earlier; To improve the accompaniment of the patient and his entourage: * Improve patient management and initial orientation; * Improve hospital management when necessary and post-hospital care. * Affected are pre-teens, adolescents and young adults. The priorities for improving the quality of care defined for this work are the following.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/30/2010 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_985715/en/anorexia-nervosa</t>
+  </si>
+  <si>
+    <t>c_985715</t>
+  </si>
+  <si>
+    <t>Post-operative rehabilitation after rotator cuff tear surgery or shoulder arthroplasty: inpatient or outpatient care?</t>
+  </si>
+  <si>
+    <t>The aims of this guideline are : - to help doctors make the right decision when prescribing physiotherapy after rotator cuff surgery or shoulder arthroplasty by enabling them to assess whether the patient should be hospitalised in order to receive such care - to specify the information that needs to be exchanged between the surgeon and the physiotherapist in order to implement the patient’s postoperative rehabilitation, wherever the rehabilitation may take place.</t>
+  </si>
+  <si>
+    <t>01/23/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2008 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_613749/en/post-operative-rehabilitation-after-rotator-cuff-tear-surgery-or-shoulder-arthroplasty-inpatient-or-outpatient-care</t>
+  </si>
+  <si>
+    <t>c_613749</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+  </si>
+  <si>
+    <t>c_765529</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+  </si>
+  <si>
+    <t>c_606479</t>
+  </si>
+  <si>
+    <t>Diagnosis of uncomplicated cirrhosis</t>
+  </si>
+  <si>
+    <t>The World Health Organisation defines cirrhosis as a diffuse process characterised by fibrosis and the conversion of normal liver architecture into structurally abnormal nodules. The following guidelines concern uncomplicated cirrhosis only, i.e. the stage of the disease when patients have few or no symptoms.</t>
+  </si>
+  <si>
+    <t>12/19/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
+  </si>
+  <si>
+    <t>c_476486</t>
+  </si>
+  <si>
+    <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
+  </si>
+  <si>
+    <t>These recommendations are aimed at : - Update the definition of TIA - Specify clinical symptoms for a diagnosis - Addresse TIA prognosis - Describe tests for positive and aetiological diagnosis - Describe immediate treatment</t>
+  </si>
+  <si>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
+  </si>
+  <si>
+    <t>c_272368</t>
+  </si>
+  <si>
+    <t>Dietary consultation with a dietician</t>
+  </si>
+  <si>
+    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
+  </si>
+  <si>
+    <t>01/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
+  </si>
+  <si>
+    <t>c_272510</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+  </si>
+  <si>
+    <t>c_533480</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+  </si>
+  <si>
+    <t>c_454394</t>
+  </si>
+  <si>
+    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
+  </si>
+  <si>
+    <t>To provide guidelines on how to manage individuals with haemochromatosis who are homozygous for the C282Y mutation :# - treatment of iron overload# - treatment of complications# - counselling# - treatment in the home#</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
+  </si>
+  <si>
+    <t>c_432802</t>
+  </si>
+  <si>
+    <t>Therapeutic education for patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Therapeutic patient education is defined as helping patients acquire or maintain the competences they need to manage as well as possible their lives with a chronic disease.These guidleines concern patient education for adults and adolescents asthmatics. The topics of the guidelines are: 1. Benefit of patient education in the management of asthma 2. Place of patient education in the management of asthma 3. Approach to education of patients with asthma 4. Consistent information for continuity of care</t>
+  </si>
+  <si>
+    <t>06/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/en/therapeutic-education-for-patients-with-asthma-adults-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_271954</t>
+  </si>
+  <si>
+    <t>Screening for hepatitis C</t>
+  </si>
+  <si>
+    <t>These guidelines were established by an expert commitee. They cover who should be screened for hepatitis C and how screening should be carried out.</t>
+  </si>
+  <si>
+    <t>01/18/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2001 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271987/en/screening-for-hepatitis-c</t>
+  </si>
+  <si>
+    <t>c_271987</t>
+  </si>
+  <si>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+  </si>
+  <si>
+    <t>c_272030</t>
+  </si>
+  <si>
+    <t>Diagnostic indications for upper gastrointestinal endoscopy in oesophageal and gastroduodenal disease in adults, excluding endoscopic ultrasonography and enteroscopy</t>
+  </si>
+  <si>
+    <t>These guidelines concern three issues:# 1. Which clinical signs and/or laboratory values should lead to oesophageal and gastroduodenal imaging or endoscopy, and which form of investigation should be used?# 2. What are the upper gastrointestinal indications for diagnosis and follow-up of gastro-oesophageal reflux, ulcers, and portal hypertension without bleeding?# 3. What are the indications for duodenal biopsy?</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272101/en/diagnostic-indications-for-upper-gastrointestinal-endoscopy-in-oesophageal-and-gastroduodenal-disease-in-adults-excluding-endoscopic-ultrasonography-and-enteroscopy</t>
+  </si>
+  <si>
+    <t>c_272101</t>
+  </si>
+  <si>
+    <t>Care and monitoring of enteral access for enteral nutrition in adults in hospital and at home</t>
+  </si>
+  <si>
+    <t>Enteral accesses for enteral nutrition involve nasogastric, nasoduodenal and nasojejunal tubes, and gastrostomy and jejunostomy tubes in adults. These guidelines describe the sequences of recommended actions for inserting a nasogastric tube, and also for monitoring, daily care, and informing and educating the patients about the three possible enteral accesses. They do not cover indications for enteral nutrition, insertion of gastrostomy and jejunostomy tubes or procedures for administering or monitoring nutrition products.</t>
+  </si>
+  <si>
+    <t>04/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272139/en/care-and-monitoring-of-enteral-access-for-enteral-nutrition-in-adults-in-hospital-and-at-home</t>
+  </si>
+  <si>
+    <t>c_272139</t>
+  </si>
+  <si>
+    <t>Early vision screening in children to prevent amblyopia</t>
+  </si>
+  <si>
+    <t>These guidelines concern vision screening in children under the age of 6. The topics are: 1. Justification for vision screening 2. Populations to be screened 3. Identifying vision disorders in the general population of children aged under 6 years</t>
+  </si>
+  <si>
+    <t>10/08/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2004 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272178/en/early-vision-screening-in-children-to-prevent-amblyopia</t>
+  </si>
+  <si>
+    <t>c_272178</t>
+  </si>
+  <si>
+    <t>Periodontal disease: diagnosis and treatment</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. Definitions# 2. Classification of periodontal disease# 3. Epidemiology and risk factors# 4. Diagnosis# 5. Periodontal disease as risk factor for other diseases or situations# 6. Treatment ans treatment strategy#</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+  </si>
+  <si>
+    <t>c_272209</t>
+  </si>
+  <si>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+  </si>
+  <si>
+    <t>c_272220</t>
+  </si>
+  <si>
+    <t>Management of female urinary incontinence in general practice</t>
+  </si>
+  <si>
+    <t>These guideliens are restricted to management of urinary incontinence in women aged over 15 who are not pregnant, and exclude enuresis and urinary incontinence by neurological problems.# Summary of the guidelines:# 1. Reasons for screening for urinary incontinence in general practice# 2. Diagnosis criteria for the presence and type of urinary incontinence# 3. Initial workup of a patient with urinary incontinence in general practice# 4. Initial treatment of female urinary incontinence in general practice#</t>
+  </si>
+  <si>
+    <t>05/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272291/en/management-of-female-urinary-incontinence-in-general-practice</t>
+  </si>
+  <si>
+    <t>c_272291</t>
+  </si>
+  <si>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_272363</t>
+  </si>
+  <si>
+    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
+  </si>
+  <si>
+    <t>1. What is chronic daily headache (CDH)?# 2. How to diagnose CDH?# 3. How to manage CDH?# 4. How to identify at-risk patients ?#</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+  </si>
+  <si>
+    <t>c_272365</t>
+  </si>
+  <si>
+    <t>Doctors' attendance on detainees in police custody</t>
+  </si>
+  <si>
+    <t>Questions put to the jury : 1. What is the doctor's mandate, what is its scope and which doctor is mandated? 2. Where is a detainee examined? Under what conditions? What is the outcome? 3. How may custody conditions affect doctors' attendance and cooperation? 4. What are the features specific to medical management of detainees? 5. What should the medical certificate and record</t>
+  </si>
+  <si>
+    <t>01/18/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272395/en/doctors-attendance-on-detainees-in-police-custody</t>
+  </si>
+  <si>
+    <t>c_272395</t>
+  </si>
+  <si>
+    <t>Indications for liver transplantation (19-20 January 2005)</t>
+  </si>
+  <si>
+    <t>Questions put to the jury : # 1. What is the best way of managing patients undergoing transplantation for viral hepatitis?# 2. When is alcoholic cirrhosis an indication for liver transplantation? # 3. When should liver cancer be treated by liver transplantation? # 4. When is living donation an alternative? # 5. What are the developments with regard to indications for liver transplantation?</t>
+  </si>
+  <si>
+    <t>03/08/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
+  </si>
+  <si>
+    <t>c_272409</t>
+  </si>
+  <si>
+    <t>Primary postpartum haemorrhage</t>
+  </si>
+  <si>
+    <t>To issue guidelines that will help reduce maternal deaths in France. Primary postpartum haemorrhage was the leading cause of death between 1990 and 2000 in France.</t>
+  </si>
+  <si>
+    <t>11/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+  </si>
+  <si>
+    <t>c_272417</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>Chronic hepatitis C</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the best form of management and the care pathway for a patient coming into the ALD [Long-term condition] regime with chronic hepatitis (ALD 6: chronic active liver disease and cirrhosis).</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/15/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_434397/en/chronic-hepatitis-c</t>
+  </si>
+  <si>
+    <t>c_434397</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Syndrome de Cogan</t>
-[...77 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+    <t>Care pathway guide: overweight and obesity in children and adolescents</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and medical follow-up of children/adolescents with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of each of the professionals involved in the care pathway, and looks at the situations in which they may be called upon.</t>
+  </si>
+  <si>
+    <t>02/16/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
   </si>
   <si>
     <t>p_3321295</t>
   </si>
   <si>
-    <t>Syndrome de Cushing</t>
-[...980 lines deleted...]
-    <t>c_2666858</t>
+    <t>Symptomatic chronic systolic heart failure</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
+  </si>
+  <si>
+    <t>07/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
+  </si>
+  <si>
+    <t>c_534689</t>
+  </si>
+  <si>
+    <t>Documents for Patients</t>
+  </si>
+  <si>
+    <t>Research and treatment of Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Your doctor has prescribed a medical test to screen for Helicobacter pylori or you will receive treatment to eliminate this infection. These information leaflets are intended to accompany you and provide you with all useful information.</t>
+  </si>
+  <si>
+    <t>03/13/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>03/26/2019 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911396/en/research-and-treatment-of-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2911396</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next-generation sequencing of targeted gene panels in the diagnosis of hereditary cardiomyopathies - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this evaluation was to determine the benefit of using targeted next-generation sequencing (NGS) and gene panel analysis for identifying the molecular alterations responsible for hereditary cardiomyopathies in routine clinical practice. The aims were to define: the composition of the gene panels of interest to be sequenced and analyzed by NGS (from a blood sample); the relevance of using gene panel analysis by NGS compared with other available techniques (medical value assessed by the diagnostic yield of the method and the clinical utility of the test); the role of gene panel analyses in the diagnostic and therapeutic management strategy of hereditary cardiomyopathies.</t>
+  </si>
+  <si>
+    <t>02/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/en/next-generation-sequencing-of-targeted-gene-panels-in-the-diagnosis-of-hereditary-cardiomyopathies-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
+    <t>Assessment of the endoscopic transluminal necrosectomy procedure in the treatment of acute necrotizing pancreatitis</t>
+  </si>
+  <si>
+    <t>The objectives of this work were i) to assess the benefit/risk balance of this therapeutic procedure, compared with currently validated techniques, in order to determine the relevance of its potential coverage by the French National Health Insurance, ii) to define the specific conditions for carrying it out, and iii) to determine the organizational impact of its implementation and potential dissemination.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/16/2024 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498436/en/assessment-of-the-endoscopic-transluminal-necrosectomy-procedure-in-the-treatment-of-acute-necrotizing-pancreatitis</t>
+  </si>
+  <si>
+    <t>p_3498436</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA)  analysis in postnatal context - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA) analysis is a molecular cytogenetic technology that is used to detect quantitative variations of the genome, corresponding to chromosomal material losses or gains (deletions, duplications, insertions, abnormal chromosome numbers, etc.) compared to a reference diploid genome. This pangenomic technology has a substantially higher resolution than standard karyotype, which is considered as the gold standard for whole genome analysis. A request was made for an assessment of this technique by HAS, from the French Ministry of Health and the National Health Insurance, with a view to permanent cover under common law. CGHA was previously assessed in 2019 by HAS for use in cancer care. The aim of this assessment was to determine the current benefit of CGHA use in the postnatal context, within the scope of routine care. This involved defining the indications of interest and the role of this technology in the diagnostic strategy, in the different clinical contexts in question, as well as the conditions of its implementation.</t>
+  </si>
+  <si>
+    <t>07/13/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3453213</t>
+  </si>
+  <si>
+    <t>Metabolic surgery: surgical treatment of type 2 diabetes</t>
+  </si>
+  <si>
+    <t>Assess the benefit-risk balance of metabolic surgery, since it is a question of offering surgical management to a population currently only eligible for a pharmacological approach (oral and/or by injection) Determine, as accurately as possible, the target population liable to benefit from metabolic surgery</t>
+  </si>
+  <si>
+    <t>10/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2022 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303025/en/metabolic-surgery-surgical-treatment-of-type-2-diabetes</t>
+  </si>
+  <si>
+    <t>p_3303025</t>
+  </si>
+  <si>
+    <t>Needle-based confocal endomicroscopy for the characterisation of pancreatic cystic tumours - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The purpose of this review is to assess the benefit of adding confocal endomicroscopy to the diagnostic strategy in two different scenarios. Two assessment questions were thus selected during the definition phase: Question No. 1: What is the diagnostic added value of needle-based confocal endomicroscopy for the characterisation of pancreatic cystic lesions (diameter ≥ 2 cm) of undetermined malignant potential before the result of the needle biopsy analysis Question No. 2: What is the diagnostic added value of needle-based confocal endomicroscopy for the characterisation of pancreatic cystic lesions (diameter ≥ 2 cm) of undetermined malignant potential after the result of the cytological and biochemical analysis and tumour marker assay</t>
+  </si>
+  <si>
+    <t>07/21/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2022 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305438/en/needle-based-confocal-endomicroscopy-for-the-characterisation-of-pancreatic-cystic-tumours-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3305438</t>
+  </si>
+  <si>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3186760</t>
+  </si>
+  <si>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) associated or not with prior cytoreductive surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) consists, after prior cytoreductive surgery (curative indications, peritoneal carcinomatosis) or not (preventive indications, for the said carcinomatosis), in delivering a heated chemotherapy treatment to the abdominal cavity. The two objectives of this report were: question 1: to assess the efficacy and safety of the HIPEC procedure associated or not with prior cytoreductive surgery in order to define which indications are approved/non-approved; question 2: to define the conditions in which the HIPEC procedure is carried out associated or not with prior cytoreductive surgery, and of the ensuing hospitalisation; along with the preoperative preparation required and methods of post-hospitalisation follow-up.</t>
+  </si>
+  <si>
+    <t>06/17/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/21/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3168690</t>
+  </si>
+  <si>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3186171</t>
+  </si>
+  <si>
+    <t>Pancreatic islet transplantation - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this study was to assess the safety, efficacy and conditions for performance of pancreatic islet (or islets of Langerhans) transplantation (IT) in several indications: patients with chronically unstable insulin-dependent diabetes (type 1 diabetes) with preserved renal function (allogeneic transplantation); patients with insulin-dependent diabetes and renal failure (usually due to diabetic kidney disease) with an indication for kidney transplantation, in which case IT may be simultaneous or delayed (allogeneic transplantation); patients with insulin-dependent diabetes with a functional kidney graft and presenting an HbA1c level ≥ 7% or severe hypoglycaemia (allogeneic transplantation); patients at risk of insulinopaenic or insulin-dependent diabetes following extensive or total pancreatic surgery or following a pancreatic injury causing extensive or total devascularisation of the pancreas (autologous transplantation). This work was also conducted with a view to registration of IT on the list of joint classification of medical procedures (CCAM) and funding by the national health insurance system in France.</t>
+  </si>
+  <si>
+    <t>07/16/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3114652</t>
+  </si>
+  <si>
+    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysisThe objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysis</t>
+  </si>
+  <si>
+    <t>12/18/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/27/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3080503</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Treatment of superficial stomach cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report is to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of superficial stomach cancer presenting a low risk of node involvement, by comparison to surgery (gastrectomy) and mucosectomy (or endoscopic mucosal resection, EMR) , in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853383/en/treatment-of-superficial-stomach-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2853383</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2823990</t>
+  </si>
+  <si>
+    <t>Update of the Nomenclature of Laboratory Medicine Procedures for the diagnosis and monitoring of filariasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2801837</t>
+  </si>
+  <si>
+    <t>ASSESSMENT OF TRACHEAL VACUUM SUCTIONNING SYSTEMS</t>
+  </si>
+  <si>
+    <t>This assessment concerns medical devices for the mechanical suction of secretions of the nasopharynx, oropharynx and trachea (tracheal suction pumps) as well as their associated services. The objective is to update how these devices and associated services are reimbursed via the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>07/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2017 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641074/en/assessment-of-tracheal-vacuum-suctionning-systems</t>
+  </si>
+  <si>
+    <t>c_2641074</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the diagnosis and management of hepatitis B, C and D - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the update of the laboratory medicine procedures, reimbursement by the health insurance system in France, and to identify the indications of the procedures indicated in the diagnosis and follow-up of viral hepatitis B, C and D</t>
+  </si>
+  <si>
+    <t>01/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/16/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2653624</t>
+  </si>
+  <si>
+    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
+  </si>
+  <si>
+    <t>09/28/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2016 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2565031</t>
+  </si>
+  <si>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+  </si>
+  <si>
+    <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
+  </si>
+  <si>
+    <t>05/21/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+  </si>
+  <si>
+    <t>c_1346147</t>
+  </si>
+  <si>
+    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The main objective is to determine the clinical utility of non-invasive methods for measuring fibrosis in the initial assessment and follow-up of chronic hepatitis B in untreated adults. In the absence of sufficient demonstration of this clinical utility, the diagnostic performances of these non-invasive methods will be defined, in comparison with liver biopsy</t>
+  </si>
+  <si>
+    <t>06/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>06/19/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_1627010</t>
+  </si>
+  <si>
+    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
+  </si>
+  <si>
+    <t>In the context of the medical control of healthcare spending, the aim of this assessment requested by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) is to specify the indications and non-indications for polysomnography and respiratory polygraphy and the conditions for carrying out these examinations</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+  </si>
+  <si>
+    <t>c_1056842</t>
+  </si>
+  <si>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+  </si>
+  <si>
+    <t>c_1051506</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
-    <t>Evénement de Calendrier</t>
-[...311 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3279217/fr/regarder-en-replay-le-colloque-has-l-expertise-scientifique-face-aux-crises-refonte-ou-ajustements</t>
+    <t>Calendar Event</t>
+  </si>
+  <si>
+    <t>Online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » - November 15, 2021</t>
+  </si>
+  <si>
+    <t>The HAS is organizing an online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » Monday, November 15, 2021 from 2 pm to 5.30 pm.</t>
+  </si>
+  <si>
+    <t>07/22/2021 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279217/en/online-conference-on-scientific-expertise-in-the-face-of-crises-overhaul-or-adjustments-november-15-2021</t>
   </si>
   <si>
     <t>p_3279217</t>
   </si>
   <si>
-    <t>Commission de la Transparence - Réunion à distance du 3 mars 2021</t>
-[...746 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+    <t>Event</t>
+  </si>
+  <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>De nouveaux choix pour soigner mieux - Rapport d'analyse prospective 2018</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
+    <t>Good practice guidelines on health apps and smart devices (mobile health or mhealth)</t>
+  </si>
+  <si>
+    <t>This contribution from HAS aims to provide guidance for, promote use of increase confidence in health apps and smart devices, by supplying good practice guidelines for manufacturers and evaluator (evaluating bodies, consumer associations or medical professional organisations), who can use them for their own assessments.</t>
+  </si>
+  <si>
+    <t>10/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/en/good-practice-guidelines-on-health-apps-and-smart-devices-mobile-health-or-mhealth</t>
   </si>
   <si>
     <t>c_2681915</t>
   </si>
   <si>
-    <t>Expérimentation article 70</t>
-[...101 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>Human papillomavirus vaccination: extension of the catch-up vaccination cohort to men and women up to and including 26 years of age</t>
+  </si>
+  <si>
+    <t>The HAS recommends extending HPV catch-up vaccination using the Gardasil 9 vaccine to all young adults up to and including 26 years of age, while highlighting that the priority remains vaccination of adolescents aged 11 to 14 years.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/13/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
+  </si>
+  <si>
+    <t>p_3605114</t>
+  </si>
+  <si>
+    <t>Recommendation on extending HPV vaccination to boys</t>
+  </si>
+  <si>
+    <t>Following its assessment, the HAS is in favour of extending HPV vaccination to boys in the French vaccination schedule.</t>
+  </si>
+  <si>
+    <t>12/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/16/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/en/recommendation-on-extending-hpv-vaccination-to-boys</t>
+  </si>
+  <si>
+    <t>p_3116022</t>
+  </si>
+  <si>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Supporting and encouraging public engagement in social and health care organisations</t>
+  </si>
+  <si>
+    <t>This HAS guideline promotes the involvement of people cared or supported in all its forms as an integral part of the quality of health and social care. These recommendations aim to promote participatory approaches in all sectors: health, social and medico-social care. This first guideline, which offers a base of knowledge and a glossary [in French], will be followed by operational work.</t>
+  </si>
+  <si>
+    <t>09/22/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/en/supporting-and-encouraging-public-engagement-in-social-and-health-care-organisations</t>
   </si>
   <si>
     <t>p_3201812</t>
   </si>
   <si>
-    <t>Choisir sa contraception avec un professionnel de santé</t>
-[...5864 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>Early access to medicinal products</t>
+  </si>
+  <si>
+    <t>The Transparency Committee (TC) of the French National Authority for Health (HAS) is responsible for the scientific and medical assessment of medicinal products when pharmaceuticals companies submit applications to the French Minister of Health for registration on the lists of medicinal products reimbursed by National Health Insurance.</t>
+  </si>
+  <si>
+    <t>07/01/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/en/early-access-to-medicinal-products</t>
   </si>
   <si>
     <t>r_1500918</t>
   </si>
   <si>
-    <t>Programme « santé mentale et psychiatrie » de la HAS</t>
-[...337 lines deleted...]
-  <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>30/04/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>04/30/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
-  </si>
-[...55 lines deleted...]
-    <t>c_865974</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J64"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...10 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="E3" t="s">
-[...1968 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2689</v>
+        <v>570</v>
       </c>
       <c r="B2" t="s">
-        <v>2690</v>
+        <v>571</v>
       </c>
       <c r="C2" t="s">
-        <v>2691</v>
+        <v>572</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2692</v>
+        <v>573</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2693</v>
+        <v>574</v>
       </c>
       <c r="H2" t="s">
-        <v>2694</v>
-[...415 lines deleted...]
-        <v>2769</v>
+        <v>575</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H49"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2770</v>
+        <v>576</v>
       </c>
       <c r="B2" t="s">
-        <v>2771</v>
+        <v>577</v>
       </c>
       <c r="C2" t="s">
-        <v>2772</v>
+        <v>578</v>
       </c>
       <c r="D2" t="s">
-        <v>2773</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2774</v>
+        <v>579</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2775</v>
+        <v>580</v>
       </c>
       <c r="H2" t="s">
-        <v>2776</v>
+        <v>581</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2770</v>
+        <v>576</v>
       </c>
       <c r="B3" t="s">
-        <v>2777</v>
+        <v>582</v>
       </c>
       <c r="C3" t="s">
-        <v>2778</v>
+        <v>583</v>
       </c>
       <c r="D3" t="s">
-        <v>2779</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2780</v>
+        <v>584</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2781</v>
+        <v>585</v>
       </c>
       <c r="H3" t="s">
-        <v>2782</v>
-[...1195 lines deleted...]
-        <v>3046</v>
+        <v>586</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H16"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3047</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>3048</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>3048</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>3049</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>1210</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3050</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>3051</v>
+        <v>28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3047</v>
+        <v>22</v>
       </c>
       <c r="B3" t="s">
-        <v>3052</v>
+        <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>3053</v>
+        <v>30</v>
       </c>
       <c r="D3" t="s">
-        <v>3054</v>
+        <v>31</v>
       </c>
       <c r="E3" t="s">
-        <v>1215</v>
+        <v>32</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3055</v>
+        <v>33</v>
       </c>
       <c r="H3" t="s">
-        <v>3056</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3047</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>3057</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
-        <v>3057</v>
+        <v>36</v>
       </c>
       <c r="D4" t="s">
-        <v>3058</v>
+        <v>37</v>
       </c>
       <c r="E4" t="s">
-        <v>3059</v>
+        <v>38</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3060</v>
+        <v>39</v>
       </c>
       <c r="H4" t="s">
-        <v>3061</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3047</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>3062</v>
+        <v>41</v>
       </c>
       <c r="C5" t="s">
-        <v>3063</v>
+        <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>3064</v>
+        <v>43</v>
       </c>
       <c r="E5" t="s">
-        <v>3065</v>
+        <v>44</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3066</v>
+        <v>45</v>
       </c>
       <c r="H5" t="s">
-        <v>3067</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3047</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>3068</v>
+        <v>47</v>
       </c>
       <c r="C6" t="s">
-        <v>3069</v>
+        <v>48</v>
       </c>
       <c r="D6" t="s">
-        <v>3070</v>
+        <v>49</v>
       </c>
       <c r="E6" t="s">
-        <v>3071</v>
+        <v>50</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3072</v>
+        <v>51</v>
       </c>
       <c r="H6" t="s">
-        <v>3073</v>
+        <v>52</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3047</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>3074</v>
+        <v>53</v>
       </c>
       <c r="C7" t="s">
-        <v>3075</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
-        <v>3076</v>
+        <v>54</v>
       </c>
       <c r="E7" t="s">
-        <v>3077</v>
+        <v>55</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>3078</v>
+        <v>56</v>
       </c>
       <c r="H7" t="s">
-        <v>3079</v>
-[...233 lines deleted...]
-        <v>3132</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:H58"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3135</v>
+        <v>58</v>
       </c>
       <c r="B2" t="s">
-        <v>3136</v>
+        <v>59</v>
       </c>
       <c r="C2" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E2" t="s">
-        <v>3137</v>
+        <v>62</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3138</v>
+        <v>63</v>
       </c>
       <c r="H2" t="s">
-        <v>3139</v>
-[...14 lines deleted...]
-        <v>3144</v>
+        <v>64</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D3" t="s">
+        <v>67</v>
+      </c>
+      <c r="E3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>69</v>
+      </c>
+      <c r="H3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D4" t="s">
+        <v>73</v>
+      </c>
+      <c r="E4" t="s">
+        <v>74</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>75</v>
+      </c>
+      <c r="H4" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B5" t="s">
+        <v>77</v>
+      </c>
+      <c r="C5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D5" t="s">
+        <v>73</v>
+      </c>
+      <c r="E5" t="s">
+        <v>74</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>78</v>
+      </c>
+      <c r="H5" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C6" t="s">
+        <v>81</v>
+      </c>
+      <c r="D6" t="s">
+        <v>73</v>
+      </c>
+      <c r="E6" t="s">
+        <v>82</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>83</v>
+      </c>
+      <c r="H6" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>85</v>
+      </c>
+      <c r="C7" t="s">
+        <v>81</v>
+      </c>
+      <c r="D7" t="s">
+        <v>73</v>
+      </c>
+      <c r="E7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>86</v>
+      </c>
+      <c r="H7" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>88</v>
+      </c>
+      <c r="C8" t="s">
+        <v>89</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>90</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>91</v>
+      </c>
+      <c r="H8" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" t="s">
+        <v>93</v>
+      </c>
+      <c r="C9" t="s">
+        <v>89</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>94</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>95</v>
+      </c>
+      <c r="H9" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C10" t="s">
+        <v>98</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>82</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>99</v>
+      </c>
+      <c r="H10" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>58</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>102</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>103</v>
+      </c>
+      <c r="H11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>73</v>
+      </c>
+      <c r="E12" t="s">
+        <v>102</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>106</v>
+      </c>
+      <c r="H12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>80</v>
+      </c>
+      <c r="C13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D13" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" t="s">
+        <v>108</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>109</v>
+      </c>
+      <c r="H13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" t="s">
+        <v>81</v>
+      </c>
+      <c r="D14" t="s">
+        <v>73</v>
+      </c>
+      <c r="E14" t="s">
+        <v>111</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>112</v>
+      </c>
+      <c r="H14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>58</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D15" t="s">
+        <v>116</v>
+      </c>
+      <c r="E15" t="s">
+        <v>117</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>118</v>
+      </c>
+      <c r="H15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>121</v>
+      </c>
+      <c r="D16" t="s">
+        <v>122</v>
+      </c>
+      <c r="E16" t="s">
+        <v>123</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>124</v>
+      </c>
+      <c r="H16" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>58</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>127</v>
+      </c>
+      <c r="D17" t="s">
+        <v>128</v>
+      </c>
+      <c r="E17" t="s">
+        <v>129</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>130</v>
+      </c>
+      <c r="H17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>58</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>133</v>
+      </c>
+      <c r="D18" t="s">
+        <v>134</v>
+      </c>
+      <c r="E18" t="s">
+        <v>135</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>136</v>
+      </c>
+      <c r="H18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>58</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>139</v>
+      </c>
+      <c r="D19" t="s">
+        <v>140</v>
+      </c>
+      <c r="E19" t="s">
+        <v>141</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>142</v>
+      </c>
+      <c r="H19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>145</v>
+      </c>
+      <c r="D20" t="s">
+        <v>146</v>
+      </c>
+      <c r="E20" t="s">
+        <v>147</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>148</v>
+      </c>
+      <c r="H20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>151</v>
+      </c>
+      <c r="D21" t="s">
+        <v>152</v>
+      </c>
+      <c r="E21" t="s">
+        <v>153</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>154</v>
+      </c>
+      <c r="H21" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>157</v>
+      </c>
+      <c r="D22" t="s">
+        <v>152</v>
+      </c>
+      <c r="E22" t="s">
+        <v>158</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>159</v>
+      </c>
+      <c r="H22" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>58</v>
+      </c>
+      <c r="B23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" t="s">
+        <v>162</v>
+      </c>
+      <c r="D23" t="s">
+        <v>163</v>
+      </c>
+      <c r="E23" t="s">
+        <v>164</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>165</v>
+      </c>
+      <c r="H23" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>58</v>
+      </c>
+      <c r="B24" t="s">
+        <v>167</v>
+      </c>
+      <c r="C24" t="s">
+        <v>168</v>
+      </c>
+      <c r="D24" t="s">
+        <v>169</v>
+      </c>
+      <c r="E24" t="s">
+        <v>170</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>171</v>
+      </c>
+      <c r="H24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>58</v>
+      </c>
+      <c r="B25" t="s">
+        <v>173</v>
+      </c>
+      <c r="C25" t="s">
+        <v>174</v>
+      </c>
+      <c r="D25" t="s">
+        <v>175</v>
+      </c>
+      <c r="E25" t="s">
+        <v>176</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>177</v>
+      </c>
+      <c r="H25" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>58</v>
+      </c>
+      <c r="B26" t="s">
+        <v>179</v>
+      </c>
+      <c r="C26" t="s">
+        <v>180</v>
+      </c>
+      <c r="D26" t="s">
+        <v>175</v>
+      </c>
+      <c r="E26" t="s">
+        <v>176</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>181</v>
+      </c>
+      <c r="H26" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" t="s">
+        <v>183</v>
+      </c>
+      <c r="C27" t="s">
+        <v>184</v>
+      </c>
+      <c r="D27" t="s">
+        <v>185</v>
+      </c>
+      <c r="E27" t="s">
+        <v>186</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>187</v>
+      </c>
+      <c r="H27" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" t="s">
+        <v>189</v>
+      </c>
+      <c r="C28" t="s">
+        <v>190</v>
+      </c>
+      <c r="D28" t="s">
+        <v>191</v>
+      </c>
+      <c r="E28" t="s">
+        <v>192</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>193</v>
+      </c>
+      <c r="H28" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" t="s">
+        <v>195</v>
+      </c>
+      <c r="C29" t="s">
+        <v>196</v>
+      </c>
+      <c r="D29" t="s">
+        <v>197</v>
+      </c>
+      <c r="E29" t="s">
+        <v>198</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>199</v>
+      </c>
+      <c r="H29" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>58</v>
+      </c>
+      <c r="B30" t="s">
+        <v>201</v>
+      </c>
+      <c r="C30" t="s">
+        <v>202</v>
+      </c>
+      <c r="D30" t="s">
+        <v>203</v>
+      </c>
+      <c r="E30" t="s">
+        <v>204</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>205</v>
+      </c>
+      <c r="H30" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" t="s">
+        <v>207</v>
+      </c>
+      <c r="C31" t="s">
+        <v>208</v>
+      </c>
+      <c r="D31" t="s">
+        <v>209</v>
+      </c>
+      <c r="E31" t="s">
+        <v>210</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>211</v>
+      </c>
+      <c r="H31" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>58</v>
+      </c>
+      <c r="B32" t="s">
+        <v>213</v>
+      </c>
+      <c r="C32" t="s">
+        <v>214</v>
+      </c>
+      <c r="D32" t="s">
+        <v>215</v>
+      </c>
+      <c r="E32" t="s">
+        <v>216</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>217</v>
+      </c>
+      <c r="H32" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>58</v>
+      </c>
+      <c r="B33" t="s">
+        <v>219</v>
+      </c>
+      <c r="C33" t="s">
+        <v>220</v>
+      </c>
+      <c r="D33" t="s">
+        <v>221</v>
+      </c>
+      <c r="E33" t="s">
+        <v>222</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>223</v>
+      </c>
+      <c r="H33" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>58</v>
+      </c>
+      <c r="B34" t="s">
+        <v>225</v>
+      </c>
+      <c r="C34" t="s">
+        <v>226</v>
+      </c>
+      <c r="D34" t="s">
+        <v>227</v>
+      </c>
+      <c r="E34" t="s">
+        <v>228</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>229</v>
+      </c>
+      <c r="H34" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>58</v>
+      </c>
+      <c r="B35" t="s">
+        <v>231</v>
+      </c>
+      <c r="C35" t="s">
+        <v>232</v>
+      </c>
+      <c r="D35" t="s">
+        <v>233</v>
+      </c>
+      <c r="E35" t="s">
+        <v>234</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>235</v>
+      </c>
+      <c r="H35" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>58</v>
+      </c>
+      <c r="B36" t="s">
+        <v>237</v>
+      </c>
+      <c r="C36" t="s">
+        <v>238</v>
+      </c>
+      <c r="D36" t="s">
+        <v>239</v>
+      </c>
+      <c r="E36" t="s">
+        <v>240</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>241</v>
+      </c>
+      <c r="H36" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>58</v>
+      </c>
+      <c r="B37" t="s">
+        <v>243</v>
+      </c>
+      <c r="C37" t="s">
+        <v>244</v>
+      </c>
+      <c r="D37" t="s">
+        <v>245</v>
+      </c>
+      <c r="E37" t="s">
+        <v>246</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>247</v>
+      </c>
+      <c r="H37" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>58</v>
+      </c>
+      <c r="B38" t="s">
+        <v>249</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>250</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>251</v>
+      </c>
+      <c r="H38" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>58</v>
+      </c>
+      <c r="B39" t="s">
+        <v>253</v>
+      </c>
+      <c r="C39" t="s">
+        <v>254</v>
+      </c>
+      <c r="D39" t="s">
+        <v>255</v>
+      </c>
+      <c r="E39" t="s">
+        <v>256</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>257</v>
+      </c>
+      <c r="H39" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>58</v>
+      </c>
+      <c r="B40" t="s">
+        <v>259</v>
+      </c>
+      <c r="C40" t="s">
+        <v>260</v>
+      </c>
+      <c r="D40" t="s">
+        <v>261</v>
+      </c>
+      <c r="E40" t="s">
+        <v>262</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>263</v>
+      </c>
+      <c r="H40" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>58</v>
+      </c>
+      <c r="B41" t="s">
+        <v>265</v>
+      </c>
+      <c r="C41" t="s">
+        <v>266</v>
+      </c>
+      <c r="D41" t="s">
+        <v>267</v>
+      </c>
+      <c r="E41" t="s">
+        <v>268</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>269</v>
+      </c>
+      <c r="H41" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>58</v>
+      </c>
+      <c r="B42" t="s">
+        <v>271</v>
+      </c>
+      <c r="C42" t="s">
+        <v>272</v>
+      </c>
+      <c r="D42" t="s">
+        <v>273</v>
+      </c>
+      <c r="E42" t="s">
+        <v>274</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>275</v>
+      </c>
+      <c r="H42" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>58</v>
+      </c>
+      <c r="B43" t="s">
+        <v>277</v>
+      </c>
+      <c r="C43" t="s">
+        <v>278</v>
+      </c>
+      <c r="D43" t="s">
+        <v>279</v>
+      </c>
+      <c r="E43" t="s">
+        <v>280</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>281</v>
+      </c>
+      <c r="H43" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>58</v>
+      </c>
+      <c r="B44" t="s">
+        <v>283</v>
+      </c>
+      <c r="C44" t="s">
+        <v>284</v>
+      </c>
+      <c r="D44" t="s">
+        <v>285</v>
+      </c>
+      <c r="E44" t="s">
+        <v>286</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>287</v>
+      </c>
+      <c r="H44" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>58</v>
+      </c>
+      <c r="B45" t="s">
+        <v>289</v>
+      </c>
+      <c r="C45" t="s">
+        <v>290</v>
+      </c>
+      <c r="D45" t="s">
+        <v>291</v>
+      </c>
+      <c r="E45" t="s">
+        <v>291</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>292</v>
+      </c>
+      <c r="H45" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>58</v>
+      </c>
+      <c r="B46" t="s">
+        <v>294</v>
+      </c>
+      <c r="C46" t="s">
+        <v>295</v>
+      </c>
+      <c r="D46" t="s">
+        <v>296</v>
+      </c>
+      <c r="E46" t="s">
+        <v>297</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>298</v>
+      </c>
+      <c r="H46" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>58</v>
+      </c>
+      <c r="B47" t="s">
+        <v>300</v>
+      </c>
+      <c r="C47" t="s">
+        <v>301</v>
+      </c>
+      <c r="D47" t="s">
+        <v>302</v>
+      </c>
+      <c r="E47" t="s">
+        <v>302</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>303</v>
+      </c>
+      <c r="H47" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>58</v>
+      </c>
+      <c r="B48" t="s">
+        <v>305</v>
+      </c>
+      <c r="C48" t="s">
+        <v>306</v>
+      </c>
+      <c r="D48" t="s">
+        <v>307</v>
+      </c>
+      <c r="E48" t="s">
+        <v>307</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>308</v>
+      </c>
+      <c r="H48" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>58</v>
+      </c>
+      <c r="B49" t="s">
+        <v>310</v>
+      </c>
+      <c r="C49" t="s">
+        <v>311</v>
+      </c>
+      <c r="D49" t="s">
+        <v>312</v>
+      </c>
+      <c r="E49" t="s">
+        <v>312</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>313</v>
+      </c>
+      <c r="H49" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>58</v>
+      </c>
+      <c r="B50" t="s">
+        <v>315</v>
+      </c>
+      <c r="C50" t="s">
+        <v>316</v>
+      </c>
+      <c r="D50" t="s">
+        <v>317</v>
+      </c>
+      <c r="E50" t="s">
+        <v>318</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>319</v>
+      </c>
+      <c r="H50" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>58</v>
+      </c>
+      <c r="B51" t="s">
+        <v>321</v>
+      </c>
+      <c r="C51" t="s">
+        <v>322</v>
+      </c>
+      <c r="D51" t="s">
+        <v>323</v>
+      </c>
+      <c r="E51" t="s">
+        <v>324</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>325</v>
+      </c>
+      <c r="H51" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>58</v>
+      </c>
+      <c r="B52" t="s">
+        <v>327</v>
+      </c>
+      <c r="C52" t="s">
+        <v>328</v>
+      </c>
+      <c r="D52" t="s">
+        <v>323</v>
+      </c>
+      <c r="E52" t="s">
+        <v>324</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>329</v>
+      </c>
+      <c r="H52" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>58</v>
+      </c>
+      <c r="B53" t="s">
+        <v>331</v>
+      </c>
+      <c r="C53" t="s">
+        <v>332</v>
+      </c>
+      <c r="D53" t="s">
+        <v>333</v>
+      </c>
+      <c r="E53" t="s">
+        <v>334</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>335</v>
+      </c>
+      <c r="H53" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>58</v>
+      </c>
+      <c r="B54" t="s">
+        <v>337</v>
+      </c>
+      <c r="C54" t="s">
+        <v>338</v>
+      </c>
+      <c r="D54" t="s">
+        <v>339</v>
+      </c>
+      <c r="E54" t="s">
+        <v>38</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>340</v>
+      </c>
+      <c r="H54" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>58</v>
+      </c>
+      <c r="B55" t="s">
+        <v>342</v>
+      </c>
+      <c r="C55" t="s">
+        <v>343</v>
+      </c>
+      <c r="D55" t="s">
+        <v>339</v>
+      </c>
+      <c r="E55" t="s">
+        <v>38</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>344</v>
+      </c>
+      <c r="H55" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>58</v>
+      </c>
+      <c r="B56" t="s">
+        <v>346</v>
+      </c>
+      <c r="C56" t="s">
+        <v>347</v>
+      </c>
+      <c r="D56" t="s">
+        <v>348</v>
+      </c>
+      <c r="E56" t="s">
+        <v>349</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>350</v>
+      </c>
+      <c r="H56" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>58</v>
+      </c>
+      <c r="B57" t="s">
+        <v>352</v>
+      </c>
+      <c r="C57" t="s">
+        <v>353</v>
+      </c>
+      <c r="D57" t="s">
+        <v>354</v>
+      </c>
+      <c r="E57" t="s">
+        <v>355</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>356</v>
+      </c>
+      <c r="H57" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>58</v>
+      </c>
+      <c r="B58" t="s">
+        <v>358</v>
+      </c>
+      <c r="C58" t="s">
+        <v>359</v>
+      </c>
+      <c r="D58" t="s">
+        <v>360</v>
+      </c>
+      <c r="E58" t="s">
+        <v>361</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>362</v>
+      </c>
+      <c r="H58" t="s">
+        <v>363</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H37"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3145</v>
+        <v>364</v>
       </c>
       <c r="B2" t="s">
-        <v>3146</v>
+        <v>365</v>
       </c>
       <c r="C2" t="s">
-        <v>3147</v>
+        <v>366</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>367</v>
       </c>
       <c r="E2" t="s">
-        <v>3148</v>
+        <v>368</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3149</v>
+        <v>369</v>
       </c>
       <c r="H2" t="s">
-        <v>3150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3145</v>
+        <v>364</v>
       </c>
       <c r="B3" t="s">
-        <v>3151</v>
+        <v>371</v>
       </c>
       <c r="C3" t="s">
-        <v>3152</v>
+        <v>372</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>373</v>
       </c>
       <c r="E3" t="s">
-        <v>3148</v>
+        <v>374</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3153</v>
+        <v>375</v>
       </c>
       <c r="H3" t="s">
-        <v>3154</v>
+        <v>376</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3145</v>
+        <v>364</v>
       </c>
       <c r="B4" t="s">
-        <v>3155</v>
+        <v>377</v>
       </c>
       <c r="C4" t="s">
-        <v>3156</v>
+        <v>378</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>3157</v>
+        <v>379</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3158</v>
+        <v>380</v>
       </c>
       <c r="H4" t="s">
-        <v>3159</v>
+        <v>381</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3145</v>
+        <v>364</v>
       </c>
       <c r="B5" t="s">
-        <v>3160</v>
+        <v>382</v>
       </c>
       <c r="C5" t="s">
-        <v>3161</v>
+        <v>383</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>384</v>
       </c>
       <c r="E5" t="s">
-        <v>3162</v>
+        <v>385</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3163</v>
+        <v>386</v>
       </c>
       <c r="H5" t="s">
-        <v>3164</v>
+        <v>387</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3145</v>
+        <v>364</v>
       </c>
       <c r="B6" t="s">
-        <v>3165</v>
+        <v>388</v>
       </c>
       <c r="C6" t="s">
-        <v>3166</v>
+        <v>389</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>390</v>
       </c>
       <c r="E6" t="s">
-        <v>3167</v>
+        <v>391</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3168</v>
+        <v>392</v>
       </c>
       <c r="H6" t="s">
-        <v>3169</v>
-[...805 lines deleted...]
-        <v>3321</v>
+        <v>393</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H91"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>375</v>
+        <v>394</v>
       </c>
       <c r="B2" t="s">
-        <v>376</v>
+        <v>395</v>
       </c>
       <c r="C2" t="s">
-        <v>377</v>
+        <v>396</v>
       </c>
       <c r="D2" t="s">
-        <v>378</v>
+        <v>397</v>
       </c>
       <c r="E2" t="s">
-        <v>379</v>
+        <v>398</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>380</v>
+        <v>399</v>
       </c>
       <c r="H2" t="s">
-        <v>381</v>
-[...93 lines deleted...]
-      <c r="E6" t="s">
         <v>400</v>
-      </c>
-[...2217 lines deleted...]
-        <v>809</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I66"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B2" t="s">
-        <v>812</v>
+        <v>402</v>
       </c>
       <c r="C2" t="s">
-        <v>813</v>
+        <v>403</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>404</v>
       </c>
       <c r="E2" t="s">
-        <v>814</v>
+        <v>405</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>815</v>
+        <v>406</v>
       </c>
       <c r="H2" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-        <v>817</v>
+        <v>407</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B3" t="s">
-        <v>818</v>
+        <v>408</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>409</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>410</v>
       </c>
       <c r="E3" t="s">
-        <v>819</v>
+        <v>411</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>820</v>
+        <v>412</v>
       </c>
       <c r="H3" t="s">
-        <v>821</v>
-[...2 lines deleted...]
-        <v>822</v>
+        <v>413</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B4" t="s">
-        <v>823</v>
+        <v>414</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>415</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>373</v>
       </c>
       <c r="E4" t="s">
-        <v>824</v>
+        <v>416</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>825</v>
+        <v>417</v>
       </c>
       <c r="H4" t="s">
-        <v>826</v>
-[...2 lines deleted...]
-        <v>827</v>
+        <v>418</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B5" t="s">
-        <v>828</v>
+        <v>419</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>420</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>421</v>
       </c>
       <c r="E5" t="s">
-        <v>829</v>
+        <v>422</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>830</v>
+        <v>423</v>
       </c>
       <c r="H5" t="s">
-        <v>831</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>424</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B6" t="s">
-        <v>833</v>
+        <v>425</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>426</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>427</v>
       </c>
       <c r="E6" t="s">
-        <v>834</v>
+        <v>428</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>835</v>
+        <v>429</v>
       </c>
       <c r="H6" t="s">
-        <v>836</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>430</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B7" t="s">
-        <v>837</v>
+        <v>431</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>432</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>433</v>
       </c>
       <c r="E7" t="s">
-        <v>838</v>
+        <v>434</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>839</v>
+        <v>435</v>
       </c>
       <c r="H7" t="s">
-        <v>840</v>
-[...2 lines deleted...]
-        <v>822</v>
+        <v>436</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B8" t="s">
-        <v>841</v>
+        <v>437</v>
       </c>
       <c r="C8" t="s">
-        <v>842</v>
+        <v>438</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>439</v>
       </c>
       <c r="E8" t="s">
-        <v>843</v>
+        <v>440</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>844</v>
+        <v>441</v>
       </c>
       <c r="H8" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-        <v>817</v>
+        <v>442</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B9" t="s">
-        <v>846</v>
+        <v>443</v>
       </c>
       <c r="C9" t="s">
-        <v>15</v>
+        <v>444</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>445</v>
       </c>
       <c r="E9" t="s">
-        <v>847</v>
+        <v>446</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>848</v>
+        <v>447</v>
       </c>
       <c r="H9" t="s">
-        <v>849</v>
-[...2 lines deleted...]
-        <v>822</v>
+        <v>448</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B10" t="s">
-        <v>850</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
-        <v>15</v>
+        <v>450</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>451</v>
       </c>
       <c r="E10" t="s">
-        <v>851</v>
+        <v>452</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>852</v>
+        <v>453</v>
       </c>
       <c r="H10" t="s">
-        <v>853</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>454</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B11" t="s">
-        <v>854</v>
+        <v>455</v>
       </c>
       <c r="C11" t="s">
-        <v>15</v>
+        <v>456</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>457</v>
       </c>
       <c r="E11" t="s">
-        <v>855</v>
+        <v>458</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>856</v>
+        <v>459</v>
       </c>
       <c r="H11" t="s">
-        <v>857</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>460</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B12" t="s">
-        <v>858</v>
+        <v>461</v>
       </c>
       <c r="C12" t="s">
-        <v>15</v>
+        <v>462</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>463</v>
       </c>
       <c r="E12" t="s">
-        <v>859</v>
+        <v>464</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>860</v>
+        <v>465</v>
       </c>
       <c r="H12" t="s">
-        <v>861</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>466</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B13" t="s">
-        <v>862</v>
+        <v>467</v>
       </c>
       <c r="C13" t="s">
-        <v>15</v>
+        <v>468</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>163</v>
       </c>
       <c r="E13" t="s">
-        <v>863</v>
+        <v>469</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>864</v>
+        <v>470</v>
       </c>
       <c r="H13" t="s">
-        <v>865</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>471</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B14" t="s">
-        <v>866</v>
+        <v>472</v>
       </c>
       <c r="C14" t="s">
-        <v>15</v>
+        <v>473</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>474</v>
       </c>
       <c r="E14" t="s">
-        <v>867</v>
+        <v>475</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>868</v>
+        <v>476</v>
       </c>
       <c r="H14" t="s">
-        <v>869</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>477</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B15" t="s">
-        <v>870</v>
+        <v>478</v>
       </c>
       <c r="C15" t="s">
-        <v>15</v>
+        <v>479</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>480</v>
       </c>
       <c r="E15" t="s">
-        <v>871</v>
+        <v>481</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>872</v>
+        <v>482</v>
       </c>
       <c r="H15" t="s">
-        <v>873</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>483</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B16" t="s">
-        <v>874</v>
+        <v>484</v>
       </c>
       <c r="C16" t="s">
-        <v>15</v>
+        <v>485</v>
       </c>
       <c r="D16" t="s">
-        <v>15</v>
+        <v>486</v>
       </c>
       <c r="E16" t="s">
-        <v>875</v>
+        <v>487</v>
       </c>
       <c r="F16" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>876</v>
+        <v>488</v>
       </c>
       <c r="H16" t="s">
-        <v>877</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>489</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B17" t="s">
-        <v>878</v>
+        <v>490</v>
       </c>
       <c r="C17" t="s">
-        <v>15</v>
+        <v>491</v>
       </c>
       <c r="D17" t="s">
-        <v>15</v>
+        <v>492</v>
       </c>
       <c r="E17" t="s">
-        <v>879</v>
+        <v>493</v>
       </c>
       <c r="F17" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>880</v>
+        <v>494</v>
       </c>
       <c r="H17" t="s">
-        <v>881</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>495</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B18" t="s">
-        <v>882</v>
+        <v>496</v>
       </c>
       <c r="C18" t="s">
-        <v>15</v>
+        <v>497</v>
       </c>
       <c r="D18" t="s">
-        <v>15</v>
+        <v>498</v>
       </c>
       <c r="E18" t="s">
-        <v>879</v>
+        <v>499</v>
       </c>
       <c r="F18" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>883</v>
+        <v>500</v>
       </c>
       <c r="H18" t="s">
-        <v>884</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>501</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B19" t="s">
-        <v>885</v>
+        <v>502</v>
       </c>
       <c r="C19" t="s">
-        <v>15</v>
+        <v>503</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>504</v>
       </c>
       <c r="E19" t="s">
-        <v>886</v>
+        <v>505</v>
       </c>
       <c r="F19" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>887</v>
+        <v>506</v>
       </c>
       <c r="H19" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>507</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B20" t="s">
-        <v>889</v>
+        <v>508</v>
       </c>
       <c r="C20" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D20" t="s">
-        <v>15</v>
+        <v>509</v>
       </c>
       <c r="E20" t="s">
-        <v>890</v>
+        <v>510</v>
       </c>
       <c r="F20" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>891</v>
+        <v>511</v>
       </c>
       <c r="H20" t="s">
-        <v>892</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>512</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B21" t="s">
-        <v>893</v>
+        <v>513</v>
       </c>
       <c r="C21" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D21" t="s">
-        <v>15</v>
+        <v>514</v>
       </c>
       <c r="E21" t="s">
-        <v>894</v>
+        <v>515</v>
       </c>
       <c r="F21" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>895</v>
+        <v>516</v>
       </c>
       <c r="H21" t="s">
-        <v>896</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>517</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B22" t="s">
-        <v>897</v>
+        <v>518</v>
       </c>
       <c r="C22" t="s">
-        <v>15</v>
+        <v>519</v>
       </c>
       <c r="D22" t="s">
-        <v>15</v>
+        <v>520</v>
       </c>
       <c r="E22" t="s">
-        <v>898</v>
+        <v>521</v>
       </c>
       <c r="F22" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>899</v>
+        <v>522</v>
       </c>
       <c r="H22" t="s">
-        <v>900</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>523</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B23" t="s">
-        <v>901</v>
+        <v>524</v>
       </c>
       <c r="C23" t="s">
-        <v>15</v>
+        <v>525</v>
       </c>
       <c r="D23" t="s">
-        <v>15</v>
+        <v>526</v>
       </c>
       <c r="E23" t="s">
-        <v>902</v>
+        <v>527</v>
       </c>
       <c r="F23" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>903</v>
+        <v>528</v>
       </c>
       <c r="H23" t="s">
-        <v>904</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>529</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>811</v>
+        <v>401</v>
       </c>
       <c r="B24" t="s">
-        <v>905</v>
+        <v>530</v>
       </c>
       <c r="C24" t="s">
-        <v>15</v>
+        <v>531</v>
       </c>
       <c r="D24" t="s">
-        <v>15</v>
+        <v>532</v>
       </c>
       <c r="E24" t="s">
-        <v>906</v>
+        <v>533</v>
       </c>
       <c r="F24" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>907</v>
+        <v>534</v>
       </c>
       <c r="H24" t="s">
-        <v>908</v>
-[...1220 lines deleted...]
-        <v>832</v>
+        <v>535</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:I1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>536</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1077</v>
+        <v>537</v>
       </c>
       <c r="B2" t="s">
-        <v>1078</v>
+        <v>538</v>
       </c>
       <c r="C2" t="s">
-        <v>1079</v>
+        <v>539</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1080</v>
+        <v>540</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1081</v>
+        <v>541</v>
       </c>
       <c r="H2" t="s">
-        <v>1082</v>
-[...545 lines deleted...]
-        <v>1203</v>
+        <v>542</v>
+      </c>
+      <c r="I2" t="s">
+        <v>543</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1204</v>
+        <v>544</v>
       </c>
       <c r="B2" t="s">
-        <v>1205</v>
+        <v>545</v>
       </c>
       <c r="C2" t="s">
-        <v>15</v>
+        <v>546</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>547</v>
       </c>
       <c r="E2" t="s">
-        <v>1206</v>
+        <v>548</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1207</v>
+        <v>549</v>
       </c>
       <c r="H2" t="s">
-        <v>1208</v>
+        <v>550</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1204</v>
+        <v>544</v>
       </c>
       <c r="B3" t="s">
-        <v>1209</v>
+        <v>551</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>552</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>553</v>
       </c>
       <c r="E3" t="s">
-        <v>1210</v>
+        <v>554</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1211</v>
+        <v>555</v>
       </c>
       <c r="H3" t="s">
-        <v>1212</v>
-[...233 lines deleted...]
-        <v>1253</v>
+        <v>556</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1254</v>
+        <v>557</v>
       </c>
       <c r="B2" t="s">
-        <v>1255</v>
+        <v>558</v>
       </c>
       <c r="C2" t="s">
-        <v>1256</v>
+        <v>559</v>
       </c>
       <c r="D2" t="s">
-        <v>1257</v>
+        <v>560</v>
       </c>
       <c r="E2" t="s">
-        <v>1258</v>
+        <v>561</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1259</v>
+        <v>562</v>
       </c>
       <c r="H2" t="s">
-        <v>1260</v>
+        <v>563</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1254</v>
+        <v>557</v>
       </c>
       <c r="B3" t="s">
-        <v>1261</v>
+        <v>564</v>
       </c>
       <c r="C3" t="s">
-        <v>1262</v>
+        <v>565</v>
       </c>
       <c r="D3" t="s">
-        <v>1263</v>
+        <v>566</v>
       </c>
       <c r="E3" t="s">
-        <v>1264</v>
+        <v>567</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1265</v>
+        <v>568</v>
       </c>
       <c r="H3" t="s">
-        <v>1266</v>
-[...6905 lines deleted...]
-        <v>2688</v>
+        <v>569</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>