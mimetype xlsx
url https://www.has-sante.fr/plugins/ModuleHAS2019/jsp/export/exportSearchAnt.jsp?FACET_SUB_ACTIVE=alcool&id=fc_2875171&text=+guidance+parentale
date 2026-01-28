--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -39,51 +39,51 @@
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1605" uniqueCount="1032">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1629" uniqueCount="1047">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1235,51 +1235,51 @@
   <si>
     <t>Les recommandations sont à destination principale des professionnels travaillant en CSAPA mais peuvent également être utiles à leurs partenaires (acteurs des champs sanitaire, social, médico-social, de la justice et de l'éducation) ainsi qu'aux personnes accueillies en CSAPA et à leur entourage.</t>
   </si>
   <si>
     <t>17/09/2019 00:00:00</t>
   </si>
   <si>
     <t>27/01/2020 14:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3147889/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-par-les-centres-de-soins-d-accompagnement-et-de-prevention-en-addictologie-csapa</t>
   </si>
   <si>
     <t>p_3147889</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
   </si>
   <si>
     <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
   </si>
   <si>
     <t>24/03/2022 11:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
   </si>
   <si>
     <t>p_3215131</t>
   </si>
   <si>
     <t>Le soutien des aidants non professionnels.Une recommandation à destination des professionnels du secteur social et médico-social pour soutenir les aidants de personnes âgées, adultes handicapées ou souffrant de maladie chronique vivant à domicile</t>
   </si>
@@ -1943,50 +1943,65 @@
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
   </si>
   <si>
     <t>c_2751900</t>
   </si>
   <si>
     <t>Fragilités osseuses secondaires de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>11/10/2019 11:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
   </si>
   <si>
     <t>p_3112119</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Xeroderma Pigmentosum</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint Xeroderma Pigmentosum (XP). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293252/fr/xeroderma-pigmentosum</t>
   </si>
   <si>
     <t>p_3293252</t>
   </si>
   <si>
     <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/05/2024 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
@@ -2030,50 +2045,65 @@
   <si>
     <t>18/11/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_632797/fr/syndrome-de-turner</t>
   </si>
   <si>
     <t>c_632797</t>
   </si>
   <si>
     <t>Fentes labiales et/ou palatines</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301614/fr/fentes-labiales-et/ou-palatines</t>
   </si>
   <si>
     <t>p_3301614</t>
   </si>
   <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
     <t>Insuffisance Ovarienne Prématurée (IOP)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/05/2021 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
   </si>
   <si>
     <t>p_3264990</t>
   </si>
   <si>
     <t>Cholangite Biliaire Primitive</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2021 09:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
@@ -2091,50 +2121,65 @@
     <t>04/03/2021 00:00:00</t>
   </si>
   <si>
     <t>09/03/2021 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
   </si>
   <si>
     <t>p_3241227</t>
   </si>
   <si>
     <t>Syndrome Transfuseur Transfusé</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente dont la grossesse MC est compliquée d’un STT. Il a été élaboré par Centre de Référence Pathologies rares liées au placenta des grossesses monochoriales (CRMR- PaRaDiGM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594176/fr/syndrome-transfuseur-transfuse</t>
   </si>
   <si>
     <t>p_3594176</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
   </si>
   <si>
     <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>19/12/2024 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
   </si>
   <si>
     <t>p_3574785</t>
   </si>
   <si>
     <t>Maladie de Fabry</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
   </si>
@@ -3337,450 +3382,450 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>957</v>
+        <v>972</v>
       </c>
       <c r="B2" t="s">
-        <v>958</v>
+        <v>973</v>
       </c>
       <c r="C2" t="s">
-        <v>959</v>
+        <v>974</v>
       </c>
       <c r="D2" t="s">
-        <v>960</v>
+        <v>975</v>
       </c>
       <c r="E2" t="s">
-        <v>961</v>
+        <v>976</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>962</v>
+        <v>977</v>
       </c>
       <c r="H2" t="s">
-        <v>963</v>
+        <v>978</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>957</v>
+        <v>972</v>
       </c>
       <c r="B3" t="s">
-        <v>964</v>
+        <v>979</v>
       </c>
       <c r="C3" t="s">
-        <v>965</v>
+        <v>980</v>
       </c>
       <c r="D3" t="s">
-        <v>966</v>
+        <v>981</v>
       </c>
       <c r="E3" t="s">
-        <v>967</v>
+        <v>982</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>968</v>
+        <v>983</v>
       </c>
       <c r="H3" t="s">
-        <v>969</v>
+        <v>984</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>957</v>
+        <v>972</v>
       </c>
       <c r="B4" t="s">
-        <v>970</v>
+        <v>985</v>
       </c>
       <c r="C4" t="s">
-        <v>971</v>
+        <v>986</v>
       </c>
       <c r="D4" t="s">
-        <v>972</v>
+        <v>987</v>
       </c>
       <c r="E4" t="s">
-        <v>973</v>
+        <v>988</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>974</v>
+        <v>989</v>
       </c>
       <c r="H4" t="s">
-        <v>975</v>
+        <v>990</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>957</v>
+        <v>972</v>
       </c>
       <c r="B5" t="s">
-        <v>976</v>
+        <v>991</v>
       </c>
       <c r="C5" t="s">
-        <v>977</v>
+        <v>992</v>
       </c>
       <c r="D5" t="s">
-        <v>978</v>
+        <v>993</v>
       </c>
       <c r="E5" t="s">
-        <v>979</v>
+        <v>994</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>980</v>
+        <v>995</v>
       </c>
       <c r="H5" t="s">
-        <v>981</v>
+        <v>996</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>982</v>
+        <v>997</v>
       </c>
       <c r="B2" t="s">
-        <v>983</v>
+        <v>998</v>
       </c>
       <c r="C2" t="s">
-        <v>984</v>
+        <v>999</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>985</v>
+        <v>1000</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>986</v>
+        <v>1001</v>
       </c>
       <c r="H2" t="s">
-        <v>987</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>982</v>
+        <v>997</v>
       </c>
       <c r="B3" t="s">
-        <v>988</v>
+        <v>1003</v>
       </c>
       <c r="C3" t="s">
-        <v>989</v>
+        <v>1004</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>990</v>
+        <v>1005</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>991</v>
+        <v>1006</v>
       </c>
       <c r="H3" t="s">
-        <v>992</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>982</v>
+        <v>997</v>
       </c>
       <c r="B4" t="s">
-        <v>993</v>
+        <v>1008</v>
       </c>
       <c r="C4" t="s">
-        <v>994</v>
+        <v>1009</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>995</v>
+        <v>1010</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>996</v>
+        <v>1011</v>
       </c>
       <c r="H4" t="s">
-        <v>997</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>982</v>
+        <v>997</v>
       </c>
       <c r="B5" t="s">
-        <v>998</v>
+        <v>1013</v>
       </c>
       <c r="C5" t="s">
-        <v>999</v>
+        <v>1014</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1000</v>
+        <v>1015</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1001</v>
+        <v>1016</v>
       </c>
       <c r="H5" t="s">
-        <v>1002</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>982</v>
+        <v>997</v>
       </c>
       <c r="B6" t="s">
-        <v>1003</v>
+        <v>1018</v>
       </c>
       <c r="C6" t="s">
-        <v>1004</v>
+        <v>1019</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1005</v>
+        <v>1020</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1006</v>
+        <v>1021</v>
       </c>
       <c r="H6" t="s">
-        <v>1007</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>982</v>
+        <v>997</v>
       </c>
       <c r="B7" t="s">
-        <v>1008</v>
+        <v>1023</v>
       </c>
       <c r="C7" t="s">
-        <v>1009</v>
+        <v>1024</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1010</v>
+        <v>1025</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1011</v>
+        <v>1026</v>
       </c>
       <c r="H7" t="s">
-        <v>1012</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>982</v>
+        <v>997</v>
       </c>
       <c r="B8" t="s">
-        <v>1013</v>
+        <v>1028</v>
       </c>
       <c r="C8" t="s">
-        <v>1014</v>
+        <v>1029</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1015</v>
+        <v>1030</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1016</v>
+        <v>1031</v>
       </c>
       <c r="H8" t="s">
-        <v>1017</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>982</v>
+        <v>997</v>
       </c>
       <c r="B9" t="s">
-        <v>1018</v>
+        <v>1033</v>
       </c>
       <c r="C9" t="s">
-        <v>1019</v>
+        <v>1034</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1020</v>
+        <v>1035</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1021</v>
+        <v>1036</v>
       </c>
       <c r="H9" t="s">
-        <v>1022</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>982</v>
+        <v>997</v>
       </c>
       <c r="B10" t="s">
-        <v>1023</v>
+        <v>1038</v>
       </c>
       <c r="C10" t="s">
-        <v>1024</v>
+        <v>1039</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1025</v>
+        <v>1040</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1026</v>
+        <v>1041</v>
       </c>
       <c r="H10" t="s">
-        <v>1027</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>982</v>
+        <v>997</v>
       </c>
       <c r="B11" t="s">
-        <v>1028</v>
+        <v>1043</v>
       </c>
       <c r="C11" t="s">
-        <v>1029</v>
+        <v>1044</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1005</v>
+        <v>1020</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1030</v>
+        <v>1045</v>
       </c>
       <c r="H11" t="s">
-        <v>1031</v>
+        <v>1046</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -6375,51 +6420,51 @@
       </c>
       <c r="D90" t="s">
         <v>582</v>
       </c>
       <c r="E90" t="s">
         <v>583</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
         <v>584</v>
       </c>
       <c r="H90" t="s">
         <v>585</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H53"/>
+  <dimension ref="A1:H56"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -6707,77 +6752,77 @@
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>642</v>
       </c>
       <c r="H12" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>586</v>
       </c>
       <c r="B13" t="s">
         <v>644</v>
       </c>
       <c r="C13" t="s">
         <v>645</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="H13" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>586</v>
       </c>
       <c r="B14" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C14" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>650</v>
+        <v>641</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>651</v>
       </c>
       <c r="H14" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>586</v>
       </c>
       <c r="B15" t="s">
         <v>653</v>
       </c>
       <c r="C15" t="s">
         <v>654</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
@@ -6860,314 +6905,314 @@
       </c>
       <c r="E18" t="s">
         <v>670</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>671</v>
       </c>
       <c r="H18" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>586</v>
       </c>
       <c r="B19" t="s">
         <v>673</v>
       </c>
       <c r="C19" t="s">
         <v>674</v>
       </c>
       <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
         <v>675</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>676</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>678</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>586</v>
       </c>
       <c r="B20" t="s">
+        <v>678</v>
+      </c>
+      <c r="C20" t="s">
         <v>679</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
         <v>680</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>681</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>586</v>
       </c>
       <c r="B21" t="s">
+        <v>683</v>
+      </c>
+      <c r="C21" t="s">
         <v>684</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>685</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E21" t="s">
         <v>686</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>687</v>
       </c>
       <c r="H21" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>586</v>
       </c>
       <c r="B22" t="s">
         <v>689</v>
       </c>
       <c r="C22" t="s">
         <v>690</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>660</v>
+        <v>691</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="H22" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>586</v>
       </c>
       <c r="B23" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C23" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H23" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>586</v>
       </c>
       <c r="B24" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C24" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>599</v>
+        <v>701</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="H24" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>586</v>
       </c>
       <c r="B25" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="C25" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>704</v>
+        <v>665</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="H25" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>586</v>
       </c>
       <c r="B26" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C26" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>636</v>
+        <v>710</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="H26" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>586</v>
       </c>
       <c r="B27" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="C27" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>713</v>
+        <v>599</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="H27" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>586</v>
       </c>
       <c r="B28" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C28" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="H28" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>586</v>
       </c>
       <c r="B29" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="C29" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>723</v>
+        <v>641</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>724</v>
       </c>
       <c r="H29" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>586</v>
       </c>
       <c r="B30" t="s">
         <v>726</v>
       </c>
       <c r="C30" t="s">
         <v>727</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
@@ -7175,129 +7220,129 @@
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>729</v>
       </c>
       <c r="H30" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>586</v>
       </c>
       <c r="B31" t="s">
         <v>731</v>
       </c>
       <c r="C31" t="s">
         <v>732</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>626</v>
+        <v>733</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="H31" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>586</v>
       </c>
       <c r="B32" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C32" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="H32" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>586</v>
       </c>
       <c r="B33" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C33" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="H33" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>586</v>
       </c>
       <c r="B34" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C34" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>747</v>
+        <v>626</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>748</v>
       </c>
       <c r="H34" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>586</v>
       </c>
       <c r="B35" t="s">
         <v>750</v>
       </c>
       <c r="C35" t="s">
         <v>751</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
@@ -7380,158 +7425,158 @@
       </c>
       <c r="E38" t="s">
         <v>767</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>768</v>
       </c>
       <c r="H38" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>586</v>
       </c>
       <c r="B39" t="s">
         <v>770</v>
       </c>
       <c r="C39" t="s">
         <v>771</v>
       </c>
       <c r="D39" t="s">
-        <v>570</v>
+        <v>13</v>
       </c>
       <c r="E39" t="s">
         <v>772</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>773</v>
       </c>
       <c r="H39" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>586</v>
       </c>
       <c r="B40" t="s">
         <v>775</v>
       </c>
       <c r="C40" t="s">
         <v>776</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>660</v>
+        <v>777</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="H40" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>586</v>
       </c>
       <c r="B41" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C41" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="H41" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>586</v>
       </c>
       <c r="B42" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C42" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D42" t="s">
-        <v>13</v>
+        <v>570</v>
       </c>
       <c r="E42" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="H42" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>586</v>
       </c>
       <c r="B43" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C43" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>791</v>
+        <v>665</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>792</v>
       </c>
       <c r="H43" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>586</v>
       </c>
       <c r="B44" t="s">
         <v>794</v>
       </c>
       <c r="C44" t="s">
         <v>795</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
@@ -7565,1024 +7610,1102 @@
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>802</v>
       </c>
       <c r="H45" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>586</v>
       </c>
       <c r="B46" t="s">
         <v>804</v>
       </c>
       <c r="C46" t="s">
         <v>805</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>660</v>
+        <v>806</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="H46" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>586</v>
       </c>
       <c r="B47" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C47" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="H47" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>586</v>
       </c>
       <c r="B48" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C48" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="H48" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>586</v>
       </c>
       <c r="B49" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="C49" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>820</v>
+        <v>665</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>821</v>
       </c>
       <c r="H49" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>586</v>
       </c>
       <c r="B50" t="s">
         <v>823</v>
       </c>
       <c r="C50" t="s">
         <v>824</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>723</v>
+        <v>825</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="H50" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>586</v>
       </c>
       <c r="B51" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C51" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>636</v>
+        <v>830</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="H51" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>586</v>
       </c>
       <c r="B52" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="C52" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="H52" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>586</v>
       </c>
       <c r="B53" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="C53" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>723</v>
+        <v>738</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="H53" t="s">
-        <v>839</v>
+        <v>841</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>586</v>
+      </c>
+      <c r="B54" t="s">
+        <v>842</v>
+      </c>
+      <c r="C54" t="s">
+        <v>843</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>641</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>844</v>
+      </c>
+      <c r="H54" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>586</v>
+      </c>
+      <c r="B55" t="s">
+        <v>846</v>
+      </c>
+      <c r="C55" t="s">
+        <v>847</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>848</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>849</v>
+      </c>
+      <c r="H55" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>586</v>
+      </c>
+      <c r="B56" t="s">
+        <v>851</v>
+      </c>
+      <c r="C56" t="s">
+        <v>852</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>738</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>853</v>
+      </c>
+      <c r="H56" t="s">
+        <v>854</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>840</v>
+        <v>855</v>
       </c>
       <c r="B2" t="s">
-        <v>841</v>
+        <v>856</v>
       </c>
       <c r="C2" t="s">
-        <v>842</v>
+        <v>857</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>843</v>
+        <v>858</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>844</v>
+        <v>859</v>
       </c>
       <c r="H2" t="s">
-        <v>845</v>
+        <v>860</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>840</v>
+        <v>855</v>
       </c>
       <c r="B3" t="s">
-        <v>846</v>
+        <v>861</v>
       </c>
       <c r="C3" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>49</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>848</v>
+        <v>863</v>
       </c>
       <c r="H3" t="s">
-        <v>849</v>
+        <v>864</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>850</v>
+        <v>865</v>
       </c>
       <c r="B2" t="s">
-        <v>851</v>
+        <v>866</v>
       </c>
       <c r="C2" t="s">
-        <v>852</v>
+        <v>867</v>
       </c>
       <c r="D2" t="s">
-        <v>853</v>
+        <v>868</v>
       </c>
       <c r="E2" t="s">
-        <v>854</v>
+        <v>869</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>855</v>
+        <v>870</v>
       </c>
       <c r="H2" t="s">
-        <v>856</v>
+        <v>871</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>850</v>
+        <v>865</v>
       </c>
       <c r="B3" t="s">
-        <v>857</v>
+        <v>872</v>
       </c>
       <c r="C3" t="s">
-        <v>858</v>
+        <v>873</v>
       </c>
       <c r="D3" t="s">
-        <v>859</v>
+        <v>874</v>
       </c>
       <c r="E3" t="s">
-        <v>860</v>
+        <v>875</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>861</v>
+        <v>876</v>
       </c>
       <c r="H3" t="s">
-        <v>862</v>
+        <v>877</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>850</v>
+        <v>865</v>
       </c>
       <c r="B4" t="s">
-        <v>863</v>
+        <v>878</v>
       </c>
       <c r="C4" t="s">
-        <v>864</v>
+        <v>879</v>
       </c>
       <c r="D4" t="s">
         <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>865</v>
+        <v>880</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>866</v>
+        <v>881</v>
       </c>
       <c r="H4" t="s">
-        <v>867</v>
+        <v>882</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>850</v>
+        <v>865</v>
       </c>
       <c r="B5" t="s">
-        <v>868</v>
+        <v>883</v>
       </c>
       <c r="C5" t="s">
-        <v>869</v>
+        <v>884</v>
       </c>
       <c r="D5" t="s">
-        <v>870</v>
+        <v>885</v>
       </c>
       <c r="E5" t="s">
-        <v>871</v>
+        <v>886</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>872</v>
+        <v>887</v>
       </c>
       <c r="H5" t="s">
-        <v>873</v>
+        <v>888</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>850</v>
+        <v>865</v>
       </c>
       <c r="B6" t="s">
-        <v>874</v>
+        <v>889</v>
       </c>
       <c r="C6" t="s">
-        <v>875</v>
+        <v>890</v>
       </c>
       <c r="D6" t="s">
-        <v>876</v>
+        <v>891</v>
       </c>
       <c r="E6" t="s">
-        <v>877</v>
+        <v>892</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>878</v>
+        <v>893</v>
       </c>
       <c r="H6" t="s">
-        <v>879</v>
+        <v>894</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>850</v>
+        <v>865</v>
       </c>
       <c r="B7" t="s">
-        <v>880</v>
+        <v>895</v>
       </c>
       <c r="C7" t="s">
-        <v>881</v>
+        <v>896</v>
       </c>
       <c r="D7" t="s">
-        <v>882</v>
+        <v>897</v>
       </c>
       <c r="E7" t="s">
-        <v>883</v>
+        <v>898</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>884</v>
+        <v>899</v>
       </c>
       <c r="H7" t="s">
-        <v>885</v>
+        <v>900</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>886</v>
+        <v>901</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>887</v>
+        <v>902</v>
       </c>
       <c r="B2" t="s">
-        <v>888</v>
+        <v>903</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>889</v>
+        <v>904</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>890</v>
+        <v>905</v>
       </c>
       <c r="H2" t="s">
-        <v>891</v>
+        <v>906</v>
       </c>
       <c r="I2" t="s">
-        <v>892</v>
+        <v>907</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>887</v>
+        <v>902</v>
       </c>
       <c r="B3" t="s">
-        <v>888</v>
+        <v>903</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>893</v>
+        <v>908</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>894</v>
+        <v>909</v>
       </c>
       <c r="H3" t="s">
-        <v>895</v>
+        <v>910</v>
       </c>
       <c r="I3" t="s">
-        <v>892</v>
+        <v>907</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>887</v>
+        <v>902</v>
       </c>
       <c r="B4" t="s">
-        <v>896</v>
+        <v>911</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>897</v>
+        <v>912</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>898</v>
+        <v>913</v>
       </c>
       <c r="H4" t="s">
-        <v>899</v>
+        <v>914</v>
       </c>
       <c r="I4" t="s">
-        <v>892</v>
+        <v>907</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>887</v>
+        <v>902</v>
       </c>
       <c r="B5" t="s">
-        <v>900</v>
+        <v>915</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>901</v>
+        <v>916</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>902</v>
+        <v>917</v>
       </c>
       <c r="H5" t="s">
-        <v>903</v>
+        <v>918</v>
       </c>
       <c r="I5" t="s">
-        <v>892</v>
+        <v>907</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>904</v>
+        <v>919</v>
       </c>
       <c r="B2" t="s">
-        <v>905</v>
+        <v>920</v>
       </c>
       <c r="C2" t="s">
-        <v>906</v>
+        <v>921</v>
       </c>
       <c r="D2" t="s">
-        <v>907</v>
+        <v>922</v>
       </c>
       <c r="E2" t="s">
-        <v>908</v>
+        <v>923</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>909</v>
+        <v>924</v>
       </c>
       <c r="H2" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>904</v>
+        <v>919</v>
       </c>
       <c r="B3" t="s">
-        <v>911</v>
+        <v>926</v>
       </c>
       <c r="C3" t="s">
-        <v>912</v>
+        <v>927</v>
       </c>
       <c r="D3" t="s">
-        <v>913</v>
+        <v>928</v>
       </c>
       <c r="E3" t="s">
-        <v>914</v>
+        <v>929</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>915</v>
+        <v>930</v>
       </c>
       <c r="H3" t="s">
-        <v>916</v>
+        <v>931</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>904</v>
+        <v>919</v>
       </c>
       <c r="B4" t="s">
-        <v>917</v>
+        <v>932</v>
       </c>
       <c r="C4" t="s">
-        <v>918</v>
+        <v>933</v>
       </c>
       <c r="D4" t="s">
-        <v>919</v>
+        <v>934</v>
       </c>
       <c r="E4" t="s">
-        <v>920</v>
+        <v>935</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>921</v>
+        <v>936</v>
       </c>
       <c r="H4" t="s">
-        <v>922</v>
+        <v>937</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>904</v>
+        <v>919</v>
       </c>
       <c r="B5" t="s">
-        <v>923</v>
+        <v>938</v>
       </c>
       <c r="C5" t="s">
-        <v>924</v>
+        <v>939</v>
       </c>
       <c r="D5" t="s">
-        <v>925</v>
+        <v>940</v>
       </c>
       <c r="E5" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>927</v>
+        <v>942</v>
       </c>
       <c r="H5" t="s">
-        <v>928</v>
+        <v>943</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>929</v>
+        <v>944</v>
       </c>
       <c r="B2" t="s">
-        <v>930</v>
+        <v>945</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>931</v>
+        <v>946</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>932</v>
+        <v>947</v>
       </c>
       <c r="H2" t="s">
-        <v>933</v>
+        <v>948</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>929</v>
+        <v>944</v>
       </c>
       <c r="B3" t="s">
-        <v>934</v>
+        <v>949</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>935</v>
+        <v>950</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>936</v>
+        <v>951</v>
       </c>
       <c r="H3" t="s">
-        <v>937</v>
+        <v>952</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>929</v>
+        <v>944</v>
       </c>
       <c r="B4" t="s">
-        <v>938</v>
+        <v>953</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>939</v>
+        <v>954</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>940</v>
+        <v>955</v>
       </c>
       <c r="H4" t="s">
-        <v>941</v>
+        <v>956</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>929</v>
+        <v>944</v>
       </c>
       <c r="B5" t="s">
-        <v>942</v>
+        <v>957</v>
       </c>
       <c r="C5" t="s">
-        <v>943</v>
+        <v>958</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>944</v>
+        <v>959</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>945</v>
+        <v>960</v>
       </c>
       <c r="H5" t="s">
-        <v>946</v>
+        <v>961</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>929</v>
+        <v>944</v>
       </c>
       <c r="B6" t="s">
-        <v>947</v>
+        <v>962</v>
       </c>
       <c r="C6" t="s">
-        <v>948</v>
+        <v>963</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>949</v>
+        <v>964</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>950</v>
+        <v>965</v>
       </c>
       <c r="H6" t="s">
-        <v>951</v>
+        <v>966</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>929</v>
+        <v>944</v>
       </c>
       <c r="B7" t="s">
-        <v>952</v>
+        <v>967</v>
       </c>
       <c r="C7" t="s">
-        <v>953</v>
+        <v>968</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>954</v>
+        <v>969</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>955</v>
+        <v>970</v>
       </c>
       <c r="H7" t="s">
-        <v>956</v>
+        <v>971</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>