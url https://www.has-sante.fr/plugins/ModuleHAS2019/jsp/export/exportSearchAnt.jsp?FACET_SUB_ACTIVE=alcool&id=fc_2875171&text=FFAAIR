--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -9,452 +9,170 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...11 lines deleted...]
-    <t>30/01/2020 14:20:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Role and management of tracheostomy in the care of ventilator-dependent patients with slowly progressive neuromuscular diseases</t>
+  </si>
+  <si>
+    <t>Objectifs Il s’agit d’aider la prise de décision dans le choix des soins, améliorer et harmoniser les pratiques. La finalité est d’améliorer la prise en charge des patients, et donc la qualité et la sécurité des soins qui leur sont apportés, ainsi que leur qualité de vie</t>
+  </si>
+  <si>
+    <t>11/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2020 08:39:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
-[...92 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3217806/fr/place-et-gestion-de-la-tracheotomie-dans-la-prise-en-charge-de-la-dependance-ventilatoire-des-patients-atteints-de-maladies-neuromusculaires-lentement-evolutives</t>
+    <t>https://www.has-sante.fr/jcms/p_3217806/en/role-and-management-of-tracheostomy-in-the-care-of-ventilator-dependent-patients-with-slowly-progressive-neuromuscular-diseases</t>
   </si>
   <si>
     <t>p_3217806</t>
   </si>
   <si>
-    <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2641074/fr/aspirateurs-tracheaux-forfait-hebdomadaire-8</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>ASSESSMENT OF TRACHEAL VACUUM SUCTIONNING SYSTEMS</t>
+  </si>
+  <si>
+    <t>This assessment concerns medical devices for the mechanical suction of secretions of the nasopharynx, oropharynx and trachea (tracheal suction pumps) as well as their associated services. The objective is to update how these devices and associated services are reimbursed via the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>07/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2017 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641074/en/assessment-of-tracheal-vacuum-suctionning-systems</t>
   </si>
   <si>
     <t>c_2641074</t>
-  </si>
-[...133 lines deleted...]
-    <t>p_3433849</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -494,459 +212,43 @@
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="4">
-[...414 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>