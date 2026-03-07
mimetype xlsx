--- v1 (2026-01-01)
+++ v2 (2026-03-07)
@@ -9,170 +9,437 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="112">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Role and management of tracheostomy in the care of ventilator-dependent patients with slowly progressive neuromuscular diseases</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins bronchopneumopathie chronique obstructive (BPCO)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une bronchopneumopathie chronique obstructive (BPCO). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques de la prise en charge et de 10 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 14:20:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>c_1242507</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours - Livrables sur les indicateurs BPCO</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours des patients à risque ou atteints de bronchopneumopathie chronique obstructive (BPCO). Tous les livrables de ce parcours sont disponibles, notamment les « Résultats nationaux &amp; régionaux des 7 indicateurs mesurés dans le SNDS (PMSI-DCIR).</t>
+  </si>
+  <si>
+    <t>31/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2022 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333091/fr/indicateurs-de-qualite-du-parcours-livrables-sur-les-indicateurs-bpco</t>
+  </si>
+  <si>
+    <t>p_3333091</t>
+  </si>
+  <si>
+    <t>Patients à risque ou atteints de Bronchopneumopathie Chronique  Obstructive (BPCO) - Indicateurs de qualité du parcours de soins</t>
+  </si>
+  <si>
+    <t>Ce premier rapport est destiné à tous les acteurs intéressés par le parcours des patients à risque ou atteints de BPCO. Il présente les modalités de définition des dix-huit indicateurs de qualité du parcours BPCO. Ceux-ci ont été élaborés à partir des points critiques identifiés dans le guide parcours de soins, pour mesurer et améliorer la qualité de la prise en charge du patient.</t>
+  </si>
+  <si>
+    <t>14/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151500/fr/patients-a-risque-ou-atteints-de-bronchopneumopathie-chronique-obstructive-bpco-indicateurs-de-qualite-du-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>p_3151500</t>
+  </si>
+  <si>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Manuel et référentiel de la certification des établissements pour la qualité des soins</t>
+  </si>
+  <si>
+    <t>25/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219174/fr/manuel-et-referentiel-de-la-certification-des-etablissements-pour-la-qualite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3219174</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Place et gestion de la trachéotomie dans la prise en charge de la dépendance ventilatoire des patients atteints de maladies neuromusculaires lentement évolutives</t>
   </si>
   <si>
     <t>Objectifs Il s’agit d’aider la prise de décision dans le choix des soins, améliorer et harmoniser les pratiques. La finalité est d’améliorer la prise en charge des patients, et donc la qualité et la sécurité des soins qui leur sont apportés, ainsi que leur qualité de vie</t>
   </si>
   <si>
-    <t>11/05/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3217806/en/role-and-management-of-tracheostomy-in-the-care-of-ventilator-dependent-patients-with-slowly-progressive-neuromuscular-diseases</t>
+    <t>05/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2020 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217806/fr/place-et-gestion-de-la-tracheotomie-dans-la-prise-en-charge-de-la-dependance-ventilatoire-des-patients-atteints-de-maladies-neuromusculaires-lentement-evolutives</t>
   </si>
   <si>
     <t>p_3217806</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2641074/en/assessment-of-tracheal-vacuum-suctionning-systems</t>
+    <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
+  </si>
+  <si>
+    <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
+  </si>
+  <si>
+    <t>06/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
+  </si>
+  <si>
+    <t>p_3118113</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique du patient (ETP) : évaluation de l’efficacité et de l’efficience dans les maladies chroniques</t>
+  </si>
+  <si>
+    <t>La HAS propose, dix ans après les premiers rapports d’évaluation, des orientations pour la mise en œuvre des interventions éducatives les plus adaptées aux besoins des patients et des repères pour analyser ou mener des études d’efficacité et d’efficience.</t>
+  </si>
+  <si>
+    <t>27/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2018 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884714/fr/education-therapeutique-du-patient-etp-evaluation-de-l-efficacite-et-de-l-efficience-dans-les-maladies-chroniques</t>
+  </si>
+  <si>
+    <t>c_2884714</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Aspirateurs trachéaux (Forfait hebdomadaire 8)</t>
+  </si>
+  <si>
+    <t>Cette évaluation concerne les dispositifs médicaux d’aspiration mécanique des sécrétions du nasopharynx, de l’oropharynx et de la trachée (aspirateurs trachéaux) ainsi que leur prestation associée. L’objectif est de réaliser l’actualisation des modalités de remboursement de ces dispositifs et de leurs prestations sur la LPPR.</t>
+  </si>
+  <si>
+    <t>11/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2017 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641074/fr/aspirateurs-tracheaux-forfait-hebdomadaire-8</t>
   </si>
   <si>
     <t>c_2641074</t>
+  </si>
+  <si>
+    <t>Évaluation clinique et économique des dispositifs médicaux et prestations associées pour prise en charge du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS)</t>
+  </si>
+  <si>
+    <t>La Commission nationale d'évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS) a effectué la révision des dispositifs médicaux et prestations associées pour le traitement de l’apnée du sommeil inscrits à la liste des produits et prestations remboursables (LPPR). En parallèle, à la demande du Comité économique des produits de santé, une évaluation économique des traitements de l’apnée du sommeil a été réalisée par la Commission évaluation économique et de santé publique (CEESP).</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2014 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761818/fr/evaluation-clinique-et-economique-des-dispositifs-medicaux-et-prestations-associees-pour-prise-en-charge-du-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos</t>
+  </si>
+  <si>
+    <t>c_1761818</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux et prestations associées pour la ventilation mécanique à domicile</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de proposer une mise à jour des modalités de remboursement des dispositifs et des prestations de ventilation mécanique sur la LPPR. La ventilation mécanique est indiquée chez les patients atteints d’insuffisance respiratoire chronique avec hypoventilation alvéolaire (caractérisée par une hypercapnie).</t>
+  </si>
+  <si>
+    <t>20/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>27/12/2012 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1348270/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-la-ventilation-mecanique-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1348270</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile</t>
+  </si>
+  <si>
+    <t>Les objectifs de l’évaluation sont : d’évaluer l'intérêt des prestations et des dispositifs médicaux de l’oxygénothérapie à domicile en définissant leurs indications, leur rapport effet thérapeutique/risques, leur place dans la stratégie thérapeutique, d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, de définir le contenu des prestations en fonction des indications, de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, de préciser, si besoin, des conditions de prescription et d'utilisation, de comparer les dispositifs entre eux au sein d'une même indication, d’estimer les populations cibles. L’objectif final de cette évaluation est de proposer une mise à jour des modalités de remboursement des dispositifs et des prestations d’oxygénothérapie sur la LPPR.</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2012 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265304/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-l-oxygenotherapie-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1265304</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Détecter et diagnostiquer la BPCO même sans symptôme apparent</t>
+  </si>
+  <si>
+    <t>Le symptôme majeur de la BPCO est la dyspnée qui induit une réduction de l’activité physique quotidienne. D’apparition progressive, au début, la dyspnée n'est pas souvent perçue par le patient.</t>
+  </si>
+  <si>
+    <t>31/01/2020 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118475/fr/detecter-et-diagnostiquer-la-bpco-meme-sans-symptome-apparent</t>
+  </si>
+  <si>
+    <t>p_3118475</t>
+  </si>
+  <si>
+    <t>5e cycle de certification</t>
+  </si>
+  <si>
+    <t>Membres de la gouvernance, professionnels des établissements de santé, représentants des usagers, cette page vous concerne. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la clarté aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des documents et outils nécessaires à la préparation de la visite de certification.</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1495044/fr/5e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>r_1495044</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Troubles du sommeil : stop à la prescription systématique de somnifères chez les personnes âgées</t>
+  </si>
+  <si>
+    <t>Après 65 ans, le sommeil évolue : nuits plus courtes, réveils plus fréquents, sommeil fractionné sur la journée, ... Ces modifications d'ordre physiologique chez les personnes âgées sont source de plaintes du sommeil en consultation et débouchent trop souvent sur une prescription de somnifères. Près d’un tiers des personnes de plus de 65 ans consomme des somnifères de manière chronique, et dans plus d’un cas sur deux, ces traitements ne seraient pas indiqués. Ces somnifères peuvent provoquer des effets délétères : dépendance, chutes et troubles de la mémoire. Quel sommeil après 65 ans ? Comment aborder la question des troubles du sommeil en consultation ? Quel usage des somnifères ? Comment les arrêter ? Avec quel accompagnement ? Est-il possible de retrouver un sommeil de qualité sans médicament ?</t>
+  </si>
+  <si>
+    <t>25/09/2012 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1299994/fr/troubles-du-sommeil-stop-a-la-prescription-systematique-de-somniferes-chez-les-personnes-agees</t>
+  </si>
+  <si>
+    <t>c_1299994</t>
+  </si>
+  <si>
+    <t>Accréditation des établissements de santé étrangers</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS), autorité publique indépendante à caractère scientifique, propose aux établissements de santé étrangers son savoir-faire et son expertise en matière d'évaluation via son dispositif de certification pour la qualité des soins, accrédité par l’International Society for Quality in Health Care (ISQua).</t>
+  </si>
+  <si>
+    <t>23/05/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433849/fr/accreditation-des-etablissements-de-sante-etrangers</t>
+  </si>
+  <si>
+    <t>p_3433849</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -210,45 +477,435 @@
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E10" t="s">
+        <v>62</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H10" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C11" t="s">
+        <v>67</v>
+      </c>
+      <c r="D11" t="s">
+        <v>68</v>
+      </c>
+      <c r="E11" t="s">
+        <v>69</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>70</v>
+      </c>
+      <c r="H11" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" t="s">
+        <v>72</v>
+      </c>
+      <c r="C12" t="s">
+        <v>73</v>
+      </c>
+      <c r="D12" t="s">
+        <v>74</v>
+      </c>
+      <c r="E12" t="s">
+        <v>75</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>76</v>
+      </c>
+      <c r="H12" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>65</v>
+      </c>
+      <c r="B13" t="s">
+        <v>78</v>
+      </c>
+      <c r="C13" t="s">
+        <v>79</v>
+      </c>
+      <c r="D13" t="s">
+        <v>80</v>
+      </c>
+      <c r="E13" t="s">
+        <v>81</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>82</v>
+      </c>
+      <c r="H13" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>65</v>
+      </c>
+      <c r="B14" t="s">
+        <v>84</v>
+      </c>
+      <c r="C14" t="s">
+        <v>85</v>
+      </c>
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" t="s">
+        <v>87</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>88</v>
+      </c>
+      <c r="H14" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>90</v>
+      </c>
+      <c r="B15" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>93</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>94</v>
+      </c>
+      <c r="H15" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>90</v>
+      </c>
+      <c r="B16" t="s">
+        <v>96</v>
+      </c>
+      <c r="C16" t="s">
+        <v>97</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>98</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>99</v>
+      </c>
+      <c r="H16" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>101</v>
+      </c>
+      <c r="B17" t="s">
+        <v>102</v>
+      </c>
+      <c r="C17" t="s">
+        <v>103</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>104</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>105</v>
+      </c>
+      <c r="H17" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>90</v>
+      </c>
+      <c r="B18" t="s">
+        <v>107</v>
+      </c>
+      <c r="C18" t="s">
+        <v>108</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>110</v>
+      </c>
+      <c r="H18" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>