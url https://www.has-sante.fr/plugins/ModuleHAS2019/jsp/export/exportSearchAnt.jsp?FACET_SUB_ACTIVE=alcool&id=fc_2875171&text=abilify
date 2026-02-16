--- v0 (2025-11-10)
+++ v1 (2026-02-16)
@@ -3,103 +3,142 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="56">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Schizophrénie à début précoce</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>10/10/2022 17:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
   </si>
   <si>
     <t>p_3374374</t>
   </si>
   <si>
     <t>Phéochromocytomes et Paragangliomes</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3292734/fr/pheochromocytomes-et-paragangliomes</t>
   </si>
   <si>
     <t>p_3292734</t>
   </si>
   <si>
     <t>Syndrome Prader Willi</t>
@@ -108,71 +147,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
   </si>
   <si>
     <t>p_3291625</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
-  </si>
-[...19 lines deleted...]
-    <t>c_819557</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Améliorer la prescription des psychotropes chez la personne âgée</t>
   </si>
   <si>
     <t>La prescription des psychotropes (anxiolytiques, hypnotiques, neuroleptiques, antidépresseurs pour l’essentiel) constitue un problème de santé majeur et complexe, particulièrement chez les personnes âgées. Afin d’améliorer les pratiques de prescription et l’usage des psychotropes, la HAS a réuni des professionnels de santé et des institutionnels, en étroite collaboration avec le ministère de la Santé, de la Jeunesse et des Sports. Les travaux conduits depuis 2006 ont permis d’établir un état des lieux des situations cliniques de prescription des psychotropes chez la personne âgée et de proposer un ensemble d’actions concertées pour les deux années à venir.</t>
   </si>
   <si>
     <t>07/11/2007 14:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_601523/fr/ameliorer-la-prescription-des-psychotropes-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_601523</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
@@ -218,383 +236,409 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...9 lines deleted...]
-      <c r="C4" t="s">
         <v>21</v>
-      </c>
-[...39 lines deleted...]
-        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>30</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>31</v>
       </c>
-      <c r="C2" t="s">
+      <c r="H3" t="s">
         <v>32</v>
       </c>
-      <c r="D2" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
         <v>33</v>
       </c>
-      <c r="E2" t="s">
+      <c r="C4" t="s">
         <v>34</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>35</v>
       </c>
-      <c r="H2" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>36</v>
+      </c>
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="C2" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="H2" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B2" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="H2" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="I2" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>