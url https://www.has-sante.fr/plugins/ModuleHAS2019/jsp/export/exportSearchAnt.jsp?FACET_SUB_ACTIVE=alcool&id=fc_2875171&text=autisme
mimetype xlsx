--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -1,2134 +1,382 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...9 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...10 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...10 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1069" uniqueCount="664">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="91">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>10/03/2022 12:47:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3324490/fr/evaluation-des-essms-referentiel-et-manuel</t>
-[...128 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_468812/fr/trouble-du-spectre-de-l-autisme-signes-d-alerte-reperage-diagnostic-et-evaluation-chez-l-enfant-et-l-adolescent</t>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_953959</t>
+  </si>
+  <si>
+    <t>Autism spectrum disorder: Warning signs, detection, diagnosis and assessment in children and adolescents</t>
+  </si>
+  <si>
+    <t>This Best Practice Guideline aims to optimise the pathway of the child or the adolescent with Autism spectrum disorder (ASD) and his/her family, from the identification of warning signs, to detection, diagnosis and assessment It updates the “Professional practice guidelines for the diagnosis of autism” which were developed in 2005 by the French Federation of Psychiatry (FFP) in partnership with HAS.</t>
+  </si>
+  <si>
+    <t>02/08/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468812/en/autism-spectrum-disorder-warning-signs-detection-diagnosis-and-assessment-in-children-and-adolescents</t>
   </si>
   <si>
     <t>c_468812</t>
   </si>
   <si>
-    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
-[...200 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
+  </si>
+  <si>
+    <t>02/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/17/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+  </si>
+  <si>
+    <t>p_3161334</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
-    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
-[...260 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3289276/fr/grande-precarite-et-troubles-psychiques-intervenir-aupres-des-personnes-en-situation-de-grande-precarite-presentant-des-troubles-psychiques</t>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
+  </si>
+  <si>
+    <t>p_3223570</t>
+  </si>
+  <si>
+    <t>Improving health and social care for people experiencing homelessness and living with mental health disorders</t>
+  </si>
+  <si>
+    <t>People living in very precarious conditions and suffering from mental health problems face many difficulties and obstacles in gaining access to the care and social services available at local and national level. The Haute Autorité de santé provides professionals in the health, social and medico-social sectors with recommendations for good practice, offering benchmarks and a common approach to improving care and support for the people concerned.</t>
+  </si>
+  <si>
+    <t>11/30/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/18/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/en/improving-health-and-social-care-for-people-experiencing-homelessness-and-living-with-mental-health-disorders</t>
   </si>
   <si>
     <t>p_3289276</t>
   </si>
   <si>
-    <t>Bientraitance et gestion des signaux de maltraitance en établissement - Mise en œuvre en milieu sanitaire, médico-social et social - Personnes majeures</t>
-[...89 lines deleted...]
-    <t>10/12/2010 00:00:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in children and adolescents</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and medical follow-up of children/adolescents with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of each of the professionals involved in the care pathway, and looks at the situations in which they may be called upon.</t>
+  </si>
+  <si>
+    <t>02/16/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Good practice guidelines on health apps and smart devices (mobile health or mhealth)</t>
+  </si>
+  <si>
+    <t>This contribution from HAS aims to provide guidance for, promote use of increase confidence in health apps and smart devices, by supplying good practice guidelines for manufacturers and evaluator (evaluating bodies, consumer associations or medical professional organisations), who can use them for their own assessments.</t>
+  </si>
+  <si>
+    <t>10/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/en/good-practice-guidelines-on-health-apps-and-smart-devices-mobile-health-or-mhealth</t>
+  </si>
+  <si>
+    <t>c_2681915</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA)  analysis in postnatal context - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA) analysis is a molecular cytogenetic technology that is used to detect quantitative variations of the genome, corresponding to chromosomal material losses or gains (deletions, duplications, insertions, abnormal chromosome numbers, etc.) compared to a reference diploid genome. This pangenomic technology has a substantially higher resolution than standard karyotype, which is considered as the gold standard for whole genome analysis. A request was made for an assessment of this technique by HAS, from the French Ministry of Health and the National Health Insurance, with a view to permanent cover under common law. CGHA was previously assessed in 2019 by HAS for use in cancer care. The aim of this assessment was to determine the current benefit of CGHA use in the postnatal context, within the scope of routine care. This involved defining the indications of interest and the role of this technology in the diagnostic strategy, in the different clinical contexts in question, as well as the conditions of its implementation.</t>
+  </si>
+  <si>
+    <t>07/13/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3453213</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3356489</t>
+  </si>
+  <si>
+    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
+  </si>
+  <si>
+    <t>In the context of the medical control of healthcare spending, the aim of this assessment requested by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) is to specify the indications and non-indications for polysomnography and respiratory polygraphy and the conditions for carrying out these examinations</t>
   </si>
   <si>
     <t>05/01/2012 00:00:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2835485/fr/programme-qualite-de-vie-en-ehpad</t>
-[...749 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
+    <t>06/01/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
   </si>
   <si>
     <t>c_1056842</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...482 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>Work programme HAS</t>
+  </si>
+  <si>
+    <t>HAS’s work programme is defined each year at the end of a programming procedure carried out in consultation with the Ministry of Solidarity and Health and the National Health Insurance fund.</t>
+  </si>
+  <si>
+    <t>01/18/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
   </si>
   <si>
     <t>c_1267303</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2176,3582 +424,321 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
-[...301 lines deleted...]
-        <v>638</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>618</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>639</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>640</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>641</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>642</v>
+        <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>643</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>644</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>645</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="E7" t="s">
-        <v>646</v>
+        <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>647</v>
+        <v>45</v>
       </c>
       <c r="H7" t="s">
-        <v>648</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>618</v>
+        <v>47</v>
       </c>
       <c r="B8" t="s">
-        <v>649</v>
+        <v>48</v>
       </c>
       <c r="C8" t="s">
-        <v>650</v>
+        <v>49</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="E8" t="s">
-        <v>651</v>
+        <v>51</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>652</v>
+        <v>52</v>
       </c>
       <c r="H8" t="s">
-        <v>653</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>618</v>
+        <v>34</v>
       </c>
       <c r="B9" t="s">
-        <v>654</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>655</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="E9" t="s">
-        <v>656</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>657</v>
+        <v>58</v>
       </c>
       <c r="H9" t="s">
-        <v>658</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>618</v>
+        <v>60</v>
       </c>
       <c r="B10" t="s">
-        <v>659</v>
+        <v>61</v>
       </c>
       <c r="C10" t="s">
-        <v>660</v>
+        <v>62</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="E10" t="s">
-        <v>661</v>
+        <v>64</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>662</v>
+        <v>65</v>
       </c>
       <c r="H10" t="s">
-        <v>663</v>
-[...219 lines deleted...]
-      <c r="C6" t="s">
         <v>66</v>
-      </c>
-[...117 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="B11" t="s">
-        <v>92</v>
+        <v>67</v>
       </c>
       <c r="C11" t="s">
-        <v>93</v>
+        <v>68</v>
       </c>
       <c r="D11" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="E11" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>96</v>
+        <v>71</v>
       </c>
       <c r="H11" t="s">
-        <v>97</v>
+        <v>72</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="B12" t="s">
-        <v>98</v>
+        <v>73</v>
       </c>
       <c r="C12" t="s">
-        <v>99</v>
+        <v>74</v>
       </c>
       <c r="D12" t="s">
-        <v>100</v>
+        <v>75</v>
       </c>
       <c r="E12" t="s">
-        <v>101</v>
+        <v>76</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>102</v>
+        <v>77</v>
       </c>
       <c r="H12" t="s">
-        <v>103</v>
+        <v>78</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>79</v>
       </c>
       <c r="C13" t="s">
-        <v>105</v>
+        <v>80</v>
       </c>
       <c r="D13" t="s">
-        <v>106</v>
+        <v>81</v>
       </c>
       <c r="E13" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>108</v>
+        <v>83</v>
       </c>
       <c r="H13" t="s">
-        <v>109</v>
+        <v>84</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="C14" t="s">
-        <v>111</v>
+        <v>87</v>
       </c>
       <c r="D14" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>113</v>
+        <v>88</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>114</v>
+        <v>89</v>
       </c>
       <c r="H14" t="s">
-        <v>115</v>
-[...2618 lines deleted...]
-        <v>600</v>
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>