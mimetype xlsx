--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -1,382 +1,2131 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Études et Rapports" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1070" uniqueCount="663">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Évaluation des ESSMS : référentiel et manuel</t>
+  </si>
+  <si>
+    <t>Le référentiel national et le manuel d’évaluation proposent un cadre national unique, homogène et commun aux établissements et services sociaux et médico-sociaux. Centré sur la personne accompagnée, ses souhaits, ses besoins et son projet, ce dispositif d’évaluation est conçu pour promouvoir une démarche d’amélioration continue de la qualité qui favorise un meilleur accompagnement délivré aux personnes accueillies.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>10/03/2022 12:47:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/p_3324490/fr/evaluation-des-essms-referentiel-et-manuel</t>
+  </si>
+  <si>
+    <t>p_3324490</t>
+  </si>
+  <si>
+    <t>Qualité de vie : handicap, les problèmes somatiques et les phénomènes douloureux</t>
+  </si>
+  <si>
+    <t>Les personnes handicapées sont susceptibles de manquer de bilans somatiques, d’évaluations et de connaissance des effets secondaires de traitements, qui peuvent conduire à passer à côté de problèmes majeurs de santé. Certaines causes somatiques insoupçonnées paraissent improbables et dissociées des comportements qu’elles génèrent. Les conséquences pour la personne peuvent être irréversibles. Qu’ils soient courants, spécifiques à certaines pathologies (épilepsie, troubles du sommeil, etc.) ou liés au vieillissement, le manque d’investigation dégrade l’état de santé des personnes. Cela peut entraîner des hospitalisations inadaptées et des « comportements-problèmes ».</t>
+  </si>
+  <si>
+    <t>17/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2017 13:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833768/fr/qualite-de-vie-handicap-les-problemes-somatiques-et-les-phenomenes-douloureux</t>
+  </si>
+  <si>
+    <t>c_2833768</t>
+  </si>
+  <si>
+    <t>Manuel et référentiel de la certification des établissements pour la qualité des soins</t>
+  </si>
+  <si>
+    <t>25/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219174/fr/manuel-et-referentiel-de-la-certification-des-etablissements-pour-la-qualite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3219174</t>
+  </si>
+  <si>
+    <t>Services d’aide et de soins à domicile : accompagnement des personnes atteintes de maladie neurodégénérative</t>
+  </si>
+  <si>
+    <t>La HAS publie quatre guides à destination des professionnels intervenant à domicile pour accompagner les personnes atteintes de maladie neurodégénérative. Il s'agit en particulier de patients touchés par les maladies d’Alzheimer, de Parkinson, à Corps de Lewy ou concernés par des démences fronto-temporales ou par la sclérose en plaques.</t>
+  </si>
+  <si>
+    <t>06/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2020 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193048/fr/services-d-aide-et-de-soins-a-domicile-accompagnement-des-personnes-atteintes-de-maladie-neurodegenerative</t>
+  </si>
+  <si>
+    <t>p_3193048</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Le Recours à l'hôpital en Europe</t>
+  </si>
+  <si>
+    <t>Ce rapport s’intègre dans une réflexion plus large sur le recours à l’hôpital en France, et la prévention des hospitalisations injustifiées. Dans ce travail, il s’est agi de fournir un cadrage général, en situant d’un point de vue organisationnel la place qu’occupe l’hôpital dans les systèmes de santé européens.</t>
+  </si>
+  <si>
+    <t>30/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_766081/fr/le-recours-a-l-hopital-en-europe</t>
+  </si>
+  <si>
+    <t>c_766081</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme - Signes d’alerte, repérage, diagnostic et évaluation chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>La HAS propose, avec cette actualisation des recommandations de 2005, différents outils pour renforcer le repérage précoce et améliorer le diagnostic dès 18 mois.</t>
+  </si>
+  <si>
+    <t>08/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468812/fr/trouble-du-spectre-de-l-autisme-signes-d-alerte-reperage-diagnostic-et-evaluation-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_468812</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Autism spectrum disorder: Warning signs, detection, diagnosis and assessment in children and adolescents</t>
-[...17 lines deleted...]
-    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+    <t>L’accompagnement à la santé de la personne handicapée</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont de mettre en évidence les conditions qui facilitent la prise en compte des besoins en matière de santé globale des personnes accompagnées et d’encourager le développement de pratiques et d’organisation au sein des établissements et services médico-sociaux. Il s’agit de formuler des recommandations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>01/07/2013 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836291/fr/l-accompagnement-a-la-sante-de-la-personne-handicapee</t>
+  </si>
+  <si>
+    <t>c_2836291</t>
+  </si>
+  <si>
+    <t>Accompagner la scolarité et contribuer à l’inclusion scolaire</t>
+  </si>
+  <si>
+    <t>En France, l’éducation est un droit fondamental et inconditionnel pour tout enfant. Elle passe notamment par la scolarité. Or, pour les enfants en situation de handicap et ceux qui bénéficient d’une mesure de protection, ce droit est souvent mis à mal avec une plus forte probabilité de ruptures ou d’échec dans le parcours scolaire. La HAS publie des recommandations pour permettre aux professionnels des établissements et structures sociaux et médico-sociaux d’accompagner et de soutenir les parcours scolaires de ces enfants.</t>
+  </si>
+  <si>
+    <t>07/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2021 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287349/fr/accompagner-la-scolarite-et-contribuer-a-l-inclusion-scolaire</t>
+  </si>
+  <si>
+    <t>p_3287349</t>
+  </si>
+  <si>
+    <t>Le soutien des aidants non professionnels.Une recommandation à destination des professionnels du secteur social et médico-social pour soutenir les aidants de personnes âgées, adultes handicapées ou souffrant de maladie chronique vivant à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations proposent des orientations et des pistes d’action aux professionnels de structures sociales et médico-sociales pour accompagner ou soutenir les aidants non professionnels des personnes âgées dépendantes, des personnes adultes handicapées et/ou des personnes adultes atteintes de maladies chroniques vivant à domicile.</t>
+  </si>
+  <si>
+    <t>05/01/2015 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835782/fr/le-soutien-des-aidants-non-professionnels-une-recommandation-a-destination-des-professionnels-du-secteur-social-et-medico-social-pour-soutenir-les-aidants-de-personnes-agees-adultes-handicapees-ou-souffrant-de-maladie-chronique-vivant-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2835782</t>
+  </si>
+  <si>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 28 jours à 6 ans, destinées aux médecins généralistes, pédiatres, médecins de PMI et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 28 jours à 6 ans : les troubles psychologiques et psycho-comportementaux (retards de développement, autisme et troubles envahissants du développement et troubles d’hyperactivité avec déficit de l’attention) les troubles du langage les troubles de l’audition les troubles de la vision l'obésité le saturnisme</t>
+  </si>
+  <si>
+    <t>01/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2005 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451143/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-28-jours-a-6-ans-destinees-aux-medecins-generalistes-pediatres-medecins-de-pmi-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451143</t>
+  </si>
+  <si>
+    <t>Programme « Qualité de vie en Maison d’accueil spécialisée (MAS) et en Foyer d’accueil médicalisé (FAM) »</t>
+  </si>
+  <si>
+    <t>3 volets seront déclinés : l’expression, la communication, la participation et la citoyenneté, la vie quotidienne,sociale, la culture et les loisirs et le parcours, les formes souples d’accueil, l’articulation avec les autres partenaires et le lien avec les proches.</t>
+  </si>
+  <si>
+    <t>01/12/2014 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835860/fr/programme-qualite-de-vie-en-maison-d-accueil-specialisee-mas-et-en-foyer-d-accueil-medicalise-fam</t>
+  </si>
+  <si>
+    <t>c_2835860</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
+  </si>
+  <si>
+    <t>c_1362146</t>
+  </si>
+  <si>
+    <t>Évaluation globale de la situation des enfants en danger ou risque de danger : cadre national de référence</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a élaboré le premier cadre national de référence pour l’évaluation globale de la situation des enfants en danger. Les acteurs des conseils départementaux impliqués dans le recueil et le traitement des informations préoccupantes vont ainsi tous disposer des mêmes outils. L’objectif est d’harmoniser les pratiques sur l’ensemble du territoire national et permettre une équité de traitement des enfant concernés.</t>
+  </si>
+  <si>
+    <t>12/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/01/2021 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120418/fr/evaluation-globale-de-la-situation-des-enfants-en-danger-ou-risque-de-danger-cadre-national-de-reference</t>
+  </si>
+  <si>
+    <t>p_3120418</t>
+  </si>
+  <si>
+    <t>Prendre en compte la santé des mineurs/jeunes majeurs dans le cadre des établissements/services de la protection de l’enfance et/ou mettant en oeuvre des mesures éducatives</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de guider les professionnels dans leurs pratiques liées à la prise en compte de la santé des enfants/jeunes majeurs accueillis dans leurs services.</t>
+  </si>
+  <si>
+    <t>09/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2015 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835427/fr/prendre-en-compte-la-sante-des-mineurs/jeunes-majeurs-dans-le-cadre-des-etablissements/services-de-la-protection-de-l-enfance-et/ou-mettant-en-oeuvre-des-mesures-educatives</t>
+  </si>
+  <si>
+    <t>c_2835427</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Accompagner la vie intime, affective et sexuelle des personnes en ESSMS (volet 1 - socle transversal)</t>
+  </si>
+  <si>
+    <t>La vie intime, affective et sexuelle (VIAS) est une composante de la dignité humaine qui est une de nos libertés fondamentale ainsi qu’une dimension essentielle du bien-être et de l’existence humaine, et ce, bien au-delà des questions liées à la reproduction ou aux pratiques sexuelles.</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2025 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590098/fr/accompagner-la-vie-intime-affective-et-sexuelle-des-personnes-en-essms-volet-1-socle-transversal</t>
+  </si>
+  <si>
+    <t>p_3590098</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>L’adaptation de l’intervention auprès des personnes handicapées vieillissantes</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’apporter des jalons et des pistes pour l’action, destinés à permettre aux professionnels d’évaluer et de faire évoluer leurs pratiques d’accompagnement des personnes handicapées avançant en âge.</t>
+  </si>
+  <si>
+    <t>17/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835720/fr/l-adaptation-de-l-intervention-aupres-des-personnes-handicapees-vieillissantes</t>
+  </si>
+  <si>
+    <t>c_2835720</t>
+  </si>
+  <si>
+    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
+  </si>
+  <si>
+    <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>23/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736311/fr/acces-aux-soins-des-personnes-en-situation-de-handicap-rapport-de-la-commission-d-audition-publique</t>
+  </si>
+  <si>
+    <t>c_736311</t>
+  </si>
+  <si>
+    <t>Troubles du neurodéveloppement - Repérage et orientation des enfants à risque</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
   </si>
   <si>
-    <t>02/26/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+    <t>26/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
   </si>
   <si>
     <t>p_3161334</t>
   </si>
   <si>
-    <t>Care for transgender adults</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
+    <t>L’accompagnement des mineurs non accompagnés dits "Mineurs isolés étrangers (MNA)"</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été élaborées dans un contexte de forte augmentation du nombre de mineurs non accompagnés (MNA) accueillis au sein du dispositif français de protection de l’enfance.</t>
+  </si>
+  <si>
+    <t>07/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2018 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833668/fr/l-accompagnement-des-mineurs-non-accompagnes-dits-mineurs-isoles-etrangers-mna</t>
+  </si>
+  <si>
+    <t>c_2833668</t>
+  </si>
+  <si>
+    <t>Mission du responsable d’établissement et rôle de l’encadrement dans la prévention et le traitement de la maltraitance</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’apporter une contribution spécifique sur un aspect particulièrement stratégique : le rôle essentiel que joue l’encadrement au quotidien dans la prévention et le traitement de la maltraitance en établissement.</t>
+  </si>
+  <si>
+    <t>01/12/2008 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835208/fr/mission-du-responsable-d-etablissement-et-role-de-l-encadrement-dans-la-prevention-et-le-traitement-de-la-maltraitance</t>
+  </si>
+  <si>
+    <t>c_2835208</t>
+  </si>
+  <si>
+    <t>La participation des usagers dans les établissements médico-sociaux relevant de l’addictologie</t>
+  </si>
+  <si>
+    <t>Cette recommandation vise à promouvoir la participation des usagers au fonctionnement de l’établissement, en apportant des réponses aux deux principales questions que posent les professionnels : Pourquoi encourager les usagers à participer au fonctionnement de l’établissement ? Comment s’y prendre pour amorcer puis pérenniser leur participation au fonctionnement de l’établissement ? Les structures concernées par la recommandation sont les établissements spécialisés en addictologie, c’est-à-dire : les centres de soin, d’accompagnement et de prévention en addictologie (Csapa) ; les centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (Caarud) ; les communautés thérapeutiques</t>
+  </si>
+  <si>
+    <t>05/04/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835358/fr/la-participation-des-usagers-dans-les-etablissements-medico-sociaux-relevant-de-l-addictologie</t>
+  </si>
+  <si>
+    <t>c_2835358</t>
+  </si>
+  <si>
+    <t>Mission du responsable de service et rôle de l’encadrement dans la prévention et le traitement de la maltraitance à domicile</t>
+  </si>
+  <si>
+    <t>L’objet de la recommandation est de placer les acteurs de terrain en situation de responsabilité par rapport aux risques de maltraitance et aux actes de maltraitance avérés.</t>
+  </si>
+  <si>
+    <t>01/09/2009 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835316/fr/mission-du-responsable-de-service-et-role-de-l-encadrement-dans-la-prevention-et-le-traitement-de-la-maltraitance-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2835316</t>
+  </si>
+  <si>
+    <t>Concilier vie en collectivité et personnalisation de l’accueil et de l’accompagnement</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif de promouvoir des pratiques professionnelles basées sur un dépassement des tensions et des contradictions potentielles entre points de vue individuel et collectif au sein des établissements sociaux et médico-sociaux.</t>
+  </si>
+  <si>
+    <t>02/11/2009 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835356/fr/concilier-vie-en-collectivite-et-personnalisation-de-l-accueil-et-de-l-accompagnement</t>
+  </si>
+  <si>
+    <t>c_2835356</t>
+  </si>
+  <si>
+    <t>L’accompagnement des enfants ayant des difficultés psychologiques perturbant gravement les processus de socialisation</t>
+  </si>
+  <si>
+    <t>Ces recommandations donnent des pistes de réflexion et d’action concernant la compréhension des difficultés psychologiques de ces mineurs, perturbant gravement les processus de socialisation, le repérage précoce et une meilleure évaluation des besoins et des ressources de l’enfant et de sa famille afin de prévenir les difficultés de socialisation qui se répercutent sur le projet de vie du mineur. Elles concernent également la prévention des risques de rupture par le mineur lui-même ou par l’usure des familles ou des travailleurs sociaux et l’inclusion de façon systémique de l’environnement du mineur : famille, école, quartier, médecin généraliste, pairs.</t>
+  </si>
+  <si>
+    <t>19/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2017 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833677/fr/l-accompagnement-des-enfants-ayant-des-difficultes-psychologiques-perturbant-gravement-les-processus-de-socialisation</t>
+  </si>
+  <si>
+    <t>c_2833677</t>
+  </si>
+  <si>
+    <t>La réduction des risques et des dommages dans les Centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (CAARUD)</t>
+  </si>
+  <si>
+    <t>Ces recommandations identifient les bonnes pratiques professionnelles concourant à la prévention des risques et la réduction des dommages sanitaires et sociaux afin de préserver ou d’améliorer l’état de santé et les conditions de vie des personnes usagères de drogues, le recours à l’expertise et la participation des personnes usagères de drogues dans la construction des interventions et des parcours d’accompagnement proposés par le Centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (CAARUD) et l’implantation de celui-ci dans son territoire d’intervention et le développement d’un environnement partenarial facilitateur.</t>
+  </si>
+  <si>
+    <t>07/09/2017 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833717/fr/la-reduction-des-risques-et-des-dommages-dans-les-centres-d-accueil-et-d-accompagnement-a-la-reduction-des-risques-pour-usagers-de-drogues-caarud</t>
+  </si>
+  <si>
+    <t>c_2833717</t>
+  </si>
+  <si>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 7 à 18 ans, destinées aux médecins généralistes, pédiatres et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 7 à 18 ans : les trouble des apprentissages les troubles d’hyperactivité avec déficit de l’attention les anomalies du développement pubertaire la scoliose l'obésité l'asthme et la rhino-conjonctivite allergique les troubles de la vision et de l’audition les risques liés à la sexualité les troubles anxieux les conduites à risque, troubles des conduites, troubles oppositionnels les conduites suicidaires les consommations de produits les troubles du comportement alimentaire la dépression</t>
+  </si>
+  <si>
+    <t>01/09/2005 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451142/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-7-a-18-ans-destinees-aux-medecins-generalistes-pediatres-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451142</t>
+  </si>
+  <si>
+    <t>La pair-aidance dans les organisations sanitaires, sociales et médico-sociales – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Dans un contexte de recours accru à la pair-aidance dans le champ sanitaire, médico-social et social, la HAS s’est auto-saisie afin de proposer des recommandations de bonnes pratiques sur cette modalité d’intervention qui s’insère dans les parcours de soin et d’accompagnement des personnes. Cette initiative vise à offrir des repères généraux permettant de structurer et harmoniser les pratiques liées à la pair-aidance.</t>
+  </si>
+  <si>
+    <t>20/01/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578946/fr/la-pair-aidance-dans-les-organisations-sanitaires-sociales-et-medico-sociales-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3578946</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet résidences autonomie</t>
+  </si>
+  <si>
+    <t>Dans un contexte de transition démographique, les mesures préventives pour retarder les effets du vieillissement sont déterminantes.</t>
+  </si>
+  <si>
+    <t>13/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834910/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2834910</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>L’objectif de s travaux portant sur le repérage du risque de perte d’autonomie, ou de son aggravation, pour les personnes âgées est d’apporter un appui aux structures sociales et médico-sociales.</t>
+  </si>
+  <si>
+    <t>15/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2016 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835073/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2835073</t>
+  </si>
+  <si>
+    <t>Grande Précarité et troubles psychiques - Intervenir auprès des personnes en situation de grande précarité présentant des troubles psychiques</t>
+  </si>
+  <si>
+    <t>Les personnes en situation de grande précarité présentant des troubles psychiques cumulent les difficultés et rencontrent de multiples obstacles pour accéder aux soins et aux dispositifs sociaux qui existent au niveau local et national. La Haute Autorité de santé met à disposition des professionnels des secteurs du sanitaire, social et médico-social, des recommandations de bonnes pratiques qui proposent des repères et une démarche commune afin d’améliorer les soins et l’accompagnement des personnes concernées.</t>
+  </si>
+  <si>
+    <t>30/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/fr/grande-precarite-et-troubles-psychiques-intervenir-aupres-des-personnes-en-situation-de-grande-precarite-presentant-des-troubles-psychiques</t>
+  </si>
+  <si>
+    <t>p_3289276</t>
+  </si>
+  <si>
+    <t>Bientraitance et gestion des signaux de maltraitance en établissement - Mise en œuvre en milieu sanitaire, médico-social et social - Personnes majeures</t>
+  </si>
+  <si>
+    <t>Prévenir les situations de maltraitance dans les établissements accueillant des personnes adultes en situation de vulnérabilité.</t>
+  </si>
+  <si>
+    <t>03/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2024 14:34:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549483/fr/bientraitance-et-gestion-des-signaux-de-maltraitance-en-etablissement-mise-en-oeuvre-en-milieu-sanitaire-medico-social-et-social-personnes-majeures</t>
+  </si>
+  <si>
+    <t>p_3549483</t>
+  </si>
+  <si>
+    <t>L'accompagnement vers et dans l’habitat par les professionnels des ESSMS Volet 1 – Socle transversal</t>
+  </si>
+  <si>
+    <t>L’habitat est une composante essentielle à la dignité de la personne humaine et à sa santé globale, qui permet d’assurer des besoins primaires (se protéger de l’extérieur, dormir, se nourrir, se laver...) et des besoins sociaux (vivre en couple, fonder une famille, recevoir ses amis...). Chaque individu aspire à occuper un lieu défini, à aménager une « entité spatiale qui lui appartient et qui participe à la construction de son identité ». Néanmoins, on constate que bon nombre des personnes logées ou hébergées n’ont pas la possibilité de disposer d’un véritable « chez-soi »</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>31/01/2024 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491702/fr/l-accompagnement-vers-et-dans-l-habitat-par-les-professionnels-des-essms-volet-1-socle-transversal</t>
+  </si>
+  <si>
+    <t>p_3491702</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/ TDAH : Repérage, diagnostic et prise en charge des adultes - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs : Y compris ceux attendus de la production vis-à-vis des cibles. Optimiser l’accès aux soins en particulier lors de la transition de la prise en charge de l’adolescence vers l’âge adulte Cette transition repose sur une coordination entre les services pédiatriques et adultes. Favoriser la formation et la sensibilisation des professionnels de santé Une meilleure prise en charge de ces patients passe par une amélioration de la formation des professionnels impliqués, en particulier en psychiatrie, en addictologie, en neurologie et par une formation des médecins de premiers recours au repérage de ce trouble chez l’adulte. Améliorer la coordination des soins Tout comme pour l’enfant il est nécessaire de clarifier et structurer la filière de soins pour organiser la coordination entre les spécialistes et les médecins de premier recours ainsi qu’entre les différents spécialistes pour la prise en charge des troubles associés qui sont fréquents dans le TDAH.</t>
+  </si>
+  <si>
+    <t>17/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2021 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302480/fr/trouble-du-neurodeveloppement/-tdah-reperage-diagnostic-et-prise-en-charge-des-adultes-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3302480</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - volet Résidences autonomie</t>
+  </si>
+  <si>
+    <t>L’objectif des travaux portant sur le repérage du risque de perte d’autonomie, ou de son aggravation, pour les personnes âgées est d’apporter un appui aux structures sociales et médico-sociales.</t>
+  </si>
+  <si>
+    <t>01/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2016 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834985/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2834985</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - Volet domicile</t>
+  </si>
+  <si>
+    <t>15/02/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835100/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-domicile</t>
+  </si>
+  <si>
+    <t>c_2835100</t>
+  </si>
+  <si>
+    <t>Programme Qualité de vie en Ehpad</t>
+  </si>
+  <si>
+    <t>Les éléments concourant à la qualité de vie de la personne accueillie en Ehpad se situent à quatre niveaux distincts et complémentaires. L’Anesm a donc conçu un programme spécifique Qualité de vie en Ehpad qui sera décliné à travers quatre recommandations.</t>
+  </si>
+  <si>
+    <t>10/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835485/fr/programme-qualite-de-vie-en-ehpad</t>
+  </si>
+  <si>
+    <t>c_2835485</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Spécificités de l’accompagnement des adultes handicapés psychiques</t>
+  </si>
+  <si>
+    <t>Cette programmation répond aux profondes transformations engendrées par la loi n° 2005-102 du 11 février 2005 « pour l’égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées », qui « reconnaît » le handicap psychique et a impulsé le développement ou la création de nouveaux dispositifs d’accompagnement dans le champ social et médico-social (les Savs, les Samsah, les résidences accueils, etc.).</t>
+  </si>
+  <si>
+    <t>18/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2015 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835191/fr/specificites-de-l-accompagnement-des-adultes-handicapes-psychiques</t>
+  </si>
+  <si>
+    <t>c_2835191</t>
+  </si>
+  <si>
+    <t>Troubles causés par l’alcoolisation fœtale : repérage</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo vise à aider les professionnels de santé à repérer et à orienter : - les femmes enceintes susceptibles d’avoir un problème de consommation d’alcool et dont l’enfant risque d’être atteint de troubles causés par l’alcoolisation fœtale ; - les enfants à risque susceptibles d’avoir subi les effets d’une exposition prénatale à l’alcool.</t>
+  </si>
+  <si>
+    <t>10/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/fr/troubles-causes-par-l-alcoolisation-foetale-reperage</t>
+  </si>
+  <si>
+    <t>c_1636956</t>
+  </si>
+  <si>
+    <t>Prévention des addictions et réduction des risques et des dommages (RdRD) dans les établissements et services sociaux et médico-sociaux (ESSMS)</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent à l’ensemble des professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’à leurs partenaires, en particulier les acteurs de l’addictologie, ainsi qu’aux personnes accompagnées et à leur entourage.</t>
+  </si>
+  <si>
+    <t>29/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2023 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218478/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-rdrd-dans-les-etablissements-et-services-sociaux-et-medico-sociaux-essms</t>
+  </si>
+  <si>
+    <t>p_3218478</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>La prévention de la violence entre les mineurs adolescents au sein des établissements d’accueil</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’accentuer encore l’individualisation de l’accompagnement et de systématiser l’analyse des cas de passages à l’acte pour mieux protéger les adolescents et soutenir les professionnels.</t>
+  </si>
+  <si>
+    <t>31/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2019 13:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903292/fr/la-prevention-de-la-violence-entre-les-mineurs-adolescents-au-sein-des-etablissements-d-accueil</t>
+  </si>
+  <si>
+    <t>c_2903292</t>
+  </si>
+  <si>
+    <t>La personnalisation de l’accompagnement des personnes accueillies dans les centres d’accueil pour demandeurs d’asile (Cada)</t>
+  </si>
+  <si>
+    <t>Les recommandations couvrent l’accompagnement des demandeurs d’asile de leur entrée en Cada jusqu’à leur sortie. Elles s’adressent aux professionnels intervenant au sein des Cada et chargés de l’accompagnement des demandeurs d’asile, tel que défini par la loi. Ce document peut constituer un support d’échanges et de réflexion avec les associations d’usagers, les demandeurs d’asile, leurs proches, les partenaires et les bénévoles.</t>
+  </si>
+  <si>
+    <t>02/05/2014 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836176/fr/la-personnalisation-de-l-accompagnement-des-personnes-accueillies-dans-les-centres-d-accueil-pour-demandeurs-d-asile-cada</t>
+  </si>
+  <si>
+    <t>c_2836176</t>
+  </si>
+  <si>
+    <t>Prise en compte de la souffrance psychique de la personne âgée : prévention, repérage et accompagnement</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour finalité de permettre aux professionnels travaillant auprès de personnes âgées aidées à domicile ou accueillies en établissement, de faire évoluer leurs pratiques quant à la prise en compte de la souffrance psychique. Elles s’inscrivent dans un contexte de mobilisation nationale pour une amélioration de la prévention du suicide des personnes âgées. Elles s’adressent aux professionnels des établissements et services qui accueillent des personnes âgées ou qui leur apportent à domicile une assistance dans les actes quotidiens de la vie, des prestations de soins ou une aide à l’insertion.</t>
+  </si>
+  <si>
+    <t>03/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2014 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836216/fr/prise-en-compte-de-la-souffrance-psychique-de-la-personne-agee-prevention-reperage-et-accompagnement</t>
+  </si>
+  <si>
+    <t>c_2836216</t>
+  </si>
+  <si>
+    <t>La prise en compte de la santé physique et psychique des personnes accueillies dans les centres d’hébergement et de réinsertion sociale</t>
+  </si>
+  <si>
+    <t>Ces recommandations intègrent la dimension santé dans la démarche d’accompagnement global, en ne la traitant pas « à part », mais au contraire comme faisant pleinement partie du projet personnalisé dans une approche participative visant l’autonomie des personnes. La question de la santé dans les établissements sociaux renvoie alors à celle du positionnement des intervenants sociaux quant aux parcours de soins des personnes accueillies. Les recommandations donneront ainsi des pistes de réflexion et d’action.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835291/fr/la-prise-en-compte-de-la-sante-physique-et-psychique-des-personnes-accueillies-dans-les-centres-d-hebergement-et-de-reinsertion-sociale</t>
+  </si>
+  <si>
+    <t>c_2835291</t>
+  </si>
+  <si>
+    <t>Repérage et accompagnement des situations de ruptures dans les parcours des personnes accueillies en centre d’hébergement et de réinsertion sociale (CHRS)</t>
+  </si>
+  <si>
+    <t>Le document aborde les risques relatifs aux modifications de santé, relationnelles, économiques et spatiales dans lesquelles la personne évolue. Il envisage ces risques alors même que le projet personnalisé est élaboré et en cours de réalisation. La rupture d’un projet implique souvent, tant pour la personne elle-même que pour les professionnels de l’accompagnement, un questionnement quant aux causes de la rupture et aux conséquences sur le devenir de la personne.</t>
+  </si>
+  <si>
+    <t>09/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2015 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835658/fr/reperage-et-accompagnement-des-situations-de-ruptures-dans-les-parcours-des-personnes-accueillies-en-centre-d-hebergement-et-de-reinsertion-sociale-chrs</t>
+  </si>
+  <si>
+    <t>c_2835658</t>
+  </si>
+  <si>
+    <t>Maltraitance chez l’enfant : repérage et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo a été modifiée suite à l’actualisation de la recommandation de bonne pratique sur le syndrome du bébé secoué en juillet 2017.</t>
+  </si>
+  <si>
+    <t>12/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/fr/maltraitance-chez-l-enfant-reperage-et-conduite-a-tenir</t>
+  </si>
+  <si>
+    <t>c_1760393</t>
+  </si>
+  <si>
+    <t>Dangerosité psychiatrique : étude et évaluation des facteurs de risque de violence hétéro-agressive chez les personnes ayant des troubles schizophréniques ou des troubles de l’humeur</t>
+  </si>
+  <si>
+    <t>A la demande du Ministère de la Santé, la HAS a organisé une audition publique sur l'évaluation de la dangerosité psychiatrique. Il s’agissait d'aborder la dimension psychiatrique de la dangerosité et de son évaluation pour aider la prise en charge des patients dans un objectif de prévention des passages à l'acte violent par une meilleure prise en compte de la clinique.</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2011 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069220/fr/dangerosite-psychiatrique-etude-et-evaluation-des-facteurs-de-risque-de-violence-hetero-agressive-chez-les-personnes-ayant-des-troubles-schizophreniques-ou-des-troubles-de-l-humeur</t>
+  </si>
+  <si>
+    <t>c_1069220</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique du patient asthmatique adulte et adolescent</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique fait partie intégrante de la stratégie de prise en charge de l’asthme et doit être proposée à tous les patients selon un programme structuré et individualisé.</t>
+  </si>
+  <si>
+    <t>01/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
+  </si>
+  <si>
+    <t>c_271954</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Prise en charge de la psychopathie</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations pour : Le diagnostic et la prise en charge des adultes dont l’organisation de la personnalité est à expression psychopathique, tant dans le domaine psychiatrique, que social, que judiciaire. Le repérage et la prise en charge des enfants et des adolescents ayant des troubles des conduites potentiellement à risque d’évolution vers une organisation de la personnalité à expression psychopathique.</t>
+  </si>
+  <si>
+    <t>01/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2006 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272478/fr/prise-en-charge-de-la-psychopathie</t>
+  </si>
+  <si>
+    <t>c_272478</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Syndrome catatonique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Catatonique. Il a été élaboré par le Centre de Référence Maladies rares à expression psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295009/fr/syndrome-catatonique</t>
+  </si>
+  <si>
+    <t>p_3295009</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Syndrome de Cohen</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole est d’expliquer aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle ainsi que le parcours de soins pour cette maladie rare.</t>
+  </si>
+  <si>
+    <t>29/11/2017 10:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807912/fr/syndrome-de-cohen</t>
+  </si>
+  <si>
+    <t>c_2807912</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Sclérose Tubéreuse de Bourneville</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une Sclérose Tubéreuse de Bourneville. Il a été élaboré par le Centre de Référence des Epilepsies Rares du CHU de Lille et de Necker Enfants Malades à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293728/fr/sclerose-tubereuse-de-bourneville</t>
+  </si>
+  <si>
+    <t>p_3293728</t>
+  </si>
+  <si>
+    <t>Délétion 22q11</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de délétion 22q11.</t>
+  </si>
+  <si>
+    <t>01/02/2016 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589363/fr/deletion-22q11</t>
+  </si>
+  <si>
+    <t>c_2589363</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Syndrome Transfuseur Transfusé</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente dont la grossesse MC est compliquée d’un STT. Il a été élaboré par Centre de Référence Pathologies rares liées au placenta des grossesses monochoriales (CRMR- PaRaDiGM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594176/fr/syndrome-transfuseur-transfuse</t>
+  </si>
+  <si>
+    <t>p_3594176</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Guides du parcours de santé de l’adulte et de l’enfant avec épilepsie</t>
+  </si>
+  <si>
+    <t>Ces guides décrivent respectivement les soins, l’accompagnement et le suivi global de l’adulte et l’enfant avec épilepsie. Ils s’adressent aux professionnels de santé et médicosociaux, aux personnes avec épilepsie et à leur entourage. Ils clarifient et détaillent le rôle de chaque intervenant, avec l’objectif de favoriser une offre de santé adaptée à la sévérité ou à la complexité de la maladie de chaque personne.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2023 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444925/fr/guides-du-parcours-de-sante-de-l-adulte-et-de-l-enfant-avec-epilepsie</t>
+  </si>
+  <si>
+    <t>p_3444925</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Chondrodysplasies ponctuées : déficit de la biosynthèse du cholestérol et déficit en arylsulfatase E.</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de chondrodypalsie ponctuée par déficit de la biosynthèse du cholestérol et par déficit en arylsulfatase E. Il a été élaboré par le Centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392237/fr/chondrodysplasies-ponctuees-deficit-de-la-biosynthese-du-cholesterol-et-deficit-en-arylsulfatase-e</t>
+  </si>
+  <si>
+    <t>p_3392237</t>
+  </si>
+  <si>
+    <t>Fentes labiales et/ou palatines</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301614/fr/fentes-labiales-et/ou-palatines</t>
+  </si>
+  <si>
+    <t>p_3301614</t>
+  </si>
+  <si>
+    <t>Hypocholestérolémies génétiques intestinales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’une hypocholestérolémie génétique intestinale. Il a été élaboré par le centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272490/fr/hypocholesterolemies-genetiques-intestinales</t>
+  </si>
+  <si>
+    <t>p_3272490</t>
+  </si>
+  <si>
+    <t>Narcolepsie de type 1 et 2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Narcolepsie de type 1 ou de type 2. Il a été élaboré par le Centre de Référence des Narcolepsies et Hypersomnies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293050/fr/narcolepsie-de-type-1-et-2</t>
+  </si>
+  <si>
+    <t>p_3293050</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>La HAS adopte son nouveau programme « santé mentale et psychiatrie » 2025-2030</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) adopte son programme pluriannuel dédié à la santé mentale et à la psychiatrie pour la période 2025-2030. Avec ce 3e programme, la HAS intensifie son engagement dans ce champ afin d’améliorer le parcours de santé des personnes, dès l’émergence de troubles de la santé mentale, et de mieux prendre en charge les troubles les plus sévères. Une feuille de route y est associée, qui définit les priorités pour 2025.</t>
+  </si>
+  <si>
+    <t>14/02/2025 14:30:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590541/fr/la-has-adopte-son-nouveau-programme-sante-mentale-et-psychiatrie-2025-2030</t>
+  </si>
+  <si>
+    <t>p_3590541</t>
+  </si>
+  <si>
+    <t>29 propositions pour que le numérique en santé remplisse ses promesses</t>
+  </si>
+  <si>
+    <t>La révolution numérique est largement engagée dans le champ de la santé, et s’esquisse dans le champ social et médico-social : accès facilité aux soins et aux accompagnements, mobilisation des données, amélioration des pratiques professionnelles et des parcours, recours à l’intelligence artificielle. Autant de promesses qui imposent d’agir dès à présent pour que le numérique apporte des solutions utiles et efficaces. Dans un rapport prospectif qu’elle publie ce jour, la HAS développe 29 propositions pour une mobilisation de tous : usagers, professionnels, industriels et Etat.</t>
+  </si>
+  <si>
+    <t>19/06/2019 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3058311/fr/29-propositions-pour-que-le-numerique-en-sante-remplisse-ses-promesses</t>
+  </si>
+  <si>
+    <t>p_3058311</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puce à ADN (ACPA) en contexte postnatal</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») - ACPA - CGH array – postnatal – diagnostic – génétique</t>
+  </si>
+  <si>
+    <t>13/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/fr/analyse-chromosomique-sur-puce-a-adn-acpa-en-contexte-postnatal</t>
+  </si>
+  <si>
+    <t>p_3453213</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+  </si>
+  <si>
+    <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Place et conditions de réalisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Préciser les indications et non indications ainsi que les conditions d'utilisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1056842</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 25 janvier  2022</t>
+  </si>
+  <si>
+    <t>22/02/2022 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318859/fr/csms-reunion-du-25-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3318859</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 16 octobre 2018</t>
+  </si>
+  <si>
+    <t>31/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901745/fr/csms-reunion-du-16-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2901745</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 5 octobre  2021</t>
+  </si>
+  <si>
+    <t>02/11/2021 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296301/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3296301</t>
+  </si>
+  <si>
+    <t>17/09/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286847/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3286847</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie du 2 octobre 2024</t>
+  </si>
+  <si>
+    <t>18/12/2024 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573827/fr/comite-sante-mentale-et-psychiatrie-du-2-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3573827</t>
+  </si>
+  <si>
+    <t>???</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 17 septembre 2019</t>
+  </si>
+  <si>
+    <t>09/10/2019 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112132/fr/csms-reunion-du-17-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3112132</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie du 26 novembre 2025</t>
+  </si>
+  <si>
+    <t>16/01/2026 16:12:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3699897/fr/comite-sante-mentale-et-psychiatrie-du-26-novembre-2025</t>
+  </si>
+  <si>
+    <t>p_3699897</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie du 18 juin 2025</t>
+  </si>
+  <si>
+    <t>23/09/2025 08:47:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610236/fr/comite-sante-mentale-et-psychiatrie-du-18-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3610236</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie du 18 février 2025</t>
+  </si>
+  <si>
+    <t>13/05/2025 08:45:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573857/fr/comite-sante-mentale-et-psychiatrie-du-18-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3573857</t>
+  </si>
+  <si>
+    <t>Commission Impact des recommandations - Réunion du 11 mai 2022</t>
+  </si>
+  <si>
+    <t>01/09/2022 18:36:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361732/fr/commission-impact-des-recommandations-reunion-du-11-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3361732</t>
+  </si>
+  <si>
+    <t>Commission Impact des recommandations - Réunion du 17 novembre 2021</t>
+  </si>
+  <si>
+    <t>01/12/2021 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302537/fr/commission-impact-des-recommandations-reunion-du-17-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3302537</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 13 octobre 2020</t>
+  </si>
+  <si>
+    <t>18/11/2020 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218105/fr/csms-reunion-du-13-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3218105</t>
+  </si>
+  <si>
+    <t>Commission Recommandations de Bonne Pratique - Réunion du 23/10/2012</t>
+  </si>
+  <si>
+    <t>17/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1351124/fr/commission-recommandations-de-bonne-pratique-reunion-du-23/10/2012</t>
+  </si>
+  <si>
+    <t>c_1351124</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d'admission en  affection de longue durée (ALD) - Juin 2009</t>
+  </si>
+  <si>
+    <t>La loi du 13 août 2004 a confié trois missions à la HAS (art. R 161-71 CSS) dans le domaine des affections de longue durée (ALD) dont l’une est de formuler des recommandations sur les critères utilisés pour la définition des ALD, c’est-à-dire définir les conditions médicales nécessaires pour que les malades bénéficient d’une exonération de ticket modérateur, pour une affection donnée.</t>
+  </si>
+  <si>
+    <t>30/06/2009 17:49:00</t>
+  </si>
+  <si>
+    <t>01/10/2009 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817790/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affection-de-longue-duree-ald-juin-2009</t>
+  </si>
+  <si>
+    <t>c_817790</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Point de vue des personnes accompagnées par les ESSMS</t>
+  </si>
+  <si>
+    <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2025 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
+  </si>
+  <si>
+    <t>p_3606889</t>
+  </si>
+  <si>
+    <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
+  </si>
+  <si>
+    <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>Improving health and social care for people experiencing homelessness and living with mental health disorders</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2681915/en/good-practice-guidelines-on-health-apps-and-smart-devices-mobile-health-or-mhealth</t>
+    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
+  </si>
+  <si>
+    <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
+  </si>
+  <si>
+    <t>07/12/2023 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3477948</t>
+  </si>
+  <si>
+    <t>L'expertise publique en santé en situation de crise - Rapport d'analyse prospective 2022</t>
+  </si>
+  <si>
+    <t>La HAS analyse la manière dont l’expertise publique en santé a été mobilisée et produite au cours de la pandémie de Covid-19 tout en tirant des enseignements et des axes d’amélioration pour l’avenir.</t>
+  </si>
+  <si>
+    <t>20/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410771/fr/l-expertise-publique-en-sante-en-situation-de-crise-rapport-d-analyse-prospective-2022</t>
+  </si>
+  <si>
+    <t>p_3410771</t>
+  </si>
+  <si>
+    <t>Évaluation des applications dans le champ de la santé mobile (mHealth)</t>
+  </si>
+  <si>
+    <t>En 2020, plus de 350 000 applications concernant la santé étaient disponibles sur les différents magasins en ligne (App Store, Google Play Store, etc.). Cette expansion rapide du secteur de la santé mobile rend difficile le choix pour les utilisateurs ou les conseils pour choisir la bonne application de la part des professionnels concernés. Pour s'y retrouver, la HAS publie un référentiel sur les critères de qualité du contenu médical utilisés dans le secteur de la santé mobile (mHealth).</t>
+  </si>
+  <si>
+    <t>24/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2021 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274798/fr/evaluation-des-applications-dans-le-champ-de-la-sante-mobile-mhealth</t>
+  </si>
+  <si>
+    <t>p_3274798</t>
+  </si>
+  <si>
+    <t>Numérique : quelle (R)évolution ? Rapport d'analyse prospective 2019</t>
+  </si>
+  <si>
+    <t>La HAS a centré son approche sur quatre axes qui lui apparaissent, dans la vision prospective réclamée par le législateur, autant de conditions nécessaires à ce que le virage numérique déjà amorcé se fasse sous le signe de la confiance et de la qualité.</t>
+  </si>
+  <si>
+    <t>02/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2019 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223636/fr/numerique-quelle-r-evolution-rapport-d-analyse-prospective-2019</t>
+  </si>
+  <si>
+    <t>p_3223636</t>
+  </si>
+  <si>
+    <t>Référentiel de bonnes pratiques sur les applications et les objets connectés en santé (mobile Health ou mHealth)</t>
+  </si>
+  <si>
+    <t>Ce référentiel de bonnes pratiques s’adresse aux industriels et aux évaluateurs (structures d’évaluation, associations de consommateurs ou sociétés savantes médicales). Il vise à guider, à promouvoir l’usage et à renforcer la confiance dans les applications et les objets connectés.</t>
+  </si>
+  <si>
+    <t>12/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
   </si>
   <si>
     <t>c_2681915</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...89 lines deleted...]
-    <t>c_1267303</t>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations vaccinales des professionnels</t>
+  </si>
+  <si>
+    <t>La HAS préconise qu’une obligation d’immunisation contre la rougeole soit mise en place pour les étudiants et professionnels pour lesquels cette vaccination est actuellement recommandée. En l’absence de disponibilité d’un vaccin rougeole non combiné, la HAS préconise ainsi que l’administration de deux doses de vaccin trivalent ROR soit rendue obligatoire en milieu professionnel pour les personnes non vaccinées et sans antécédent documenté de rougeole. La HAS préconise également de maintenir les recommandations de vaccination contre la coqueluche, la grippe, l’hépatite A, et la varicelle.</t>
+  </si>
+  <si>
+    <t>27/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456351/fr/actualisation-des-recommandations-et-obligations-vaccinales-des-professionnels</t>
+  </si>
+  <si>
+    <t>p_3456351</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
+  </si>
+  <si>
+    <t>Comprendre la nouvelle évaluation des ESSMS</t>
+  </si>
+  <si>
+    <t>Les établissements et services sociaux et médico-sociaux sont tenus de procéder à des évaluations régulières de leurs activités et de la qualité de leurs prestations.</t>
+  </si>
+  <si>
+    <t>10/03/2022 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838131/fr/comprendre-la-nouvelle-evaluation-des-essms</t>
+  </si>
+  <si>
+    <t>c_2838131</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>Programme « santé mentale et psychiatrie » de la HAS</t>
+  </si>
+  <si>
+    <t>Depuis 2013, la HAS organise ses travaux dans le champ de la santé mentale et de la psychiatrie sous la forme de programmes pluriannuels prospectifs et évolutifs.</t>
+  </si>
+  <si>
+    <t>14/02/2025 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721760/fr/programme-sante-mentale-et-psychiatrie-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1721760</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie</t>
+  </si>
+  <si>
+    <t>Afin de poursuivre et renforcer son engagement dans le domaine de la santé mentale et de la psychiatrie, la HAS a créé en juillet 2024 le comité santé mentale et psychiatrie. Il remplace le comité de suivi « psychiatrie et santé mentale » mis en place en 2013.</t>
+  </si>
+  <si>
+    <t>17/10/2024 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549127/fr/comite-sante-mentale-et-psychiatrie</t>
+  </si>
+  <si>
+    <t>p_3549127</t>
+  </si>
+  <si>
+    <t>5e cycle de certification</t>
+  </si>
+  <si>
+    <t>Membres de la gouvernance, professionnels des établissements de santé, représentants des usagers, cette page vous concerne. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la clarté aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des documents et outils nécessaires à la préparation de la visite de certification.</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1495044/fr/5e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>r_1495044</t>
+  </si>
+  <si>
+    <t>Accréditation des établissements de santé étrangers</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS), autorité publique indépendante à caractère scientifique, propose aux établissements de santé étrangers son savoir-faire et son expertise en matière d'évaluation via son dispositif de certification pour la qualité des soins, accrédité par l’International Society for Quality in Health Care (ISQua).</t>
+  </si>
+  <si>
+    <t>23/05/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433849/fr/accreditation-des-etablissements-de-sante-etrangers</t>
+  </si>
+  <si>
+    <t>p_3433849</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -424,321 +2173,3585 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
         <v>28</v>
       </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>610</v>
+      </c>
+      <c r="B2" t="s">
+        <v>611</v>
+      </c>
+      <c r="C2" t="s">
+        <v>612</v>
+      </c>
+      <c r="D2" t="s">
+        <v>613</v>
+      </c>
+      <c r="E2" t="s">
+        <v>614</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>615</v>
+      </c>
+      <c r="H2" t="s">
+        <v>616</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>617</v>
+      </c>
+      <c r="B2" t="s">
+        <v>618</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>619</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>620</v>
+      </c>
+      <c r="H2" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>617</v>
+      </c>
+      <c r="B3" t="s">
+        <v>622</v>
+      </c>
+      <c r="C3" t="s">
+        <v>623</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>624</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>625</v>
+      </c>
+      <c r="H3" t="s">
+        <v>626</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>627</v>
+      </c>
+      <c r="B2" t="s">
+        <v>628</v>
+      </c>
+      <c r="C2" t="s">
+        <v>629</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>630</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>631</v>
+      </c>
+      <c r="H2" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>627</v>
+      </c>
+      <c r="B3" t="s">
+        <v>633</v>
+      </c>
+      <c r="C3" t="s">
+        <v>634</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>635</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>636</v>
+      </c>
+      <c r="H3" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>627</v>
+      </c>
+      <c r="B4" t="s">
+        <v>638</v>
+      </c>
+      <c r="C4" t="s">
+        <v>639</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>640</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>641</v>
+      </c>
+      <c r="H4" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>627</v>
+      </c>
+      <c r="B5" t="s">
+        <v>643</v>
+      </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>644</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>645</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>646</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>647</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>34</v>
+        <v>627</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>648</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>649</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>650</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>651</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>652</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>627</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>653</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>654</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>655</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>656</v>
       </c>
       <c r="H7" t="s">
-        <v>46</v>
+        <v>657</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>627</v>
+      </c>
+      <c r="B8" t="s">
+        <v>658</v>
+      </c>
+      <c r="C8" t="s">
+        <v>659</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>660</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>661</v>
+      </c>
+      <c r="H8" t="s">
+        <v>662</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H53"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" t="s">
         <v>47</v>
       </c>
+      <c r="C3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" t="s">
+        <v>49</v>
+      </c>
+      <c r="E3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>51</v>
+      </c>
+      <c r="H3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" t="s">
+        <v>54</v>
+      </c>
+      <c r="D4" t="s">
+        <v>55</v>
+      </c>
+      <c r="E4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>57</v>
+      </c>
+      <c r="H4" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C5" t="s">
+        <v>60</v>
+      </c>
+      <c r="D5" t="s">
+        <v>61</v>
+      </c>
+      <c r="E5" t="s">
+        <v>62</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>63</v>
+      </c>
+      <c r="H5" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>40</v>
+      </c>
+      <c r="B6" t="s">
+        <v>65</v>
+      </c>
+      <c r="C6" t="s">
+        <v>66</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>67</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>68</v>
+      </c>
+      <c r="H6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
+        <v>72</v>
+      </c>
+      <c r="E7" t="s">
+        <v>73</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>74</v>
+      </c>
+      <c r="H7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>40</v>
+      </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="D8" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="H8" t="s">
-        <v>53</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>56</v>
+        <v>83</v>
       </c>
       <c r="E9" t="s">
-        <v>57</v>
+        <v>84</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>58</v>
+        <v>85</v>
       </c>
       <c r="H9" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="B10" t="s">
-        <v>61</v>
+        <v>87</v>
       </c>
       <c r="C10" t="s">
-        <v>62</v>
+        <v>88</v>
       </c>
       <c r="D10" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>64</v>
+        <v>89</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="H10" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="B11" t="s">
-        <v>67</v>
+        <v>92</v>
       </c>
       <c r="C11" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="D11" t="s">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="E11" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="H11" t="s">
-        <v>72</v>
+        <v>97</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="B12" t="s">
-        <v>73</v>
+        <v>98</v>
       </c>
       <c r="C12" t="s">
-        <v>74</v>
+        <v>99</v>
       </c>
       <c r="D12" t="s">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="E12" t="s">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>77</v>
+        <v>102</v>
       </c>
       <c r="H12" t="s">
-        <v>78</v>
+        <v>103</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="B13" t="s">
-        <v>79</v>
+        <v>104</v>
       </c>
       <c r="C13" t="s">
-        <v>80</v>
+        <v>105</v>
       </c>
       <c r="D13" t="s">
-        <v>81</v>
+        <v>106</v>
       </c>
       <c r="E13" t="s">
-        <v>82</v>
+        <v>107</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="H13" t="s">
-        <v>84</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>85</v>
+        <v>40</v>
       </c>
       <c r="B14" t="s">
-        <v>86</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>87</v>
+        <v>111</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="E14" t="s">
-        <v>88</v>
+        <v>113</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>89</v>
+        <v>114</v>
       </c>
       <c r="H14" t="s">
-        <v>90</v>
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D15" t="s">
+        <v>118</v>
+      </c>
+      <c r="E15" t="s">
+        <v>119</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>120</v>
+      </c>
+      <c r="H15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>123</v>
+      </c>
+      <c r="D16" t="s">
+        <v>124</v>
+      </c>
+      <c r="E16" t="s">
+        <v>125</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>129</v>
+      </c>
+      <c r="D17" t="s">
+        <v>130</v>
+      </c>
+      <c r="E17" t="s">
+        <v>131</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>132</v>
+      </c>
+      <c r="H17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>135</v>
+      </c>
+      <c r="D18" t="s">
+        <v>136</v>
+      </c>
+      <c r="E18" t="s">
+        <v>137</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>138</v>
+      </c>
+      <c r="H18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
+        <v>140</v>
+      </c>
+      <c r="C19" t="s">
+        <v>141</v>
+      </c>
+      <c r="D19" t="s">
+        <v>142</v>
+      </c>
+      <c r="E19" t="s">
+        <v>143</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>144</v>
+      </c>
+      <c r="H19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>147</v>
+      </c>
+      <c r="D20" t="s">
+        <v>148</v>
+      </c>
+      <c r="E20" t="s">
+        <v>149</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>150</v>
+      </c>
+      <c r="H20" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>153</v>
+      </c>
+      <c r="D21" t="s">
+        <v>154</v>
+      </c>
+      <c r="E21" t="s">
+        <v>155</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>156</v>
+      </c>
+      <c r="H21" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>159</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>160</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>161</v>
+      </c>
+      <c r="H22" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>40</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>164</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>165</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>166</v>
+      </c>
+      <c r="H23" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>40</v>
+      </c>
+      <c r="B24" t="s">
+        <v>168</v>
+      </c>
+      <c r="C24" t="s">
+        <v>169</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>170</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>171</v>
+      </c>
+      <c r="H24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>40</v>
+      </c>
+      <c r="B25" t="s">
+        <v>173</v>
+      </c>
+      <c r="C25" t="s">
+        <v>174</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>175</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>176</v>
+      </c>
+      <c r="H25" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>40</v>
+      </c>
+      <c r="B26" t="s">
+        <v>178</v>
+      </c>
+      <c r="C26" t="s">
+        <v>179</v>
+      </c>
+      <c r="D26" t="s">
+        <v>180</v>
+      </c>
+      <c r="E26" t="s">
+        <v>181</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>182</v>
+      </c>
+      <c r="H26" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>40</v>
+      </c>
+      <c r="B27" t="s">
+        <v>184</v>
+      </c>
+      <c r="C27" t="s">
+        <v>185</v>
+      </c>
+      <c r="D27" t="s">
+        <v>154</v>
+      </c>
+      <c r="E27" t="s">
+        <v>186</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>187</v>
+      </c>
+      <c r="H27" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>40</v>
+      </c>
+      <c r="B28" t="s">
+        <v>189</v>
+      </c>
+      <c r="C28" t="s">
+        <v>190</v>
+      </c>
+      <c r="D28" t="s">
+        <v>83</v>
+      </c>
+      <c r="E28" t="s">
+        <v>191</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>192</v>
+      </c>
+      <c r="H28" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" t="s">
+        <v>194</v>
+      </c>
+      <c r="C29" t="s">
+        <v>195</v>
+      </c>
+      <c r="D29" t="s">
+        <v>124</v>
+      </c>
+      <c r="E29" t="s">
+        <v>196</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>197</v>
+      </c>
+      <c r="H29" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>40</v>
+      </c>
+      <c r="B30" t="s">
+        <v>199</v>
+      </c>
+      <c r="C30" t="s">
+        <v>200</v>
+      </c>
+      <c r="D30" t="s">
+        <v>201</v>
+      </c>
+      <c r="E30" t="s">
+        <v>202</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>203</v>
+      </c>
+      <c r="H30" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" t="s">
+        <v>205</v>
+      </c>
+      <c r="C31" t="s">
+        <v>206</v>
+      </c>
+      <c r="D31" t="s">
+        <v>207</v>
+      </c>
+      <c r="E31" t="s">
+        <v>208</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>209</v>
+      </c>
+      <c r="H31" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>40</v>
+      </c>
+      <c r="B32" t="s">
+        <v>211</v>
+      </c>
+      <c r="C32" t="s">
+        <v>212</v>
+      </c>
+      <c r="D32" t="s">
+        <v>213</v>
+      </c>
+      <c r="E32" t="s">
+        <v>214</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>215</v>
+      </c>
+      <c r="H32" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>40</v>
+      </c>
+      <c r="B33" t="s">
+        <v>217</v>
+      </c>
+      <c r="C33" t="s">
+        <v>218</v>
+      </c>
+      <c r="D33" t="s">
+        <v>219</v>
+      </c>
+      <c r="E33" t="s">
+        <v>220</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>221</v>
+      </c>
+      <c r="H33" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>40</v>
+      </c>
+      <c r="B34" t="s">
+        <v>223</v>
+      </c>
+      <c r="C34" t="s">
+        <v>224</v>
+      </c>
+      <c r="D34" t="s">
+        <v>225</v>
+      </c>
+      <c r="E34" t="s">
+        <v>226</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>227</v>
+      </c>
+      <c r="H34" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>40</v>
+      </c>
+      <c r="B35" t="s">
+        <v>229</v>
+      </c>
+      <c r="C35" t="s">
+        <v>230</v>
+      </c>
+      <c r="D35" t="s">
+        <v>231</v>
+      </c>
+      <c r="E35" t="s">
+        <v>232</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>233</v>
+      </c>
+      <c r="H35" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>40</v>
+      </c>
+      <c r="B36" t="s">
+        <v>235</v>
+      </c>
+      <c r="C36" t="s">
+        <v>236</v>
+      </c>
+      <c r="D36" t="s">
+        <v>237</v>
+      </c>
+      <c r="E36" t="s">
+        <v>238</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>239</v>
+      </c>
+      <c r="H36" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>40</v>
+      </c>
+      <c r="B37" t="s">
+        <v>241</v>
+      </c>
+      <c r="C37" t="s">
+        <v>206</v>
+      </c>
+      <c r="D37" t="s">
+        <v>207</v>
+      </c>
+      <c r="E37" t="s">
+        <v>242</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>243</v>
+      </c>
+      <c r="H37" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" t="s">
+        <v>245</v>
+      </c>
+      <c r="C38" t="s">
+        <v>246</v>
+      </c>
+      <c r="D38" t="s">
+        <v>247</v>
+      </c>
+      <c r="E38" t="s">
+        <v>248</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>249</v>
+      </c>
+      <c r="H38" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>40</v>
+      </c>
+      <c r="B39" t="s">
+        <v>251</v>
+      </c>
+      <c r="C39" t="s">
+        <v>252</v>
+      </c>
+      <c r="D39" t="s">
+        <v>253</v>
+      </c>
+      <c r="E39" t="s">
+        <v>254</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>255</v>
+      </c>
+      <c r="H39" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>40</v>
+      </c>
+      <c r="B40" t="s">
+        <v>257</v>
+      </c>
+      <c r="C40" t="s">
+        <v>258</v>
+      </c>
+      <c r="D40" t="s">
+        <v>259</v>
+      </c>
+      <c r="E40" t="s">
+        <v>260</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>261</v>
+      </c>
+      <c r="H40" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>40</v>
+      </c>
+      <c r="B41" t="s">
+        <v>263</v>
+      </c>
+      <c r="C41" t="s">
+        <v>264</v>
+      </c>
+      <c r="D41" t="s">
+        <v>265</v>
+      </c>
+      <c r="E41" t="s">
+        <v>266</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>267</v>
+      </c>
+      <c r="H41" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>40</v>
+      </c>
+      <c r="B42" t="s">
+        <v>269</v>
+      </c>
+      <c r="C42" t="s">
+        <v>270</v>
+      </c>
+      <c r="D42" t="s">
+        <v>271</v>
+      </c>
+      <c r="E42" t="s">
+        <v>272</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>273</v>
+      </c>
+      <c r="H42" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>40</v>
+      </c>
+      <c r="B43" t="s">
+        <v>275</v>
+      </c>
+      <c r="C43" t="s">
+        <v>276</v>
+      </c>
+      <c r="D43" t="s">
+        <v>277</v>
+      </c>
+      <c r="E43" t="s">
+        <v>278</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>279</v>
+      </c>
+      <c r="H43" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>40</v>
+      </c>
+      <c r="B44" t="s">
+        <v>281</v>
+      </c>
+      <c r="C44" t="s">
+        <v>282</v>
+      </c>
+      <c r="D44" t="s">
+        <v>283</v>
+      </c>
+      <c r="E44" t="s">
+        <v>284</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>285</v>
+      </c>
+      <c r="H44" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>40</v>
+      </c>
+      <c r="B45" t="s">
+        <v>287</v>
+      </c>
+      <c r="C45" t="s">
+        <v>288</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>289</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>290</v>
+      </c>
+      <c r="H45" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>40</v>
+      </c>
+      <c r="B46" t="s">
+        <v>292</v>
+      </c>
+      <c r="C46" t="s">
+        <v>293</v>
+      </c>
+      <c r="D46" t="s">
+        <v>294</v>
+      </c>
+      <c r="E46" t="s">
+        <v>295</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>296</v>
+      </c>
+      <c r="H46" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" t="s">
+        <v>298</v>
+      </c>
+      <c r="C47" t="s">
+        <v>299</v>
+      </c>
+      <c r="D47" t="s">
+        <v>259</v>
+      </c>
+      <c r="E47" t="s">
+        <v>259</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>300</v>
+      </c>
+      <c r="H47" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>40</v>
+      </c>
+      <c r="B48" t="s">
+        <v>302</v>
+      </c>
+      <c r="C48" t="s">
+        <v>303</v>
+      </c>
+      <c r="D48" t="s">
+        <v>304</v>
+      </c>
+      <c r="E48" t="s">
+        <v>305</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>306</v>
+      </c>
+      <c r="H48" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>40</v>
+      </c>
+      <c r="B49" t="s">
+        <v>308</v>
+      </c>
+      <c r="C49" t="s">
+        <v>309</v>
+      </c>
+      <c r="D49" t="s">
+        <v>310</v>
+      </c>
+      <c r="E49" t="s">
+        <v>311</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>312</v>
+      </c>
+      <c r="H49" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>40</v>
+      </c>
+      <c r="B50" t="s">
+        <v>314</v>
+      </c>
+      <c r="C50" t="s">
+        <v>315</v>
+      </c>
+      <c r="D50" t="s">
+        <v>316</v>
+      </c>
+      <c r="E50" t="s">
+        <v>317</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>318</v>
+      </c>
+      <c r="H50" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>40</v>
+      </c>
+      <c r="B51" t="s">
+        <v>320</v>
+      </c>
+      <c r="C51" t="s">
+        <v>321</v>
+      </c>
+      <c r="D51" t="s">
+        <v>322</v>
+      </c>
+      <c r="E51" t="s">
+        <v>322</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>323</v>
+      </c>
+      <c r="H51" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>40</v>
+      </c>
+      <c r="B52" t="s">
+        <v>325</v>
+      </c>
+      <c r="C52" t="s">
+        <v>326</v>
+      </c>
+      <c r="D52" t="s">
+        <v>327</v>
+      </c>
+      <c r="E52" t="s">
+        <v>328</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>329</v>
+      </c>
+      <c r="H52" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>40</v>
+      </c>
+      <c r="B53" t="s">
+        <v>331</v>
+      </c>
+      <c r="C53" t="s">
+        <v>332</v>
+      </c>
+      <c r="D53" t="s">
+        <v>333</v>
+      </c>
+      <c r="E53" t="s">
+        <v>334</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>335</v>
+      </c>
+      <c r="H53" t="s">
+        <v>336</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>337</v>
+      </c>
+      <c r="B2" t="s">
+        <v>338</v>
+      </c>
+      <c r="C2" t="s">
+        <v>339</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>340</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>341</v>
+      </c>
+      <c r="H2" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B3" t="s">
+        <v>343</v>
+      </c>
+      <c r="C3" t="s">
+        <v>344</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>346</v>
+      </c>
+      <c r="H3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>337</v>
+      </c>
+      <c r="B4" t="s">
+        <v>348</v>
+      </c>
+      <c r="C4" t="s">
+        <v>349</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>350</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>351</v>
+      </c>
+      <c r="H4" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>337</v>
+      </c>
+      <c r="B5" t="s">
+        <v>353</v>
+      </c>
+      <c r="C5" t="s">
+        <v>354</v>
+      </c>
+      <c r="D5" t="s">
+        <v>355</v>
+      </c>
+      <c r="E5" t="s">
+        <v>356</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>357</v>
+      </c>
+      <c r="H5" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>337</v>
+      </c>
+      <c r="B6" t="s">
+        <v>359</v>
+      </c>
+      <c r="C6" t="s">
+        <v>360</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>361</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>362</v>
+      </c>
+      <c r="H6" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>337</v>
+      </c>
+      <c r="B7" t="s">
+        <v>364</v>
+      </c>
+      <c r="C7" t="s">
+        <v>365</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>366</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>367</v>
+      </c>
+      <c r="H7" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>337</v>
+      </c>
+      <c r="B8" t="s">
+        <v>369</v>
+      </c>
+      <c r="C8" t="s">
+        <v>370</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>371</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>372</v>
+      </c>
+      <c r="H8" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>337</v>
+      </c>
+      <c r="B9" t="s">
+        <v>374</v>
+      </c>
+      <c r="C9" t="s">
+        <v>375</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>376</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>377</v>
+      </c>
+      <c r="H9" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>337</v>
+      </c>
+      <c r="B10" t="s">
+        <v>379</v>
+      </c>
+      <c r="C10" t="s">
+        <v>380</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>381</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>382</v>
+      </c>
+      <c r="H10" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>337</v>
+      </c>
+      <c r="B11" t="s">
+        <v>384</v>
+      </c>
+      <c r="C11" t="s">
+        <v>385</v>
+      </c>
+      <c r="D11" t="s">
+        <v>386</v>
+      </c>
+      <c r="E11" t="s">
+        <v>387</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>388</v>
+      </c>
+      <c r="H11" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>337</v>
+      </c>
+      <c r="B12" t="s">
+        <v>390</v>
+      </c>
+      <c r="C12" t="s">
+        <v>391</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>392</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>393</v>
+      </c>
+      <c r="H12" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>337</v>
+      </c>
+      <c r="B13" t="s">
+        <v>395</v>
+      </c>
+      <c r="C13" t="s">
+        <v>396</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>397</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>398</v>
+      </c>
+      <c r="H13" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>337</v>
+      </c>
+      <c r="B14" t="s">
+        <v>400</v>
+      </c>
+      <c r="C14" t="s">
+        <v>401</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>402</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>403</v>
+      </c>
+      <c r="H14" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>337</v>
+      </c>
+      <c r="B15" t="s">
+        <v>405</v>
+      </c>
+      <c r="C15" t="s">
+        <v>406</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>407</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>408</v>
+      </c>
+      <c r="H15" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B16" t="s">
+        <v>410</v>
+      </c>
+      <c r="C16" t="s">
+        <v>411</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>412</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>413</v>
+      </c>
+      <c r="H16" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>337</v>
+      </c>
+      <c r="B17" t="s">
+        <v>415</v>
+      </c>
+      <c r="C17" t="s">
+        <v>416</v>
+      </c>
+      <c r="D17" t="s">
+        <v>417</v>
+      </c>
+      <c r="E17" t="s">
+        <v>418</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>419</v>
+      </c>
+      <c r="H17" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>337</v>
+      </c>
+      <c r="B18" t="s">
+        <v>421</v>
+      </c>
+      <c r="C18" t="s">
+        <v>422</v>
+      </c>
+      <c r="D18" t="s">
+        <v>423</v>
+      </c>
+      <c r="E18" t="s">
+        <v>424</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>425</v>
+      </c>
+      <c r="H18" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>337</v>
+      </c>
+      <c r="B19" t="s">
+        <v>427</v>
+      </c>
+      <c r="C19" t="s">
+        <v>428</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>429</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>430</v>
+      </c>
+      <c r="H19" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>337</v>
+      </c>
+      <c r="B20" t="s">
+        <v>432</v>
+      </c>
+      <c r="C20" t="s">
+        <v>433</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>434</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>435</v>
+      </c>
+      <c r="H20" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>337</v>
+      </c>
+      <c r="B21" t="s">
+        <v>437</v>
+      </c>
+      <c r="C21" t="s">
+        <v>438</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>439</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>440</v>
+      </c>
+      <c r="H21" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>337</v>
+      </c>
+      <c r="B22" t="s">
+        <v>442</v>
+      </c>
+      <c r="C22" t="s">
+        <v>443</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>445</v>
+      </c>
+      <c r="H22" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>337</v>
+      </c>
+      <c r="B23" t="s">
+        <v>447</v>
+      </c>
+      <c r="C23" t="s">
+        <v>448</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>449</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>450</v>
+      </c>
+      <c r="H23" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>337</v>
+      </c>
+      <c r="B24" t="s">
+        <v>452</v>
+      </c>
+      <c r="C24" t="s">
+        <v>453</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>449</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>454</v>
+      </c>
+      <c r="H24" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>337</v>
+      </c>
+      <c r="B25" t="s">
+        <v>456</v>
+      </c>
+      <c r="C25" t="s">
+        <v>457</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>402</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>458</v>
+      </c>
+      <c r="H25" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>337</v>
+      </c>
+      <c r="B26" t="s">
+        <v>460</v>
+      </c>
+      <c r="C26" t="s">
+        <v>461</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>462</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>463</v>
+      </c>
+      <c r="H26" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>337</v>
+      </c>
+      <c r="B27" t="s">
+        <v>465</v>
+      </c>
+      <c r="C27" t="s">
+        <v>466</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>467</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>468</v>
+      </c>
+      <c r="H27" t="s">
+        <v>469</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>470</v>
+      </c>
+      <c r="B2" t="s">
+        <v>471</v>
+      </c>
+      <c r="C2" t="s">
+        <v>472</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>473</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>474</v>
+      </c>
+      <c r="H2" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>470</v>
+      </c>
+      <c r="B3" t="s">
+        <v>476</v>
+      </c>
+      <c r="C3" t="s">
+        <v>477</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>478</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>479</v>
+      </c>
+      <c r="H3" t="s">
+        <v>480</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B2" t="s">
+        <v>482</v>
+      </c>
+      <c r="C2" t="s">
+        <v>483</v>
+      </c>
+      <c r="D2" t="s">
+        <v>484</v>
+      </c>
+      <c r="E2" t="s">
+        <v>485</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>486</v>
+      </c>
+      <c r="H2" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>481</v>
+      </c>
+      <c r="B3" t="s">
+        <v>488</v>
+      </c>
+      <c r="C3" t="s">
+        <v>489</v>
+      </c>
+      <c r="D3" t="s">
+        <v>490</v>
+      </c>
+      <c r="E3" t="s">
+        <v>491</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>492</v>
+      </c>
+      <c r="H3" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>481</v>
+      </c>
+      <c r="B4" t="s">
+        <v>494</v>
+      </c>
+      <c r="C4" t="s">
+        <v>495</v>
+      </c>
+      <c r="D4" t="s">
+        <v>496</v>
+      </c>
+      <c r="E4" t="s">
+        <v>497</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>498</v>
+      </c>
+      <c r="H4" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>481</v>
+      </c>
+      <c r="B5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C5" t="s">
+        <v>501</v>
+      </c>
+      <c r="D5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>504</v>
+      </c>
+      <c r="H5" t="s">
+        <v>505</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>507</v>
+      </c>
+      <c r="B2" t="s">
+        <v>508</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>509</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>510</v>
+      </c>
+      <c r="H2" t="s">
+        <v>511</v>
+      </c>
+      <c r="I2" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>507</v>
+      </c>
+      <c r="B3" t="s">
+        <v>513</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>514</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>515</v>
+      </c>
+      <c r="H3" t="s">
+        <v>516</v>
+      </c>
+      <c r="I3" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>507</v>
+      </c>
+      <c r="B4" t="s">
+        <v>517</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>518</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>519</v>
+      </c>
+      <c r="H4" t="s">
+        <v>520</v>
+      </c>
+      <c r="I4" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>507</v>
+      </c>
+      <c r="B5" t="s">
+        <v>517</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>521</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>522</v>
+      </c>
+      <c r="H5" t="s">
+        <v>523</v>
+      </c>
+      <c r="I5" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>507</v>
+      </c>
+      <c r="B6" t="s">
+        <v>524</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>525</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>526</v>
+      </c>
+      <c r="H6" t="s">
+        <v>527</v>
+      </c>
+      <c r="I6" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>507</v>
+      </c>
+      <c r="B7" t="s">
+        <v>529</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>530</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>531</v>
+      </c>
+      <c r="H7" t="s">
+        <v>532</v>
+      </c>
+      <c r="I7" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>507</v>
+      </c>
+      <c r="B8" t="s">
+        <v>533</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>534</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>535</v>
+      </c>
+      <c r="H8" t="s">
+        <v>536</v>
+      </c>
+      <c r="I8" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>507</v>
+      </c>
+      <c r="B9" t="s">
+        <v>537</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>538</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>539</v>
+      </c>
+      <c r="H9" t="s">
+        <v>540</v>
+      </c>
+      <c r="I9" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>507</v>
+      </c>
+      <c r="B10" t="s">
+        <v>541</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>542</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>543</v>
+      </c>
+      <c r="H10" t="s">
+        <v>544</v>
+      </c>
+      <c r="I10" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>507</v>
+      </c>
+      <c r="B11" t="s">
+        <v>545</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>546</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>547</v>
+      </c>
+      <c r="H11" t="s">
+        <v>548</v>
+      </c>
+      <c r="I11" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>507</v>
+      </c>
+      <c r="B12" t="s">
+        <v>549</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>550</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>551</v>
+      </c>
+      <c r="H12" t="s">
+        <v>552</v>
+      </c>
+      <c r="I12" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>507</v>
+      </c>
+      <c r="B13" t="s">
+        <v>553</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>554</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>555</v>
+      </c>
+      <c r="H13" t="s">
+        <v>556</v>
+      </c>
+      <c r="I13" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>507</v>
+      </c>
+      <c r="B14" t="s">
+        <v>557</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>558</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>559</v>
+      </c>
+      <c r="H14" t="s">
+        <v>560</v>
+      </c>
+      <c r="I14" t="s">
+        <v>512</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>561</v>
+      </c>
+      <c r="B2" t="s">
+        <v>562</v>
+      </c>
+      <c r="C2" t="s">
+        <v>563</v>
+      </c>
+      <c r="D2" t="s">
+        <v>564</v>
+      </c>
+      <c r="E2" t="s">
+        <v>565</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>566</v>
+      </c>
+      <c r="H2" t="s">
+        <v>567</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>568</v>
+      </c>
+      <c r="B2" t="s">
+        <v>569</v>
+      </c>
+      <c r="C2" t="s">
+        <v>570</v>
+      </c>
+      <c r="D2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E2" t="s">
+        <v>572</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>573</v>
+      </c>
+      <c r="H2" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>568</v>
+      </c>
+      <c r="B3" t="s">
+        <v>575</v>
+      </c>
+      <c r="C3" t="s">
+        <v>576</v>
+      </c>
+      <c r="D3" t="s">
+        <v>577</v>
+      </c>
+      <c r="E3" t="s">
+        <v>578</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>579</v>
+      </c>
+      <c r="H3" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>568</v>
+      </c>
+      <c r="B4" t="s">
+        <v>581</v>
+      </c>
+      <c r="C4" t="s">
+        <v>582</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>583</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>584</v>
+      </c>
+      <c r="H4" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>568</v>
+      </c>
+      <c r="B5" t="s">
+        <v>586</v>
+      </c>
+      <c r="C5" t="s">
+        <v>587</v>
+      </c>
+      <c r="D5" t="s">
+        <v>588</v>
+      </c>
+      <c r="E5" t="s">
+        <v>589</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>590</v>
+      </c>
+      <c r="H5" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>568</v>
+      </c>
+      <c r="B6" t="s">
+        <v>592</v>
+      </c>
+      <c r="C6" t="s">
+        <v>593</v>
+      </c>
+      <c r="D6" t="s">
+        <v>594</v>
+      </c>
+      <c r="E6" t="s">
+        <v>595</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>596</v>
+      </c>
+      <c r="H6" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>568</v>
+      </c>
+      <c r="B7" t="s">
+        <v>598</v>
+      </c>
+      <c r="C7" t="s">
+        <v>599</v>
+      </c>
+      <c r="D7" t="s">
+        <v>600</v>
+      </c>
+      <c r="E7" t="s">
+        <v>601</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>602</v>
+      </c>
+      <c r="H7" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>568</v>
+      </c>
+      <c r="B8" t="s">
+        <v>604</v>
+      </c>
+      <c r="C8" t="s">
+        <v>605</v>
+      </c>
+      <c r="D8" t="s">
+        <v>606</v>
+      </c>
+      <c r="E8" t="s">
+        <v>607</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>608</v>
+      </c>
+      <c r="H8" t="s">
+        <v>609</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>