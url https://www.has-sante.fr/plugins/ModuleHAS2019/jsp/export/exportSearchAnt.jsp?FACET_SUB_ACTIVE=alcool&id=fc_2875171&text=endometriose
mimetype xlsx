--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,1878 +1,298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="338" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/06/2020 18:28:00</t>
-[...341 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
+  </si>
+  <si>
+    <t>p_3223570</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...134 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>Work programme HAS</t>
+  </si>
+  <si>
+    <t>HAS’s work programme is defined each year at the end of a programming procedure carried out in consultation with the Ministry of Solidarity and Health and the National Health Insurance fund.</t>
+  </si>
+  <si>
+    <t>01/18/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
   </si>
   <si>
     <t>c_1267303</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
-[...21 lines deleted...]
-      <c r="G5" t="s">
         <v>28</v>
-      </c>
-[...1081 lines deleted...]
-        <v>178</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>