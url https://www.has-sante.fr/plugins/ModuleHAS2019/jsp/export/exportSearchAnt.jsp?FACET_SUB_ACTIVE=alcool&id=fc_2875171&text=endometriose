--- v1 (2025-12-08)
+++ v2 (2026-02-23)
@@ -1,298 +1,1837 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="330" uniqueCount="174">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Studies and Reports</t>
-[...11 lines deleted...]
-    <t>12/14/2020 15:49:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Angioedème héréditaire : diagnostic et prise en charge chez l'adulte et chez l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'AOH. Il a été élaboré par Centre de référence des Angioedèmes (CREAK) sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297816/fr/angioedeme-hereditaire-diagnostic-et-prise-en-charge-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3297816</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Accompagner la vie intime, affective et sexuelle des personnes en ESSMS (volet 1 - socle transversal)</t>
+  </si>
+  <si>
+    <t>La vie intime, affective et sexuelle (VIAS) est une composante de la dignité humaine qui est une de nos libertés fondamentale ainsi qu’une dimension essentielle du bien-être et de l’existence humaine, et ce, bien au-delà des questions liées à la reproduction ou aux pratiques sexuelles.</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2025 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590098/fr/accompagner-la-vie-intime-affective-et-sexuelle-des-personnes-en-essms-volet-1-socle-transversal</t>
+  </si>
+  <si>
+    <t>p_3590098</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>La HAS mobilisée pour la santé des femmes</t>
+  </si>
+  <si>
+    <t>A l’occasion de la journée internationale d’action pour la santé de la femme, mercredi 28 mai 2025, la HAS fait le point sur ses dernières recommandations élaborées sur cet enjeu majeur. Avec une priorité : améliorer la prise en charge des femmes et mieux les accompagner tout au long de leur vie.</t>
+  </si>
+  <si>
+    <t>27/05/2025 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608167/fr/la-has-mobilisee-pour-la-sante-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3608167</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation du repérage préopératoire du site de la stomie</t>
+  </si>
+  <si>
+    <t>Repérage préopératoire du site de la stomie, démarche éducative (informations et conseils), qualité de vie, complications postopératoires</t>
+  </si>
+  <si>
+    <t>30/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>05/04/2023 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332705/fr/evaluation-du-reperage-preoperatoire-du-site-de-la-stomie</t>
+  </si>
+  <si>
+    <t>p_3332705</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Regarder en replay - La santé de la femme : singulière et universelle | Colloque HAS-ANM</t>
+  </si>
+  <si>
+    <t>Après s’être associées en 2024 autour de la thématique de la vaccination des seniors, l'Académie nationale de médecine et la Haute Autorité de santé se ont uni à nouveau leurs expertises pour organiser une journée d’information et de réflexion consacrée cette année à la Santé de la femme.</t>
+  </si>
+  <si>
+    <t>14/10/2025 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689232/fr/regarder-en-replay-la-sante-de-la-femme-singuliere-et-universelle-colloque-has-anm</t>
+  </si>
+  <si>
+    <t>p_3689232</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0043/AC/SEAP du 10 juillet 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche «Greffe utérine à partir de donneur vivant»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche «Greffe utérine à partir de donneur vivant» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>10/07/2019 15:10:00</t>
+  </si>
+  <si>
+    <t>18/07/2019 18:02:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076755/fr/avis-n-2019-0043/ac/seap-du-10-juillet-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-greffe-uterine-a-partir-de-donneur-vivant</t>
+  </si>
+  <si>
+    <t>p_3076755</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
+  </si>
+  <si>
+    <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...35 lines deleted...]
-    <t>c_1267303</t>
+    <t>Résultats de l'enquête sur l’utilisation des questionnaires mesurant le résultat de soins perçu par le patient (PROMs) en ville ou en établissement de santé</t>
+  </si>
+  <si>
+    <t>La HAS a conduit une enquête nationale en décembre 2021, pour recenser les initiatives locales de recueil des PROMs dans les établissements de santé et les structures de soins en ville. Au total, 76 structures y ont participé. Objectif : faire un état des lieux et de mieux connaitre les initiatives existantes.</t>
+  </si>
+  <si>
+    <t>11/05/2023 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426202/fr/resultats-de-l-enquete-sur-l-utilisation-des-questionnaires-mesurant-le-resultat-de-soins-percu-par-le-patient-proms-en-ville-ou-en-etablissement-de-sante</t>
+  </si>
+  <si>
+    <t>p_3426202</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Accompagner dès le premier recours pour diminuer le risque alcool des femmes</t>
+  </si>
+  <si>
+    <t>26/02/2025 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592850/fr/accompagner-des-le-premier-recours-pour-diminuer-le-risque-alcool-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3592850</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...10 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D3" t="s">
+        <v>54</v>
+      </c>
+      <c r="E3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>45</v>
+      </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>63</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D5" t="s">
+        <v>60</v>
+      </c>
+      <c r="E5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>66</v>
+      </c>
+      <c r="H5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C6" t="s">
+        <v>69</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>70</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>71</v>
+      </c>
+      <c r="H6" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>70</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>75</v>
+      </c>
+      <c r="H7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>78</v>
+      </c>
+      <c r="H8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>60</v>
+      </c>
+      <c r="E9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>82</v>
+      </c>
+      <c r="H9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>86</v>
+      </c>
+      <c r="H10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" t="s">
+        <v>60</v>
+      </c>
+      <c r="E11" t="s">
+        <v>61</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>90</v>
+      </c>
+      <c r="H11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>45</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>74</v>
+      </c>
+      <c r="D12" t="s">
+        <v>60</v>
+      </c>
+      <c r="E12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>93</v>
+      </c>
+      <c r="H12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>45</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" t="s">
+        <v>60</v>
+      </c>
+      <c r="E13" t="s">
+        <v>70</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>96</v>
+      </c>
+      <c r="H13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>45</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>69</v>
+      </c>
+      <c r="D14" t="s">
+        <v>60</v>
+      </c>
+      <c r="E14" t="s">
+        <v>70</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>99</v>
+      </c>
+      <c r="H14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D15" t="s">
+        <v>103</v>
+      </c>
+      <c r="E15" t="s">
+        <v>104</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>105</v>
+      </c>
+      <c r="H15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>45</v>
+      </c>
+      <c r="B16" t="s">
+        <v>107</v>
+      </c>
+      <c r="C16" t="s">
+        <v>108</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>110</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>111</v>
+      </c>
+      <c r="H16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C2" t="s">
+        <v>115</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>117</v>
+      </c>
+      <c r="H2" t="s">
+        <v>118</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>119</v>
+      </c>
+      <c r="B2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C2" t="s">
+        <v>121</v>
+      </c>
+      <c r="D2" t="s">
+        <v>122</v>
+      </c>
+      <c r="E2" t="s">
+        <v>123</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>124</v>
+      </c>
+      <c r="H2" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C3" t="s">
+        <v>127</v>
+      </c>
+      <c r="D3" t="s">
+        <v>128</v>
+      </c>
+      <c r="E3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>130</v>
+      </c>
+      <c r="H3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>133</v>
+      </c>
+      <c r="B2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C2" t="s">
+        <v>135</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>136</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>137</v>
+      </c>
+      <c r="H2" t="s">
+        <v>138</v>
+      </c>
+      <c r="I2" t="s">
+        <v>139</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>140</v>
+      </c>
+      <c r="B2" t="s">
+        <v>141</v>
+      </c>
+      <c r="C2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D2" t="s">
+        <v>143</v>
+      </c>
+      <c r="E2" t="s">
+        <v>144</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>145</v>
+      </c>
+      <c r="H2" t="s">
+        <v>146</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>147</v>
+      </c>
+      <c r="B2" t="s">
+        <v>148</v>
+      </c>
+      <c r="C2" t="s">
+        <v>149</v>
+      </c>
+      <c r="D2" t="s">
+        <v>150</v>
+      </c>
+      <c r="E2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>152</v>
+      </c>
+      <c r="H2" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B3" t="s">
+        <v>154</v>
+      </c>
+      <c r="C3" t="s">
+        <v>155</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>156</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>157</v>
+      </c>
+      <c r="H3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>159</v>
+      </c>
+      <c r="B2" t="s">
+        <v>160</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>161</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>162</v>
+      </c>
+      <c r="H2" t="s">
+        <v>163</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>164</v>
+      </c>
+      <c r="B2" t="s">
+        <v>165</v>
+      </c>
+      <c r="C2" t="s">
+        <v>166</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>168</v>
+      </c>
+      <c r="H2" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B3" t="s">
+        <v>170</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>172</v>
+      </c>
+      <c r="H3" t="s">
+        <v>173</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>