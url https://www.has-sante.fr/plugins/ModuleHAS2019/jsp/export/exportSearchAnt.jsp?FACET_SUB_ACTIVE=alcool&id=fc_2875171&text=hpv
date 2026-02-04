--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,922 +1,274 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="458" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="55">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>11/04/2016 14:22:00</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>Recommendation on extending HPV vaccination to boys</t>
+  </si>
+  <si>
+    <t>Following its assessment, the HAS is in favour of extending HPV vaccination to boys in the French vaccination schedule.</t>
+  </si>
+  <si>
+    <t>12/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/16/2019 12:42:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3116022/en/recommendation-on-extending-hpv-vaccination-to-boys</t>
+  </si>
+  <si>
+    <t>p_3116022</t>
+  </si>
+  <si>
+    <t>Human papillomavirus vaccination: extension of the catch-up vaccination cohort to men and women up to and including 26 years of age</t>
+  </si>
+  <si>
+    <t>The HAS recommends extending HPV catch-up vaccination using the Gardasil 9 vaccine to all young adults up to and including 26 years of age, while highlighting that the priority remains vaccination of adolescents aged 11 to 14 years.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/13/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
+  </si>
+  <si>
+    <t>p_3605114</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
-    <t>Contraception chez la femme en post-partum</t>
-[...245 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
+  </si>
+  <si>
+    <t>p_3223570</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Transplantation rénale chez l’enfant</t>
-[...197 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...224 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>Work programme HAS</t>
+  </si>
+  <si>
+    <t>HAS’s work programme is defined each year at the end of a programming procedure carried out in consultation with the Ministry of Solidarity and Health and the National Health Insurance fund.</t>
+  </si>
+  <si>
+    <t>01/18/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
   </si>
   <si>
     <t>c_1267303</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -956,1565 +308,173 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
-  </sheetData>
-[...90 lines deleted...]
-    </row>
     <row r="4">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="H5" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H6" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C7" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="E7" t="s">
         <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H7" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>53</v>
       </c>
-      <c r="C8" t="s">
-[...11 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>54</v>
-      </c>
-[...1301 lines deleted...]
-        <v>262</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>