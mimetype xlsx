--- v0 (2025-12-01)
+++ v1 (2026-01-28)
@@ -1,295 +1,1284 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="220" uniqueCount="126">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Manuel et référentiel de la certification des établissements pour la qualité des soins</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>25/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219174/fr/manuel-et-referentiel-de-la-certification-des-etablissements-pour-la-qualite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3219174</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Syndrome Post-Poliomyélitique et effet du vieillissement chez les personnes atteintes de séquelles de Poliomyélite Antérieure Aiguë</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome post-polio (SPP) ou de complications liées au vieillissement chez un patient porteur de séquelles de PAA. Il a été élaboré par le Centre de référence pour les maladies neuromusculaires et la SLA de Marseille à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/08/2022 13:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351803/fr/syndrome-post-poliomyelitique-et-effet-du-vieillissement-chez-les-personnes-atteintes-de-sequelles-de-poliomyelite-anterieure-aigue</t>
+  </si>
+  <si>
+    <t>p_3351803</t>
+  </si>
+  <si>
+    <t>Patients présentant un trouble neurocognitif associé à la maladie d’Alzheimer ou à une maladie apparentée</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les parcours de soins des patients présentant un trouble neurocognitif (TNC) associé à la maladie d’Alzheimer ou à une maladie apparentée. Il complète différents travaux de la HAS sur ce thème. Ce travail contribue aux mesures et répond aux actions prioritaires du plan national des maladies neurodégénératives (PMND).</t>
+  </si>
+  <si>
+    <t>22/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2018 10:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906096/fr/patients-presentant-un-trouble-neurocognitif-associe-a-la-maladie-d-alzheimer-ou-a-une-maladie-apparentee</t>
+  </si>
+  <si>
+    <t>c_2906096</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>General principles and prescription recommendations for antibiotics in primary care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
+    <t>Principes généraux et conseils de prescription des antibiotiques en premier recours</t>
+  </si>
+  <si>
+    <t>Le but de cette fiche mémo est d’éviter la prescription inappropriée des antibiotiques, source de pression de sélection, qui aboutit à l’émergence des résistances bactériennes et à des impasses thérapeutiques.</t>
+  </si>
+  <si>
+    <t>05/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
   </si>
   <si>
     <t>c_1723138</t>
   </si>
   <si>
-    <t>Web page</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
+    <t>Maladie d’Alzheimer et maladies apparentées : diagnostic et prise en charge</t>
+  </si>
+  <si>
+    <t>Suite au retrait par la Haute Autorité de santé en mai 2011 de la recommandation de bonne pratique « Diagnostic et prise en charge de la maladie d’Alzheimer et des maladies apparentées » (publiée en mars 2008), un nouveau groupe de travail s’est vu confié la mission de réviser cette recommandation.</t>
+  </si>
+  <si>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2011 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148883/fr/maladie-d-alzheimer-et-maladies-apparentees-diagnostic-et-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_1148883</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>Dans un contexte de transition démographique, les mesures préventives pour retarder les effets du vieillissement sont déterminantes.</t>
+  </si>
+  <si>
+    <t>13/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833796/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833796</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique des neuropathies périphériques (polyneuropathies et mononeuropathies multiples)</t>
+  </si>
+  <si>
+    <t>L’objectif général de ce travail est de diminuer les errances diagnostiques en cas de suspicion de neuropathie périphérique, notamment en : facilitant l’orientation des patients ; proposant aux patients une prise en charge diagnostique adaptée en fonction des différentes étiologies possibles.</t>
+  </si>
+  <si>
+    <t>25/10/2007 18:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
+  </si>
+  <si>
+    <t>c_598221</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 février 2025</t>
+  </si>
+  <si>
+    <t>21/02/2025 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591681/fr/college-deliberatif-du-6-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3591681</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 25/01/2022</t>
+  </si>
+  <si>
+    <t>02/06/2022 12:39:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341648/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-25/01/2022</t>
+  </si>
+  <si>
+    <t>p_3341648</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 17/12/2024</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638249/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-17/12/2024</t>
+  </si>
+  <si>
+    <t>p_3638249</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>5e cycle de certification</t>
+  </si>
+  <si>
+    <t>Membres de la gouvernance, professionnels des établissements de santé, représentants des usagers, cette page vous concerne. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la clarté aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des documents et outils nécessaires à la préparation de la visite de certification.</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1495044/fr/5e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>r_1495044</t>
+  </si>
+  <si>
+    <t>Productions programmées en 2025</t>
+  </si>
+  <si>
+    <t>Le document « Productions programmées en 2025 » de la HAS recense les productions prévues pour l'année 2025, incluant des recommandations de bonne pratique, des outils pour les professionnels, et des recommandations vaccinales ou de santé publique. Ces productions sont définies par le collège de la HAS en fonction des demandes reçues de divers acteurs comme le ministère de la Santé, l'Assurance maladie, les organisations professionnelles et les associations d'usagers. Certaines productions sont également initiées par la HAS elle-même en réponse à des enjeux identifiés.</t>
+  </si>
+  <si>
+    <t>18/01/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
   </si>
   <si>
     <t>c_1267303</t>
+  </si>
+  <si>
+    <t>Accréditation des établissements de santé étrangers</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS), autorité publique indépendante à caractère scientifique, propose aux établissements de santé étrangers son savoir-faire et son expertise en matière d'évaluation via son dispositif de certification pour la qualité des soins, accrédité par l’International Society for Quality in Health Care (ISQua).</t>
+  </si>
+  <si>
+    <t>23/05/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433849/fr/accreditation-des-etablissements-de-sante-etrangers</t>
+  </si>
+  <si>
+    <t>p_3433849</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" t="s">
+        <v>50</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H7" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
+        <v>56</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>64</v>
+      </c>
+      <c r="H2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C3" t="s">
+        <v>67</v>
+      </c>
+      <c r="D3" t="s">
+        <v>68</v>
+      </c>
+      <c r="E3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C4" t="s">
+        <v>73</v>
+      </c>
+      <c r="D4" t="s">
+        <v>74</v>
+      </c>
+      <c r="E4" t="s">
+        <v>75</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>76</v>
+      </c>
+      <c r="H4" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>59</v>
+      </c>
+      <c r="B5" t="s">
+        <v>78</v>
+      </c>
+      <c r="C5" t="s">
+        <v>79</v>
+      </c>
+      <c r="D5" t="s">
+        <v>80</v>
+      </c>
+      <c r="E5" t="s">
+        <v>81</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>82</v>
+      </c>
+      <c r="H5" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>84</v>
+      </c>
+      <c r="C6" t="s">
+        <v>85</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>86</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>87</v>
+      </c>
+      <c r="H6" t="s">
+        <v>88</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>92</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>93</v>
+      </c>
+      <c r="H2" t="s">
+        <v>94</v>
+      </c>
+      <c r="I2" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B3" t="s">
+        <v>96</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>98</v>
+      </c>
+      <c r="H3" t="s">
+        <v>99</v>
+      </c>
+      <c r="I3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>90</v>
+      </c>
+      <c r="B4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>102</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>103</v>
+      </c>
+      <c r="H4" t="s">
+        <v>104</v>
+      </c>
+      <c r="I4" t="s">
+        <v>100</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>108</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>109</v>
+      </c>
+      <c r="H2" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>114</v>
+      </c>
+      <c r="H3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C4" t="s">
+        <v>117</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>119</v>
+      </c>
+      <c r="H4" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>105</v>
+      </c>
+      <c r="B5" t="s">
+        <v>121</v>
+      </c>
+      <c r="C5" t="s">
+        <v>122</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
+        <v>123</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>124</v>
+      </c>
+      <c r="H5" t="s">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>