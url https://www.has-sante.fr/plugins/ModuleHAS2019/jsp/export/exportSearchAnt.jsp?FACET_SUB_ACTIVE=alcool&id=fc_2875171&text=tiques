--- v0 (2025-11-26)
+++ v1 (2026-01-15)
@@ -36,51 +36,51 @@
     <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Guide maladie chronique" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
     <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="471" uniqueCount="292">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="479" uniqueCount="297">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -275,51 +275,51 @@
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Pronostic vital engagé à moyen terme/phase avancée</t>
   </si>
   <si>
     <t>Ce travail vise à éclairer les professionnels de santé sur l’évaluation de la notion de pronostic à moyen terme et sur la définition de la notion de phase avancée dans le cadre d’une demande d’aide à mourir exprimée par le malade.</t>
   </si>
   <si>
     <t>30/04/2025 00:00:00</t>
   </si>
   <si>
     <t>30/04/2025 18:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3529685/fr/pronostic-vital-engage-a-moyen-terme/phase-avancee</t>
   </si>
   <si>
     <t>p_3529685</t>
   </si>
@@ -510,50 +510,65 @@
     <t>https://www.has-sante.fr/jcms/c_272211/fr/prise-en-charge-de-l-urticaire-chronique</t>
   </si>
   <si>
     <t>c_272211</t>
   </si>
   <si>
     <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
   </si>
   <si>
     <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
   </si>
   <si>
     <t>01/05/2002 00:00:00</t>
   </si>
   <si>
     <t>01/05/2002 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
   </si>
   <si>
     <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
   </si>
   <si>
     <t>p_3187041</t>
   </si>
   <si>
     <t>Ostéite Chronique Multifocale Récurrente</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/10/2025 12:48:00</t>
   </si>
@@ -1062,202 +1077,202 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="B2" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="C2" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="H2" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="B3" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="C3" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="H3" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="B4" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="C4" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="H4" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="B5" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="C5" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="H5" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="B6" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="C6" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="H6" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="B7" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="C7" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="H7" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1954,51 +1969,51 @@
       </c>
       <c r="D21" t="s">
         <v>153</v>
       </c>
       <c r="E21" t="s">
         <v>154</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>155</v>
       </c>
       <c r="H21" t="s">
         <v>156</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2101,565 +2116,591 @@
       </c>
       <c r="E5" t="s">
         <v>175</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>176</v>
       </c>
       <c r="H5" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>157</v>
       </c>
       <c r="B6" t="s">
         <v>178</v>
       </c>
       <c r="C6" t="s">
         <v>179</v>
       </c>
       <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>180</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>181</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>157</v>
       </c>
       <c r="B7" t="s">
+        <v>183</v>
+      </c>
+      <c r="C7" t="s">
         <v>184</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>186</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>187</v>
       </c>
       <c r="H7" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>157</v>
       </c>
       <c r="B8" t="s">
         <v>189</v>
       </c>
       <c r="C8" t="s">
         <v>190</v>
       </c>
       <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>191</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>192</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>193</v>
       </c>
-      <c r="H8" t="s">
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>157</v>
+      </c>
+      <c r="B9" t="s">
         <v>194</v>
+      </c>
+      <c r="C9" t="s">
+        <v>195</v>
+      </c>
+      <c r="D9" t="s">
+        <v>196</v>
+      </c>
+      <c r="E9" t="s">
+        <v>197</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>198</v>
+      </c>
+      <c r="H9" t="s">
+        <v>199</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B2" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C2" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D2" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="E2" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="H2" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B3" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C3" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="D3" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E3" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="H3" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B4" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D4" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="E4" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="H4" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B5" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="C5" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="D5" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="E5" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="H5" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B6" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="C6" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="D6" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="E6" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="H6" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="B2" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="H2" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="I2" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="B3" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="H3" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="I3" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B2" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="C2" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="H2" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B3" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="C3" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="H3" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B4" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="C4" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="D4" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="E4" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="H4" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="B2" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="C2" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="D2" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="E2" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="H2" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>