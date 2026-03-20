--- v1 (2026-01-15)
+++ v2 (2026-03-20)
@@ -12,64 +12,64 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
     <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="479" uniqueCount="297">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
@@ -155,50 +155,194 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1194998/fr/la-participation-au-depistage-du-cancer-du-sein-des-femmes-de-50-a-74-ans-en-france</t>
   </si>
   <si>
     <t>c_1194998</t>
   </si>
   <si>
     <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
   </si>
   <si>
     <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
   </si>
   <si>
     <t>01/04/2004 00:00:00</t>
   </si>
   <si>
     <t>01/04/2004 14:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
+    <t>Non-compaction du ventricule gauche (NCVG)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de non-compaction du ventricule gauche (NCVG). Il a été élaboré par le Centre de référence des maladies cardiaques héréditaires ou rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2026 10:32:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858432/fr/non-compaction-du-ventricule-gauche-ncvg</t>
+  </si>
+  <si>
+    <t>p_3858432</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>ALD n° 27 - Spondylarthrite grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900658/fr/ald-n-27-spondylarthrite-grave</t>
+  </si>
+  <si>
+    <t>c_900658</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins du lymphome de Hodgkin classique de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne adulte ayant un lymphome de Hodgkin classique. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. .</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652304/fr/guide-du-parcours-de-soins-du-lymphome-de-hodgkin-classique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1652304</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>14/11/2024 00:00:00</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
   </si>
   <si>
     <t>p_3562501</t>
   </si>
   <si>
     <t>Principes généraux et conseils de prescription des antibiotiques en premier recours</t>
   </si>
   <si>
     <t>Le but de cette fiche mémo est d’éviter la prescription inappropriée des antibiotiques, source de pression de sélection, qui aboutit à l’émergence des résistances bactériennes et à des impasses thérapeutiques.</t>
@@ -509,179 +653,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_272211/fr/prise-en-charge-de-l-urticaire-chronique</t>
   </si>
   <si>
     <t>c_272211</t>
   </si>
   <si>
     <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
   </si>
   <si>
     <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
   </si>
   <si>
     <t>01/05/2002 00:00:00</t>
   </si>
   <si>
     <t>01/05/2002 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...127 lines deleted...]
-  <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation des implants endovasculaires</t>
   </si>
   <si>
     <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
   </si>
   <si>
     <t>08/03/2016 00:00:00</t>
   </si>
   <si>
     <t>12/07/2016 14:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
   </si>
   <si>
     <t>c_2655535</t>
   </si>
   <si>
     <t>Évaluation des endoprothèses utilisées dans l’angioplastie des sténoses athéromateuses intracrâniennes</t>
   </si>
   <si>
     <t>Cette évaluation, concerne l’ensemble des endoprothèses utilisées dans le traitement des sténoses athéromateuses intracrâniennes. L’objectif de cette évaluation est d’entreprendre une réévaluation des performances cliniques et de la sécurité de ces endoprothèses, ainsi que de définir leur place dans la stratégie thérapeutique.</t>
@@ -767,135 +782,120 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3341648/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-25/01/2022</t>
   </si>
   <si>
     <t>p_3341648</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 17/12/2024</t>
   </si>
   <si>
     <t>25/07/2025 14:34:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638249/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-17/12/2024</t>
   </si>
   <si>
     <t>p_3638249</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
+    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
+  </si>
+  <si>
+    <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
+  </si>
+  <si>
+    <t>07/12/2023 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3477948</t>
+  </si>
+  <si>
     <t>Comment renforcer l’expertise au service du virage préventif ? - Note d'analyse prospective 2025</t>
   </si>
   <si>
     <t>La HAS analyse la manière dont la prise en compte des données probantes dans la décision en prévention et promotion de la santé peut être renforcée, afin d’accélérer le virage préventif.</t>
   </si>
   <si>
     <t>12/11/2025 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3702006/fr/comment-renforcer-l-expertise-au-service-du-virage-preventif-note-d-analyse-prospective-2025</t>
   </si>
   <si>
     <t>p_3702006</t>
   </si>
   <si>
-    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
-[...13 lines deleted...]
-  <si>
     <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
   </si>
   <si>
     <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
   </si>
   <si>
     <t>15/10/2020 00:00:00</t>
   </si>
   <si>
     <t>14/12/2020 15:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
   </si>
   <si>
     <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
   </si>
   <si>
     <t>06/01/2022 00:00:00</t>
   </si>
   <si>
     <t>14/01/2022 11:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
   </si>
   <si>
     <t>p_3309579</t>
   </si>
   <si>
     <t>Article HAS</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_1267303</t>
   </si>
   <si>
     <t>Feuille de route Santé-environnement de la HAS</t>
   </si>
   <si>
     <t>Le changement climatique a des impacts négatifs sur la santé des populations, et le système de santé, bien que vital, contribue significativement aux émissions de gaz à effet de serre en France. Consciente de cette réalité, la HAS a élaboré en 2023 une feuille de route pour intégrer les enjeux environnementaux dans ses missions. Elle vise à réduire l'empreinte écologique du système de santé tout en améliorant les soins, en consolidant les critères environnementaux dans l'évaluation des technologies de santé, en élaborant des recommandations de bonnes pratiques, et en renforçant les critères de santé-environnement dans la mesure de la qualité des soins.</t>
   </si>
   <si>
     <t>08/04/2025 15:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600384/fr/feuille-de-route-sante-environnement-de-la-has</t>
   </si>
   <si>
     <t>p_3600384</t>
   </si>
   <si>
     <t>La HAS adopte une feuille de route santé-environnement</t>
   </si>
   <si>
     <t>Les impacts délétères du changement climatique sur la santé des populations sont indéniables. En parallèle, les activités du système de santé, tout en étant vitales, exercent une pression significative sur l'environnement. Elles contribuent au réchauffement climatique, représentant plus de 8 % des émissions de gaz à effet de serre de la France pour le secteur sanitaire et 1,3 % pour la branche autonomie. Elles engendrent aussi des nuisances spécifiques : stockage et utilisation de produits dangereux, productions de déchets à risque infectieux, rejets de liquides particuliers... La conscience grandissante de cette réalité a engendré une série d'initiatives des acteurs du système de santé, à l'échelle locale et nationale. La HAS entend également prendre toute sa part dans cette dynamique positive et essentielle pour l’avenir. Après avoir complété son projet stratégique 2019-2024 d’un volet sur les enjeux environnementaux et mené une première série d’actions, la HAS souhaite donner un cadre stratégique et opérationnel à son engagement d’intégrer, structurellement et sur le long terme, les enjeux de santé-environnement dans l’ensemble de ses missions et travaux.</t>
   </si>
   <si>
     <t>28/11/2023 10:42:00</t>
   </si>
@@ -1043,235 +1043,209 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="B2" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="C2" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="H2" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="B3" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="C3" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="H3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="B4" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="C4" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="H4" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="B5" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="C5" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="H5" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="B6" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="C6" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="H6" t="s">
-        <v>291</v>
-[...24 lines deleted...]
-      <c r="H7" t="s">
         <v>296</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -1409,1298 +1383,1324 @@
       </c>
       <c r="D3" t="s">
         <v>35</v>
       </c>
       <c r="E3" t="s">
         <v>36</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>37</v>
       </c>
       <c r="H3" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>52</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>53</v>
+      </c>
+      <c r="H4" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>58</v>
+      </c>
+      <c r="H5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>67</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>68</v>
+      </c>
+      <c r="H7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>72</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>73</v>
+      </c>
+      <c r="H8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>78</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>82</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>84</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>85</v>
+      </c>
+      <c r="H10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B2" t="s">
-        <v>40</v>
+        <v>88</v>
       </c>
       <c r="C2" t="s">
-        <v>41</v>
+        <v>89</v>
       </c>
       <c r="D2" t="s">
-        <v>42</v>
+        <v>90</v>
       </c>
       <c r="E2" t="s">
-        <v>43</v>
+        <v>91</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>44</v>
+        <v>92</v>
       </c>
       <c r="H2" t="s">
-        <v>45</v>
+        <v>93</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B3" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="C3" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="D3" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="E3" t="s">
-        <v>49</v>
+        <v>97</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>50</v>
+        <v>98</v>
       </c>
       <c r="H3" t="s">
-        <v>51</v>
+        <v>99</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B4" t="s">
-        <v>52</v>
+        <v>100</v>
       </c>
       <c r="C4" t="s">
-        <v>53</v>
+        <v>101</v>
       </c>
       <c r="D4" t="s">
-        <v>54</v>
+        <v>102</v>
       </c>
       <c r="E4" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="H4" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B5" t="s">
-        <v>58</v>
+        <v>106</v>
       </c>
       <c r="C5" t="s">
-        <v>59</v>
+        <v>107</v>
       </c>
       <c r="D5" t="s">
-        <v>60</v>
+        <v>108</v>
       </c>
       <c r="E5" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>62</v>
+        <v>110</v>
       </c>
       <c r="H5" t="s">
-        <v>63</v>
+        <v>111</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>112</v>
       </c>
       <c r="C6" t="s">
-        <v>65</v>
+        <v>113</v>
       </c>
       <c r="D6" t="s">
-        <v>66</v>
+        <v>114</v>
       </c>
       <c r="E6" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>68</v>
+        <v>116</v>
       </c>
       <c r="H6" t="s">
-        <v>69</v>
+        <v>117</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B7" t="s">
-        <v>70</v>
+        <v>118</v>
       </c>
       <c r="C7" t="s">
-        <v>71</v>
+        <v>119</v>
       </c>
       <c r="D7" t="s">
-        <v>72</v>
+        <v>120</v>
       </c>
       <c r="E7" t="s">
-        <v>73</v>
+        <v>121</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>74</v>
+        <v>122</v>
       </c>
       <c r="H7" t="s">
-        <v>75</v>
+        <v>123</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="C8" t="s">
-        <v>77</v>
+        <v>125</v>
       </c>
       <c r="D8" t="s">
-        <v>78</v>
+        <v>126</v>
       </c>
       <c r="E8" t="s">
-        <v>79</v>
+        <v>127</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>80</v>
+        <v>128</v>
       </c>
       <c r="H8" t="s">
-        <v>81</v>
+        <v>129</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B9" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="C9" t="s">
-        <v>83</v>
+        <v>131</v>
       </c>
       <c r="D9" t="s">
-        <v>84</v>
+        <v>132</v>
       </c>
       <c r="E9" t="s">
-        <v>85</v>
+        <v>133</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>86</v>
+        <v>134</v>
       </c>
       <c r="H9" t="s">
-        <v>87</v>
+        <v>135</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B10" t="s">
-        <v>88</v>
+        <v>136</v>
       </c>
       <c r="C10" t="s">
-        <v>89</v>
+        <v>137</v>
       </c>
       <c r="D10" t="s">
-        <v>42</v>
+        <v>90</v>
       </c>
       <c r="E10" t="s">
-        <v>43</v>
+        <v>91</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>90</v>
+        <v>138</v>
       </c>
       <c r="H10" t="s">
-        <v>91</v>
+        <v>139</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>92</v>
+        <v>140</v>
       </c>
       <c r="C11" t="s">
-        <v>93</v>
+        <v>141</v>
       </c>
       <c r="D11" t="s">
-        <v>94</v>
+        <v>142</v>
       </c>
       <c r="E11" t="s">
-        <v>95</v>
+        <v>143</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>96</v>
+        <v>144</v>
       </c>
       <c r="H11" t="s">
-        <v>97</v>
+        <v>145</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B12" t="s">
-        <v>98</v>
+        <v>146</v>
       </c>
       <c r="C12" t="s">
-        <v>99</v>
+        <v>147</v>
       </c>
       <c r="D12" t="s">
-        <v>84</v>
+        <v>132</v>
       </c>
       <c r="E12" t="s">
-        <v>100</v>
+        <v>148</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>101</v>
+        <v>149</v>
       </c>
       <c r="H12" t="s">
-        <v>102</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B13" t="s">
-        <v>103</v>
+        <v>151</v>
       </c>
       <c r="C13" t="s">
-        <v>104</v>
+        <v>152</v>
       </c>
       <c r="D13" t="s">
-        <v>105</v>
+        <v>153</v>
       </c>
       <c r="E13" t="s">
-        <v>106</v>
+        <v>154</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>107</v>
+        <v>155</v>
       </c>
       <c r="H13" t="s">
-        <v>108</v>
+        <v>156</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B14" t="s">
-        <v>109</v>
+        <v>157</v>
       </c>
       <c r="C14" t="s">
-        <v>110</v>
+        <v>158</v>
       </c>
       <c r="D14" t="s">
-        <v>111</v>
+        <v>159</v>
       </c>
       <c r="E14" t="s">
-        <v>112</v>
+        <v>160</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="H14" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B15" t="s">
-        <v>115</v>
+        <v>163</v>
       </c>
       <c r="C15" t="s">
-        <v>116</v>
+        <v>164</v>
       </c>
       <c r="D15" t="s">
-        <v>117</v>
+        <v>165</v>
       </c>
       <c r="E15" t="s">
-        <v>118</v>
+        <v>166</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>119</v>
+        <v>167</v>
       </c>
       <c r="H15" t="s">
-        <v>120</v>
+        <v>168</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B16" t="s">
-        <v>121</v>
+        <v>169</v>
       </c>
       <c r="C16" t="s">
-        <v>122</v>
+        <v>170</v>
       </c>
       <c r="D16" t="s">
-        <v>123</v>
+        <v>171</v>
       </c>
       <c r="E16" t="s">
-        <v>124</v>
+        <v>172</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>125</v>
+        <v>173</v>
       </c>
       <c r="H16" t="s">
-        <v>126</v>
+        <v>174</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B17" t="s">
-        <v>127</v>
+        <v>175</v>
       </c>
       <c r="C17" t="s">
-        <v>128</v>
+        <v>176</v>
       </c>
       <c r="D17" t="s">
-        <v>129</v>
+        <v>177</v>
       </c>
       <c r="E17" t="s">
-        <v>130</v>
+        <v>178</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>131</v>
+        <v>179</v>
       </c>
       <c r="H17" t="s">
-        <v>132</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B18" t="s">
-        <v>133</v>
+        <v>181</v>
       </c>
       <c r="C18" t="s">
-        <v>134</v>
+        <v>182</v>
       </c>
       <c r="D18" t="s">
-        <v>135</v>
+        <v>183</v>
       </c>
       <c r="E18" t="s">
-        <v>136</v>
+        <v>184</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>137</v>
+        <v>185</v>
       </c>
       <c r="H18" t="s">
-        <v>138</v>
+        <v>186</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B19" t="s">
-        <v>139</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
-        <v>140</v>
+        <v>188</v>
       </c>
       <c r="D19" t="s">
-        <v>141</v>
+        <v>189</v>
       </c>
       <c r="E19" t="s">
-        <v>142</v>
+        <v>190</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>143</v>
+        <v>191</v>
       </c>
       <c r="H19" t="s">
-        <v>144</v>
+        <v>192</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B20" t="s">
-        <v>145</v>
+        <v>193</v>
       </c>
       <c r="C20" t="s">
-        <v>146</v>
+        <v>194</v>
       </c>
       <c r="D20" t="s">
-        <v>147</v>
+        <v>195</v>
       </c>
       <c r="E20" t="s">
-        <v>148</v>
+        <v>196</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>149</v>
+        <v>197</v>
       </c>
       <c r="H20" t="s">
-        <v>150</v>
+        <v>198</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="B21" t="s">
-        <v>151</v>
+        <v>199</v>
       </c>
       <c r="C21" t="s">
-        <v>152</v>
+        <v>200</v>
       </c>
       <c r="D21" t="s">
-        <v>153</v>
+        <v>201</v>
       </c>
       <c r="E21" t="s">
-        <v>154</v>
+        <v>202</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>155</v>
+        <v>203</v>
       </c>
       <c r="H21" t="s">
-        <v>156</v>
-[...247 lines deleted...]
-        <v>199</v>
+        <v>204</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="B2" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="C2" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="D2" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="E2" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="H2" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="B3" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="C3" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="D3" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E3" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="H3" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="C4" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="D4" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="E4" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="H4" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="B5" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="C5" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="D5" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="H5" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="B6" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="C6" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="D6" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="E6" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="H6" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="B2" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="H2" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="I2" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="B3" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="H3" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="I3" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B2" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="C2" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="H2" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B3" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="C3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="H3" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B4" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="C4" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="D4" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="E4" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="H4" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="B2" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="C2" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="D2" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="E2" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="H2" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>