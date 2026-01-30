--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -1,307 +1,1084 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="529" uniqueCount="318">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/ TDAH : Repérage, diagnostic et prise en charge des adultes - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs : Y compris ceux attendus de la production vis-à-vis des cibles. Optimiser l’accès aux soins en particulier lors de la transition de la prise en charge de l’adolescence vers l’âge adulte Cette transition repose sur une coordination entre les services pédiatriques et adultes. Favoriser la formation et la sensibilisation des professionnels de santé Une meilleure prise en charge de ces patients passe par une amélioration de la formation des professionnels impliqués, en particulier en psychiatrie, en addictologie, en neurologie et par une formation des médecins de premiers recours au repérage de ce trouble chez l’adulte. Améliorer la coordination des soins Tout comme pour l’enfant il est nécessaire de clarifier et structurer la filière de soins pour organiser la coordination entre les spécialistes et les médecins de premier recours ainsi qu’entre les différents spécialistes pour la prise en charge des troubles associés qui sont fréquents dans le TDAH.</t>
+  </si>
+  <si>
+    <t>17/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2021 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302480/fr/trouble-du-neurodeveloppement/-tdah-reperage-diagnostic-et-prise-en-charge-des-adultes-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3302480</t>
+  </si>
+  <si>
+    <t>Troubles du neurodéveloppement - Repérage et orientation des enfants à risque</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
   </si>
   <si>
-    <t>02/26/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+    <t>26/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
   </si>
   <si>
     <t>p_3161334</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
+    <t>Trouble du spectre de l’autisme (TSA) : interventions et parcours de vie de l’enfant et de l’adolescent - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de la RBP est d’améliorer la qualité des interventions proposées aux enfants ayant un TSA, tant par les structures sanitaires que médico-sociales, afin de leur permettre de bénéficier d’un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs. Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
+  </si>
+  <si>
+    <t>17/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-tsa-interventions-et-parcours-de-vie-de-l-enfant-et-de-l-adolescent-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme - Signes d’alerte, repérage, diagnostic et évaluation chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>La HAS propose, avec cette actualisation des recommandations de 2005, différents outils pour renforcer le repérage précoce et améliorer le diagnostic dès 18 mois.</t>
+  </si>
+  <si>
+    <t>08/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468812/fr/trouble-du-spectre-de-l-autisme-signes-d-alerte-reperage-diagnostic-et-evaluation-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_468812</t>
+  </si>
+  <si>
+    <t>Grande Précarité et troubles psychiques - Intervenir auprès des personnes en situation de grande précarité présentant des troubles psychiques</t>
+  </si>
+  <si>
+    <t>Les personnes en situation de grande précarité présentant des troubles psychiques cumulent les difficultés et rencontrent de multiples obstacles pour accéder aux soins et aux dispositifs sociaux qui existent au niveau local et national. La Haute Autorité de santé met à disposition des professionnels des secteurs du sanitaire, social et médico-social, des recommandations de bonnes pratiques qui proposent des repères et une démarche commune afin d’améliorer les soins et l’accompagnement des personnes concernées.</t>
+  </si>
+  <si>
+    <t>30/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/fr/grande-precarite-et-troubles-psychiques-intervenir-aupres-des-personnes-en-situation-de-grande-precarite-presentant-des-troubles-psychiques</t>
+  </si>
+  <si>
+    <t>p_3289276</t>
+  </si>
+  <si>
+    <t>Repérage, diagnostic et prise en charge des troubles psychiques périnatals - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est de favoriser le repérage, le diagnostic et la prise en charge des troubles psychiques durant la grossesse et dans la période postnatale (1 an après la naissance).</t>
+  </si>
+  <si>
+    <t>25/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2021 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234406/fr/reperage-diagnostic-et-prise-en-charge-des-troubles-psychiques-perinatals-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3234406</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Troubles causés par l’alcoolisation fœtale : repérage</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo vise à aider les professionnels de santé à repérer et à orienter : - les femmes enceintes susceptibles d’avoir un problème de consommation d’alcool et dont l’enfant risque d’être atteint de troubles causés par l’alcoolisation fœtale ; - les enfants à risque susceptibles d’avoir subi les effets d’une exposition prénatale à l’alcool.</t>
+  </si>
+  <si>
+    <t>10/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/fr/troubles-causes-par-l-alcoolisation-foetale-reperage</t>
+  </si>
+  <si>
+    <t>c_1636956</t>
+  </si>
+  <si>
+    <t>Évaluation globale de la situation des enfants en danger ou risque de danger : cadre national de référence</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a élaboré le premier cadre national de référence pour l’évaluation globale de la situation des enfants en danger. Les acteurs des conseils départementaux impliqués dans le recueil et le traitement des informations préoccupantes vont ainsi tous disposer des mêmes outils. L’objectif est d’harmoniser les pratiques sur l’ensemble du territoire national et permettre une équité de traitement des enfant concernés.</t>
+  </si>
+  <si>
+    <t>12/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/01/2021 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120418/fr/evaluation-globale-de-la-situation-des-enfants-en-danger-ou-risque-de-danger-cadre-national-de-reference</t>
+  </si>
+  <si>
+    <t>p_3120418</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Accompagner la scolarité et contribuer à l’inclusion scolaire</t>
+  </si>
+  <si>
+    <t>En France, l’éducation est un droit fondamental et inconditionnel pour tout enfant. Elle passe notamment par la scolarité. Or, pour les enfants en situation de handicap et ceux qui bénéficient d’une mesure de protection, ce droit est souvent mis à mal avec une plus forte probabilité de ruptures ou d’échec dans le parcours scolaire. La HAS publie des recommandations pour permettre aux professionnels des établissements et structures sociaux et médico-sociaux d’accompagner et de soutenir les parcours scolaires de ces enfants.</t>
+  </si>
+  <si>
+    <t>07/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2021 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287349/fr/accompagner-la-scolarite-et-contribuer-a-l-inclusion-scolaire</t>
+  </si>
+  <si>
+    <t>p_3287349</t>
+  </si>
+  <si>
+    <t>Prévention des déformations crâniennes positionnelles (DCP) et mort inattendue du nourrisson</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour but de prévenir l'apparition des plagiocéphalies – déformations crâniennes positionnelles – et de décrire leur prise en charge. Elles réaffirment l’importance de coucher les bébés sur le dos, seul moyen de prévenir la mort inattendue du nourrisson (MIN).</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151574/fr/prevention-des-deformations-craniennes-positionnelles-dcp-et-mort-inattendue-du-nourrisson</t>
+  </si>
+  <si>
+    <t>p_3151574</t>
+  </si>
+  <si>
+    <t>La pair-aidance dans les organisations sanitaires, sociales et médico-sociales – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Dans un contexte de recours accru à la pair-aidance dans le champ sanitaire, médico-social et social, la HAS s’est auto-saisie afin de proposer des recommandations de bonnes pratiques sur cette modalité d’intervention qui s’insère dans les parcours de soin et d’accompagnement des personnes. Cette initiative vise à offrir des repères généraux permettant de structurer et harmoniser les pratiques liées à la pair-aidance.</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>20/01/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578946/fr/la-pair-aidance-dans-les-organisations-sanitaires-sociales-et-medico-sociales-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3578946</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Améliorer la prise en charge à la sortie des dispositifs de protection de l’enfance : l'accompagnement vers l'autonomie</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles (RBPP), relatives à l’amélioration de la prise en charge des personnes accompagnées à leur sortie des dispositifs de protection de l’enfance, s’inscrivent dans un programme en deux volets. Le premier volet, publié en 2021, vise à améliorer la prise en charge des enfants à la sortie des dispositifs de protection de l’enfance, dans le cadre d’un retour en famille. Ce second volet s’attache à la sortie des dispositifs de protection de l’enfance des adolescents atteignant la majorité et des jeunes majeurs, ainsi que des mineurs émancipés de plus de 16 ans.</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2024 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352139/fr/ameliorer-la-prise-en-charge-a-la-sortie-des-dispositifs-de-protection-de-l-enfance-l-accompagnement-vers-l-autonomie</t>
+  </si>
+  <si>
+    <t>p_3352139</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
   </si>
   <si>
     <t>p_3321295</t>
   </si>
   <si>
-    <t>Autism spectrum disorder: Warning signs, detection, diagnosis and assessment in children and adolescents</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Memo : Prevention of positional skull deformities and sudden infant death syndrome</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Syndrome Transfuseur Transfusé</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente dont la grossesse MC est compliquée d’un STT. Il a été élaboré par Centre de Référence Pathologies rares liées au placenta des grossesses monochoriales (CRMR- PaRaDiGM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594176/fr/syndrome-transfuseur-transfuse</t>
+  </si>
+  <si>
+    <t>p_3594176</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Chondrodysplasies ponctuées : déficit de la biosynthèse du cholestérol et déficit en arylsulfatase E.</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de chondrodypalsie ponctuée par déficit de la biosynthèse du cholestérol et par déficit en arylsulfatase E. Il a été élaboré par le Centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392237/fr/chondrodysplasies-ponctuees-deficit-de-la-biosynthese-du-cholesterol-et-deficit-en-arylsulfatase-e</t>
+  </si>
+  <si>
+    <t>p_3392237</t>
+  </si>
+  <si>
+    <t>Syndrome catatonique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Catatonique. Il a été élaboré par le Centre de Référence Maladies rares à expression psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295009/fr/syndrome-catatonique</t>
+  </si>
+  <si>
+    <t>p_3295009</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Holoprosencephalie (HPE) &amp; formes apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’holoprosencéphalie (HPE) et/ou d’une microforme d’HPE (sans anomalie cérébrale). Il a été élaboré par les Centres de Référence CLAD Ouest et CRDI à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>26/12/2018 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895029/fr/holoprosencephalie-hpe-formes-apparentees</t>
+  </si>
+  <si>
+    <t>c_2895029</t>
+  </si>
+  <si>
+    <t>Guides du parcours de santé de l’adulte et de l’enfant avec épilepsie</t>
+  </si>
+  <si>
+    <t>Ces guides décrivent respectivement les soins, l’accompagnement et le suivi global de l’adulte et l’enfant avec épilepsie. Ils s’adressent aux professionnels de santé et médicosociaux, aux personnes avec épilepsie et à leur entourage. Ils clarifient et détaillent le rôle de chaque intervenant, avec l’objectif de favoriser une offre de santé adaptée à la sévérité ou à la complexité de la maladie de chaque personne.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2023 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444925/fr/guides-du-parcours-de-sante-de-l-adulte-et-de-l-enfant-avec-epilepsie</t>
+  </si>
+  <si>
+    <t>p_3444925</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Arthrogryposes multiples congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrogrypose multiple congénitale. Il a été élaboré par le Centre de référence Anomalies du développement embryonnaire et Syndromes Malformatifs et Maladies neuromusculaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292837/fr/arthrogryposes-multiples-congenitales</t>
+  </si>
+  <si>
+    <t>p_3292837</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>La HAS adopte son nouveau programme « santé mentale et psychiatrie » 2025-2030</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) adopte son programme pluriannuel dédié à la santé mentale et à la psychiatrie pour la période 2025-2030. Avec ce 3e programme, la HAS intensifie son engagement dans ce champ afin d’améliorer le parcours de santé des personnes, dès l’émergence de troubles de la santé mentale, et de mieux prendre en charge les troubles les plus sévères. Une feuille de route y est associée, qui définit les priorités pour 2025.</t>
+  </si>
+  <si>
+    <t>14/02/2025 14:30:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590541/fr/la-has-adopte-son-nouveau-programme-sante-mentale-et-psychiatrie-2025-2030</t>
+  </si>
+  <si>
+    <t>p_3590541</t>
+  </si>
+  <si>
+    <t>La HAS mobilisée pour la santé des femmes</t>
+  </si>
+  <si>
+    <t>A l’occasion de la journée internationale d’action pour la santé de la femme, mercredi 28 mai 2025, la HAS fait le point sur ses dernières recommandations élaborées sur cet enjeu majeur. Avec une priorité : améliorer la prise en charge des femmes et mieux les accompagner tout au long de leur vie.</t>
+  </si>
+  <si>
+    <t>27/05/2025 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608167/fr/la-has-mobilisee-pour-la-sante-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3608167</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puce à ADN (ACPA) en contexte postnatal</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») - ACPA - CGH array – postnatal – diagnostic – génétique</t>
+  </si>
+  <si>
+    <t>13/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/fr/analyse-chromosomique-sur-puce-a-adn-acpa-en-contexte-postnatal</t>
   </si>
   <si>
     <t>p_3453213</t>
   </si>
   <si>
-    <t>Web page</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie du 2 octobre 2024</t>
+  </si>
+  <si>
+    <t>18/12/2024 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573827/fr/comite-sante-mentale-et-psychiatrie-du-2-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3573827</t>
+  </si>
+  <si>
+    <t>???</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie du 26 novembre 2025</t>
+  </si>
+  <si>
+    <t>16/01/2026 16:12:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3699897/fr/comite-sante-mentale-et-psychiatrie-du-26-novembre-2025</t>
+  </si>
+  <si>
+    <t>p_3699897</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie du 18 juin 2025</t>
+  </si>
+  <si>
+    <t>23/09/2025 08:47:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610236/fr/comite-sante-mentale-et-psychiatrie-du-18-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3610236</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie du 18 février 2025</t>
+  </si>
+  <si>
+    <t>13/05/2025 08:45:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573857/fr/comite-sante-mentale-et-psychiatrie-du-18-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3573857</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 5 octobre  2021</t>
+  </si>
+  <si>
+    <t>02/11/2021 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296301/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3296301</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>17/09/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286847/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3286847</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 17/12/2024</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638249/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-17/12/2024</t>
+  </si>
+  <si>
+    <t>p_3638249</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 février 2025</t>
+  </si>
+  <si>
+    <t>21/02/2025 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591681/fr/college-deliberatif-du-6-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3591681</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
+  </si>
+  <si>
+    <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
+  </si>
+  <si>
+    <t>07/12/2023 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3477948</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Accompagner dès le premier recours pour diminuer le risque alcool des femmes</t>
+  </si>
+  <si>
+    <t>26/02/2025 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592850/fr/accompagner-des-le-premier-recours-pour-diminuer-le-risque-alcool-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3592850</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
+  </si>
+  <si>
+    <t>Programme « santé mentale et psychiatrie » de la HAS</t>
+  </si>
+  <si>
+    <t>Depuis 2013, la HAS organise ses travaux dans le champ de la santé mentale et de la psychiatrie sous la forme de programmes pluriannuels prospectifs et évolutifs.</t>
+  </si>
+  <si>
+    <t>14/02/2025 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721760/fr/programme-sante-mentale-et-psychiatrie-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1721760</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie</t>
+  </si>
+  <si>
+    <t>Afin de poursuivre et renforcer son engagement dans le domaine de la santé mentale et de la psychiatrie, la HAS a créé en juillet 2024 le comité santé mentale et psychiatrie. Il remplace le comité de suivi « psychiatrie et santé mentale » mis en place en 2013.</t>
+  </si>
+  <si>
+    <t>17/10/2024 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549127/fr/comite-sante-mentale-et-psychiatrie</t>
+  </si>
+  <si>
+    <t>p_3549127</t>
+  </si>
+  <si>
+    <t>Productions programmées en 2025</t>
+  </si>
+  <si>
+    <t>Le document « Productions programmées en 2025 » de la HAS recense les productions prévues pour l'année 2025, incluant des recommandations de bonne pratique, des outils pour les professionnels, et des recommandations vaccinales ou de santé publique. Ces productions sont définies par le collège de la HAS en fonction des demandes reçues de divers acteurs comme le ministère de la Santé, l'Assurance maladie, les organisations professionnelles et les associations d'usagers. Certaines productions sont également initiées par la HAS elle-même en réponse à des enjeux identifiés.</t>
+  </si>
+  <si>
+    <t>18/01/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
   </si>
   <si>
     <t>c_1267303</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -317,249 +1094,1804 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>37</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>42</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>43</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>44</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>49</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>50</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
         <v>53</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
         <v>54</v>
       </c>
-      <c r="C9" t="s">
+      <c r="E9" t="s">
         <v>55</v>
       </c>
-      <c r="D9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>56</v>
       </c>
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>57</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
         <v>60</v>
       </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>66</v>
+      </c>
+      <c r="E11" t="s">
+        <v>67</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>68</v>
+      </c>
+      <c r="H11" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" t="s">
+        <v>72</v>
+      </c>
+      <c r="E12" t="s">
+        <v>73</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>74</v>
+      </c>
+      <c r="H12" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>76</v>
+      </c>
+      <c r="C13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D13" t="s">
+        <v>78</v>
+      </c>
+      <c r="E13" t="s">
+        <v>79</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>80</v>
+      </c>
+      <c r="H13" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>82</v>
+      </c>
+      <c r="C14" t="s">
+        <v>83</v>
+      </c>
+      <c r="D14" t="s">
+        <v>84</v>
+      </c>
+      <c r="E14" t="s">
+        <v>85</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>86</v>
+      </c>
+      <c r="H14" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>88</v>
+      </c>
+      <c r="C15" t="s">
+        <v>89</v>
+      </c>
+      <c r="D15" t="s">
+        <v>90</v>
+      </c>
+      <c r="E15" t="s">
+        <v>91</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>92</v>
+      </c>
+      <c r="H15" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>94</v>
+      </c>
+      <c r="C16" t="s">
+        <v>95</v>
+      </c>
+      <c r="D16" t="s">
+        <v>96</v>
+      </c>
+      <c r="E16" t="s">
+        <v>97</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>98</v>
+      </c>
+      <c r="H16" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>100</v>
+      </c>
+      <c r="C17" t="s">
+        <v>101</v>
+      </c>
+      <c r="D17" t="s">
+        <v>102</v>
+      </c>
+      <c r="E17" t="s">
+        <v>103</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>104</v>
+      </c>
+      <c r="H17" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" t="s">
+        <v>107</v>
+      </c>
+      <c r="D18" t="s">
+        <v>108</v>
+      </c>
+      <c r="E18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>110</v>
+      </c>
+      <c r="H18" t="s">
+        <v>111</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H22"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>112</v>
+      </c>
+      <c r="B2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>116</v>
+      </c>
+      <c r="H2" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B3" t="s">
+        <v>118</v>
+      </c>
+      <c r="C3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>121</v>
+      </c>
+      <c r="H3" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>112</v>
+      </c>
+      <c r="B4" t="s">
+        <v>123</v>
+      </c>
+      <c r="C4" t="s">
+        <v>124</v>
+      </c>
+      <c r="D4" t="s">
+        <v>125</v>
+      </c>
+      <c r="E4" t="s">
+        <v>126</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>127</v>
+      </c>
+      <c r="H4" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>112</v>
+      </c>
+      <c r="B5" t="s">
+        <v>129</v>
+      </c>
+      <c r="C5" t="s">
+        <v>130</v>
+      </c>
+      <c r="D5" t="s">
+        <v>131</v>
+      </c>
+      <c r="E5" t="s">
+        <v>132</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>133</v>
+      </c>
+      <c r="H5" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>112</v>
+      </c>
+      <c r="B6" t="s">
+        <v>135</v>
+      </c>
+      <c r="C6" t="s">
+        <v>136</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>137</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>138</v>
+      </c>
+      <c r="H6" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>112</v>
+      </c>
+      <c r="B7" t="s">
+        <v>140</v>
+      </c>
+      <c r="C7" t="s">
+        <v>141</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>142</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>143</v>
+      </c>
+      <c r="H7" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>112</v>
+      </c>
+      <c r="B8" t="s">
+        <v>145</v>
+      </c>
+      <c r="C8" t="s">
+        <v>146</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>147</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>148</v>
+      </c>
+      <c r="H8" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>112</v>
+      </c>
+      <c r="B9" t="s">
+        <v>150</v>
+      </c>
+      <c r="C9" t="s">
+        <v>151</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>152</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>153</v>
+      </c>
+      <c r="H9" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>112</v>
+      </c>
       <c r="B10" t="s">
-        <v>61</v>
+        <v>155</v>
       </c>
       <c r="C10" t="s">
-        <v>62</v>
+        <v>156</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>157</v>
       </c>
       <c r="E10" t="s">
-        <v>63</v>
+        <v>158</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>64</v>
+        <v>159</v>
       </c>
       <c r="H10" t="s">
-        <v>65</v>
+        <v>160</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>112</v>
+      </c>
+      <c r="B11" t="s">
+        <v>161</v>
+      </c>
+      <c r="C11" t="s">
+        <v>162</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>163</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>164</v>
+      </c>
+      <c r="H11" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>112</v>
+      </c>
+      <c r="B12" t="s">
+        <v>166</v>
+      </c>
+      <c r="C12" t="s">
+        <v>167</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>168</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>169</v>
+      </c>
+      <c r="H12" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B13" t="s">
+        <v>171</v>
+      </c>
+      <c r="C13" t="s">
+        <v>172</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>173</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>174</v>
+      </c>
+      <c r="H13" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>176</v>
+      </c>
+      <c r="C14" t="s">
+        <v>177</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>178</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>179</v>
+      </c>
+      <c r="H14" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>181</v>
+      </c>
+      <c r="C15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D15" t="s">
+        <v>183</v>
+      </c>
+      <c r="E15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>185</v>
+      </c>
+      <c r="H15" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>187</v>
+      </c>
+      <c r="C16" t="s">
+        <v>188</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>189</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>190</v>
+      </c>
+      <c r="H16" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" t="s">
+        <v>192</v>
+      </c>
+      <c r="C17" t="s">
+        <v>193</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>194</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>195</v>
+      </c>
+      <c r="H17" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>197</v>
+      </c>
+      <c r="C18" t="s">
+        <v>198</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>199</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>200</v>
+      </c>
+      <c r="H18" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>112</v>
+      </c>
+      <c r="B19" t="s">
+        <v>202</v>
+      </c>
+      <c r="C19" t="s">
+        <v>203</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>204</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>205</v>
+      </c>
+      <c r="H19" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>112</v>
+      </c>
+      <c r="B20" t="s">
+        <v>207</v>
+      </c>
+      <c r="C20" t="s">
+        <v>208</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>115</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>209</v>
+      </c>
+      <c r="H20" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>112</v>
+      </c>
+      <c r="B21" t="s">
+        <v>211</v>
+      </c>
+      <c r="C21" t="s">
+        <v>212</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>213</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>214</v>
+      </c>
+      <c r="H21" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>112</v>
+      </c>
+      <c r="B22" t="s">
+        <v>216</v>
+      </c>
+      <c r="C22" t="s">
+        <v>217</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>218</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>219</v>
+      </c>
+      <c r="H22" t="s">
+        <v>220</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>221</v>
+      </c>
+      <c r="B2" t="s">
+        <v>222</v>
+      </c>
+      <c r="C2" t="s">
+        <v>223</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>224</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>225</v>
+      </c>
+      <c r="H2" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B3" t="s">
+        <v>227</v>
+      </c>
+      <c r="C3" t="s">
+        <v>228</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>229</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>230</v>
+      </c>
+      <c r="H3" t="s">
+        <v>231</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>232</v>
+      </c>
+      <c r="B2" t="s">
+        <v>233</v>
+      </c>
+      <c r="C2" t="s">
+        <v>234</v>
+      </c>
+      <c r="D2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E2" t="s">
+        <v>236</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>237</v>
+      </c>
+      <c r="H2" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>232</v>
+      </c>
+      <c r="B3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C3" t="s">
+        <v>240</v>
+      </c>
+      <c r="D3" t="s">
+        <v>241</v>
+      </c>
+      <c r="E3" t="s">
+        <v>242</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>243</v>
+      </c>
+      <c r="H3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>246</v>
+      </c>
+      <c r="B2" t="s">
+        <v>247</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>249</v>
+      </c>
+      <c r="H2" t="s">
+        <v>250</v>
+      </c>
+      <c r="I2" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>246</v>
+      </c>
+      <c r="B3" t="s">
+        <v>252</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>254</v>
+      </c>
+      <c r="H3" t="s">
+        <v>255</v>
+      </c>
+      <c r="I3" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>246</v>
+      </c>
+      <c r="B4" t="s">
+        <v>256</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>257</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>258</v>
+      </c>
+      <c r="H4" t="s">
+        <v>259</v>
+      </c>
+      <c r="I4" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>246</v>
+      </c>
+      <c r="B5" t="s">
+        <v>260</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>261</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>262</v>
+      </c>
+      <c r="H5" t="s">
+        <v>263</v>
+      </c>
+      <c r="I5" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>246</v>
+      </c>
+      <c r="B6" t="s">
+        <v>264</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>265</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>266</v>
+      </c>
+      <c r="H6" t="s">
+        <v>267</v>
+      </c>
+      <c r="I6" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>246</v>
+      </c>
+      <c r="B7" t="s">
+        <v>264</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>269</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>270</v>
+      </c>
+      <c r="H7" t="s">
+        <v>271</v>
+      </c>
+      <c r="I7" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>246</v>
+      </c>
+      <c r="B8" t="s">
+        <v>272</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>273</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>274</v>
+      </c>
+      <c r="H8" t="s">
+        <v>275</v>
+      </c>
+      <c r="I8" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>246</v>
+      </c>
+      <c r="B9" t="s">
+        <v>276</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>277</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>278</v>
+      </c>
+      <c r="H9" t="s">
+        <v>279</v>
+      </c>
+      <c r="I9" t="s">
+        <v>280</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>281</v>
+      </c>
+      <c r="B2" t="s">
+        <v>282</v>
+      </c>
+      <c r="C2" t="s">
+        <v>283</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>284</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>285</v>
+      </c>
+      <c r="H2" t="s">
+        <v>286</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B2" t="s">
+        <v>288</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>289</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>290</v>
+      </c>
+      <c r="H2" t="s">
+        <v>291</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>292</v>
+      </c>
+      <c r="B2" t="s">
+        <v>293</v>
+      </c>
+      <c r="C2" t="s">
+        <v>294</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>295</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>296</v>
+      </c>
+      <c r="H2" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B3" t="s">
+        <v>298</v>
+      </c>
+      <c r="C3" t="s">
+        <v>299</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>301</v>
+      </c>
+      <c r="H3" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>292</v>
+      </c>
+      <c r="B4" t="s">
+        <v>303</v>
+      </c>
+      <c r="C4" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>305</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>306</v>
+      </c>
+      <c r="H4" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>292</v>
+      </c>
+      <c r="B5" t="s">
+        <v>308</v>
+      </c>
+      <c r="C5" t="s">
+        <v>309</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>310</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>311</v>
+      </c>
+      <c r="H5" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>292</v>
+      </c>
+      <c r="B6" t="s">
+        <v>313</v>
+      </c>
+      <c r="C6" t="s">
+        <v>314</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>315</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>316</v>
+      </c>
+      <c r="H6" t="s">
+        <v>317</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>