--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,698 +1,302 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="366" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="62">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>08/10/2025 11:08:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on cervical cancer screening for immunocompromised individuals (excluding those living with HIV) to address their higher risk compared to the general population. The recommendation targets immunocompromised individuals, and more specifically those with primary or congenital immunodeficiency, transplant recipients (solid organ or hematopoietic stem cell), those with systemic lupus erythematosus, and/or those undergoing immunosuppressive therapy. Annual screening by cytology is recommended from age 25 to 29, followed by screening every 3 years using high-risk HPV testing from age 30.</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3585926/fr/depistage-du-cancer-du-col-de-l-uterus-chez-les-personnes-immunodeprimees-hors-pvvih</t>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
   </si>
   <si>
     <t>p_3585926</t>
   </si>
   <si>
-    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...74 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Maladie de Shwachman Diamond</t>
-[...74 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Patient selection criteria for at-home cancer chemotherapy</t>
+  </si>
+  <si>
+    <t>To establish consensus guidelines for selecting patients for at-home chemotherapy and for ensuring that this chemotherapy is administered to standards that are as safe as those of conventional hospitalisation and of similar quality.</t>
+  </si>
+  <si>
+    <t>09/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...266 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983077/fr/lemtrada-alemtuzumab</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>LEMTRADA</t>
+  </si>
+  <si>
+    <t>10/25/2018 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983077/en/lemtrada</t>
   </si>
   <si>
     <t>pprd_2983077</t>
   </si>
   <si>
     <t>alemtuzumab</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2804109/fr/lemtrada-alemtuzumab</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2877320/fr/lemtrada-alemtuzumab</t>
+    <t>https://www.has-sante.fr/jcms/c_2804109/en/lemtrada-alemtuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590010/en/lemtrada-alemtuzumab-selective-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877320/en/lemtrada-alemtuzumab</t>
   </si>
   <si>
     <t>MABCAMPATH (alemtuzumab)</t>
   </si>
   <si>
-    <t>17/09/2009 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2986051/fr/mabcampath-alemtuzumab</t>
+    <t>09/17/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986051/en/mabcampath-alemtuzumab</t>
   </si>
   <si>
     <t>pprd_2986051</t>
   </si>
   <si>
     <t>BAYER SANTE – Division Bayer Schering Pharma</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399301/fr/mabcampath-10mg/ml-solution-a-diluer-pour-perfusion-boite-de-3-ampoules</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_700500/fr/mabcampath-alemtuzumab-anticorps-monoclonal-alemtuzumab</t>
+    <t>https://www.has-sante.fr/jcms/c_399301/en/mabcampath-10mg/ml-solution-a-diluer-pour-perfusion-boite-de-3-ampoules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700500/en/mabcampath</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -745,1223 +349,361 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>24</v>
       </c>
       <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>25</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>26</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>27</v>
-      </c>
-[...209 lines deleted...]
-        <v>68</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="C2" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="D2" t="s">
-        <v>72</v>
+        <v>31</v>
       </c>
       <c r="E2" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>74</v>
+        <v>33</v>
       </c>
       <c r="H2" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="B2" t="s">
-        <v>77</v>
+        <v>36</v>
       </c>
       <c r="C2" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="D2" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="E2" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="H2" t="s">
-        <v>82</v>
-[...25 lines deleted...]
-        <v>88</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...626 lines deleted...]
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>172</v>
+        <v>42</v>
       </c>
       <c r="J1" t="s">
-        <v>173</v>
+        <v>43</v>
       </c>
       <c r="K1" t="s">
-        <v>174</v>
+        <v>44</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>175</v>
+        <v>45</v>
       </c>
       <c r="B2" t="s">
-        <v>176</v>
+        <v>46</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>177</v>
+        <v>47</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>178</v>
+        <v>48</v>
       </c>
       <c r="H2" t="s">
-        <v>179</v>
+        <v>49</v>
       </c>
       <c r="I2" t="s">
-        <v>180</v>
+        <v>50</v>
       </c>
       <c r="J2" t="s">
-        <v>181</v>
+        <v>51</v>
       </c>
       <c r="K2" t="s">
-        <v>182</v>
+        <v>52</v>
       </c>
       <c r="L2" t="s">
-        <v>183</v>
+        <v>53</v>
       </c>
       <c r="M2" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>175</v>
+        <v>45</v>
       </c>
       <c r="B3" t="s">
-        <v>185</v>
+        <v>55</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>186</v>
+        <v>56</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>187</v>
+        <v>57</v>
       </c>
       <c r="H3" t="s">
-        <v>188</v>
+        <v>58</v>
       </c>
       <c r="I3" t="s">
-        <v>180</v>
+        <v>50</v>
       </c>
       <c r="J3" t="s">
-        <v>189</v>
+        <v>59</v>
       </c>
       <c r="K3" t="s">
-        <v>190</v>
+        <v>60</v>
       </c>
       <c r="L3" t="s">
-        <v>191</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>