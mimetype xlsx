--- v0 (2025-11-08)
+++ v1 (2026-02-14)
@@ -53,51 +53,51 @@
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Public Health guideline</t>
   </si>
   <si>
     <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
   </si>
   <si>
-    <t>-</t>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on cervical cancer screening for immunocompromised individuals (excluding those living with HIV) to address their higher risk compared to the general population. The recommendation targets immunocompromised individuals, and more specifically those with primary or congenital immunodeficiency, transplant recipients (solid organ or hematopoietic stem cell), those with systemic lupus erythematosus, and/or those undergoing immunosuppressive therapy. Annual screening by cytology is recommended from age 25 to 29, followed by screening every 3 years using high-risk HPV testing from age 30.</t>
   </si>
   <si>
     <t>10/02/2025 00:00:00</t>
   </si>
   <si>
     <t>10/08/2025 11:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
   </si>
   <si>
     <t>p_3585926</t>
   </si>
   <si>
     <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
   </si>
   <si>
     <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
   </si>
   <si>
     <t>02/29/2024 00:00:00</t>
   </si>