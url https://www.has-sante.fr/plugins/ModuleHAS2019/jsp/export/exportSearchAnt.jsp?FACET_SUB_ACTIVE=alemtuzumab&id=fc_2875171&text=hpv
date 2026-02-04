--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,193 +1,250 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>10/08/2025 11:08:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du col de l’utérus chez les personnes immunodéprimées (hors PVVIH)</t>
+  </si>
+  <si>
+    <t>La HAS émet une recommandation de santé publique sur le dépistage du cancer du col de l’utérus (CCU) chez les personnes immunodéprimées (hors celles vivant avec le VIH) pour prendre en compte le risque plus élevé par rapport à la population générale. La recommandation cible les personnes immunodéprimées et plus spécifiquement atteintes de déficit immunitaire primitif ou congénital, greffées (par organe solide ou cellules souches hématopoïétiques), atteintes de lupus systémique et/ou sous traitements immunosuppresseurs. Il est recommandé un dépistage annuel de 25 à 29 ans par cytologie, suivi d’un dépistage tous les 3 ans par test HPV-HR à partir de 30 ans.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2025 11:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
+    <t>https://www.has-sante.fr/jcms/p_3585926/fr/depistage-du-cancer-du-col-de-l-uterus-chez-les-personnes-immunodeprimees-hors-pvvih</t>
   </si>
   <si>
     <t>p_3585926</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+  </si>
+  <si>
+    <t>p_3498915</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
-[...14 lines deleted...]
-    <t>p_3498915</t>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 avril 2014</t>
+  </si>
+  <si>
+    <t>06/06/2014 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1745322/fr/ceesp-reunion-du-15-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1745322</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -203,93 +260,257 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
+      </c>
+    </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H2" t="s">
+        <v>43</v>
+      </c>
+      <c r="I2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>