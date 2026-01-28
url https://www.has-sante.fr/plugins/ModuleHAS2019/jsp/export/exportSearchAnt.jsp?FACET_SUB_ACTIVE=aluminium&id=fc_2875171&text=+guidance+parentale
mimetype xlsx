--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
     <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="250" uniqueCount="155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="160">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -87,50 +87,65 @@
     <t>02/03/2022 11:48:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
   </si>
   <si>
     <t>p_3321295</t>
   </si>
   <si>
     <t>Fragilités osseuses secondaires de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>11/10/2019 11:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
   </si>
   <si>
     <t>p_3112119</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Ichthyoses héréditaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
   </si>
   <si>
     <t>p_3293150</t>
   </si>
   <si>
     <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/10/2021 10:41:00</t>
   </si>
@@ -539,51 +554,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -712,758 +727,784 @@
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>34</v>
       </c>
       <c r="H6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>38</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>39</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
         <v>42</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>44</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>45</v>
       </c>
       <c r="H8" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>47</v>
       </c>
       <c r="C9" t="s">
         <v>48</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>49</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>50</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="D2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="E2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="E3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="H3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B4" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D4" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="E4" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="H4" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B5" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C5" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="D5" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="E5" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="H5" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C6" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="D6" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="E6" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="H6" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="C7" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="D7" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="E7" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H7" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="D2" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="E2" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C3" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D3" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="E3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H3" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B4" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C4" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="D4" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="E4" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="H4" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="B2" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="H2" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="I2" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B2" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C2" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="D2" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="E2" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="H2" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B3" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C3" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="D3" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="E3" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="H3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B4" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="C4" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D4" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="E4" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="H4" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B5" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C5" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="D5" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="E5" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="H5" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B6" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C6" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D6" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="E6" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="H6" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B2" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C2" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="H2" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C3" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="H3" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>