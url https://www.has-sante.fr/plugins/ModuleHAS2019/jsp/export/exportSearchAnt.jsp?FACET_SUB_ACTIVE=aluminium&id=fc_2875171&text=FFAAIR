--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -9,287 +9,199 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...2 lines deleted...]
-    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>ASSESSMENT OF TRACHEAL VACUUM SUCTIONNING SYSTEMS</t>
+  </si>
+  <si>
+    <t>This assessment concerns medical devices for the mechanical suction of secretions of the nasopharynx, oropharynx and trachea (tracheal suction pumps) as well as their associated services. The objective is to update how these devices and associated services are reimbursed via the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>07/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2017 10:49:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>28/01/2021 00:00:00</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2641074/fr/aspirateurs-tracheaux-forfait-hebdomadaire-8</t>
+    <t>https://www.has-sante.fr/jcms/c_2641074/en/assessment-of-tracheal-vacuum-suctionning-systems</t>
   </si>
   <si>
     <t>c_2641074</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_1265304</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      <c r="A3" t="s">
         <v>15</v>
-      </c>
-[...45 lines deleted...]
-        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>