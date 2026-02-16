--- v0 (2025-12-17)
+++ v1 (2026-02-16)
@@ -9,116 +9,206 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="53">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Vaccine recommendation</t>
-[...5 lines deleted...]
-    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
-    <t>06/13/2024 10:35:00</t>
+    <t>13/06/2024 10:35:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
+    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2641074/en/assessment-of-tracheal-vacuum-suctionning-systems</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections à pneumocoque - Place du vaccin VAXNEUVANCE chez l’enfant de 6 semaines à 18 ans</t>
+  </si>
+  <si>
+    <t>Le vaccin Vaxneuvance est un vaccin pneumococcique conjugué dirigé contre 15 sérotypes pneumococciques. Il a reçu une extension d’AMM a été obtenue le 21 octobre 2022 chez les nourrissons, les enfants et les adolescents âgés de 6 semaines à moins de 18 ans. L’objectif de ce rapport est d’évaluer l’ensemble des données disponibles afin de préciser sa place dans la stratégie de vaccination contre les infections à pneumocoques dans cette population (méthode AVIVAC). Au terme de son évaluation, la HAS considère que le vaccin Vaxneuvance peut être intégré en alternative au vaccin VPC13 dans la stratégie vaccinale française pour la prévention des infections invasives, des pneumonies et des otites moyennes aiguës à pneumocoque chez les nourrissons, les enfants et les adolescents de 6 semaines à moins de 18 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/08/2023 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457417/fr/strategie-de-vaccination-contre-les-infections-a-pneumocoque-place-du-vaccin-vaxneuvance-chez-l-enfant-de-6-semaines-a-18-ans</t>
+  </si>
+  <si>
+    <t>p_3457417</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de BEXSERO®</t>
+  </si>
+  <si>
+    <t>Les infections invasives à méningocoques sont des infections transmissibles graves, qui peuvent être rapidement fatales. En France, elles sont majoritairement liées aux méningocoques de sérogroupe B. BEXSERO® est le premier vaccin anti-méningococcique ciblant des souches pathogènes du sérogroupe B à avoir obtenu une AMM en Europe, en janvier 2013. Il est indiqué chez les personnes âgées de 2 mois et plus. Dans le contexte de la simplification du schéma de vaccination pour différentes tranches d’âge et de l’évolution épidémiologique de ces infections, la Haute Autorité de Santé a évalué l’opportunité de modifier la stratégie de prévention des infections invasives à méningocoques et a précisé la place de BEXSERO® dans cette stratégie.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066921/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-bexsero</t>
+  </si>
+  <si>
+    <t>p_3066921</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Aspirateurs trachéaux (Forfait hebdomadaire 8)</t>
+  </si>
+  <si>
+    <t>Cette évaluation concerne les dispositifs médicaux d’aspiration mécanique des sécrétions du nasopharynx, de l’oropharynx et de la trachée (aspirateurs trachéaux) ainsi que leur prestation associée. L’objectif est de réaliser l’actualisation des modalités de remboursement de ces dispositifs et de leurs prestations sur la LPPR.</t>
+  </si>
+  <si>
+    <t>11/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2017 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641074/fr/aspirateurs-tracheaux-forfait-hebdomadaire-8</t>
   </si>
   <si>
     <t>c_2641074</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -128,51 +218,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -212,43 +302,173 @@
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>46</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>