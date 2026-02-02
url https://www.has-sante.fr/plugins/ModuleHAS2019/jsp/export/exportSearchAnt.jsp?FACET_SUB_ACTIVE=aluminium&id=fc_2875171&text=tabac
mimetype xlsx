--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,477 +1,2101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="370" uniqueCount="220">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux d’aide à la prévention et d'aide au traitement des escarres (avis de projet de nomenclature &amp; cahier des charges techniques) - CNEDIMTS du 22 décembre 2009 (1684)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>22/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2010 10:29:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_901641/fr/dispositifs-medicaux-d-aide-a-la-prevention-et-d-aide-au-traitement-des-escarres-avis-de-projet-de-nomenclature-cahier-des-charges-techniques-cnedimts-du-22-decembre-2009-1684</t>
+  </si>
+  <si>
+    <t>c_901641</t>
+  </si>
+  <si>
+    <t>Commission d'Evaluation des Produits et Prestations</t>
+  </si>
+  <si>
+    <t>Supports d'aide à la prévention et d'aide au traitement de l'escarre - Aides techniques à la posture</t>
+  </si>
+  <si>
+    <t>30/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398592/fr/supports-d-aide-a-la-prevention-et-d-aide-au-traitement-de-l-escarre-aides-techniques-a-la-posture</t>
+  </si>
+  <si>
+    <t>c_398592</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>Avis général sur les dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile - 17 avril 2012</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2012 11:25:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1243362/fr/avis-general-sur-les-dispositifs-medicaux-et-prestations-associees-pour-l-oxygenotherapie-a-domicile-17-avril-2012</t>
+  </si>
+  <si>
+    <t>c_1243362</t>
+  </si>
+  <si>
+    <t>Supports d’aide à la prévention et d'aide au traitement de l’escarre -Aides techniques et de posture</t>
+  </si>
+  <si>
+    <t>22/02/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>22/02/2006 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455482/fr/supports-d-aide-a-la-prevention-et-d-aide-au-traitement-de-l-escarre-aides-techniques-et-de-posture</t>
+  </si>
+  <si>
+    <t>c_455482</t>
+  </si>
+  <si>
+    <t>Ministère de l'Emploi et de la Solidarité</t>
+  </si>
+  <si>
+    <t>CHONDRO-GIDE</t>
+  </si>
+  <si>
+    <t>Membrane de collagène</t>
+  </si>
+  <si>
+    <t>04/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2016 09:05:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678859/fr/chondro-gide</t>
+  </si>
+  <si>
+    <t>c_2678859</t>
+  </si>
+  <si>
+    <t>GEISTLICH PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>ULTRAFILL - 13 septembre 2011 (3935) avis</t>
+  </si>
+  <si>
+    <t>Système pour oxygénothérapie à domicile avec déambulation PNEUMOLOGIE – Nouveau dispositif Pas d’avantage clinique par rapport au système VENTURE HOMEFILL II</t>
+  </si>
+  <si>
+    <t>13/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2011 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1085084/fr/ultrafill-13-septembre-2011-3935-avis</t>
+  </si>
+  <si>
+    <t>c_1085084</t>
+  </si>
+  <si>
+    <t>PHILIPS FRANCE (France)</t>
+  </si>
+  <si>
+    <t>AEQUASYAL (Spray buccal T.G.O)</t>
+  </si>
+  <si>
+    <t>28/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398725/fr/aequasyal-spray-buccal-t-g-o</t>
+  </si>
+  <si>
+    <t>c_398725</t>
+  </si>
+  <si>
+    <t>Laboratoires CARILENE S.A.S.</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Exposition environnementale à l’amiante : état des données et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Il ressort de cette analyse que le risque de survenue de cancers liés à l’amiante environnemental non professionnel concerne essentiellement les personnes exposées à un niveau intermédiaire fort ou élevé d’amiante. Les personnes exposées à un niveau faible ou intermédiaire faible doivent être rassurées.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2009 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_759760/fr/exposition-environnementale-a-l-amiante-etat-des-donnees-et-conduite-a-tenir</t>
+  </si>
+  <si>
+    <t>c_759760</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention des addictions et réduction des risques et des dommages (RdRD) dans les établissements et services sociaux et médico-sociaux (ESSMS)</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent à l’ensemble des professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’à leurs partenaires, en particulier les acteurs de l’addictologie, ainsi qu’aux personnes accompagnées et à leur entourage.</t>
+  </si>
+  <si>
+    <t>29/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2023 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218478/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-rdrd-dans-les-etablissements-et-services-sociaux-et-medico-sociaux-essms</t>
+  </si>
+  <si>
+    <t>p_3218478</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>c_454394</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Prévention des addictions et réduction des risques et des dommages par les centres de soins, d'accompagnement et de prévention en addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>Les recommandations sont à destination principale des professionnels travaillant en CSAPA mais peuvent également être utiles à leurs partenaires (acteurs des champs sanitaire, social, médico-social, de la justice et de l'éducation) ainsi qu'aux personnes accueillies en CSAPA et à leur entourage.</t>
+  </si>
+  <si>
+    <t>17/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147889/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-par-les-centres-de-soins-d-accompagnement-et-de-prevention-en-addictologie-csapa</t>
+  </si>
+  <si>
+    <t>p_3147889</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
+  </si>
+  <si>
+    <t>Les questions abordées dans les recommandations professionnelles sont les suivantes :# 1. Évaluation initiale et traitement de la surcharge martiale# 2. Modalités de détection des complications - Suivi du patient# 3. Modalités de prise en charge de la famille - Conseil génétique# 4. Critères d’éligibilité et modalités de prise en charge à domicile#</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
+  </si>
+  <si>
+    <t>c_432802</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
   </si>
   <si>
     <t>p_3321295</t>
   </si>
   <si>
-    <t>Vaccine recommendation</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
+    <t>Protéinose Alvéolaire Pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de protéinose alvéolaire (PAP). Il a été élaboré par le Centre de référence constitutif des maladies pulmonaires rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762176/fr/proteinose-alveolaire-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3762176</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile</t>
+  </si>
+  <si>
+    <t>Les objectifs de l’évaluation sont : d’évaluer l'intérêt des prestations et des dispositifs médicaux de l’oxygénothérapie à domicile en définissant leurs indications, leur rapport effet thérapeutique/risques, leur place dans la stratégie thérapeutique, d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, de définir le contenu des prestations en fonction des indications, de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, de préciser, si besoin, des conditions de prescription et d'utilisation, de comparer les dispositifs entre eux au sein d'une même indication, d’estimer les populations cibles. L’objectif final de cette évaluation est de proposer une mise à jour des modalités de remboursement des dispositifs et des prestations d’oxygénothérapie sur la LPPR.</t>
+  </si>
+  <si>
+    <t>13/07/2012 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265304/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-l-oxygenotherapie-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1265304</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2017</t>
+  </si>
+  <si>
+    <t>14/06/2017 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773942/fr/commission-de-la-transparence-reunion-du-21-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2773942</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Aspects immunologiques et virologiques de l’infection par le SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Lorsqu’un ou des vaccins contre le SARS-CoV-2 auront obtenu une autorisation de mise sur le marché, la HAS devra rendre un avis sur ces vaccins, dans les meilleurs délais, au vu des données déposées par les industriels et devra adopter une stratégie vaccinale, afin de poser les jalons de la campagne de vaccination qui sera organisée en France. Afin d’anticiper l’évaluation des différents vaccins, en particulier l’analyse des résultats des essais cliniques, une synthèse des connaissances a été conduite sur différents aspects de la réponse immunitaire au cours de l’infection par SARS-CoV-2 (variabilité génétique du virus, réponses immunitaires, plateformes vaccinales, modèles animaux, etc.). Ce document sera actualisé en fonction de l’état d’avancement des connaissances sur le SARS-Cov2.</t>
+  </si>
+  <si>
+    <t>01/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2020 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3221567</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
+  </si>
+  <si>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
-    <t>Recommendation on extending HPV vaccination to boys</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116022/en/recommendation-on-extending-hpv-vaccination-to-boys</t>
+    <t>Recommandation sur l’élargissement de la vaccination contre les papillomavirus aux garçons</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS est favorable à l’élargissement de la vaccination contre les papillomavirus chez les garçons dans le calendrier vaccinal français.</t>
+  </si>
+  <si>
+    <t>11/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/fr/recommandation-sur-l-elargissement-de-la-vaccination-contre-les-papillomavirus-aux-garcons</t>
   </si>
   <si>
     <t>p_3116022</t>
   </si>
   <si>
-    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
-[...20 lines deleted...]
-    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+    <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
-    <t>06/13/2024 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
+    <t>13/06/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
   </si>
   <si>
     <t>p_3505344</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
+  </si>
+  <si>
+    <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
+  </si>
+  <si>
+    <t>p_3066917</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
+  </si>
+  <si>
+    <t>Papillomavirus : la vaccination recommandée pour tous les garçons</t>
+  </si>
+  <si>
+    <t>En 2020, la vaccination contre le HPV devrait concernée tous les garçons de 11 à 14 ans. Un rattrapage sera possible jusqu’à 19 ans.</t>
+  </si>
+  <si>
+    <t>24/01/2020 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147966/fr/papillomavirus-la-vaccination-recommandee-pour-tous-les-garcons</t>
+  </si>
+  <si>
+    <t>p_3147966</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:J8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
-        <v>28</v>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="E5" t="s">
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
         <v>33</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>37</v>
       </c>
-      <c r="D6" t="s">
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
         <v>38</v>
       </c>
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>39</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="I6" t="s">
+        <v>35</v>
+      </c>
+      <c r="J6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>44</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
         <v>45</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>46</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
       <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
         <v>49</v>
       </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+      <c r="I8" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" t="s">
+        <v>52</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>65</v>
+      </c>
+      <c r="H2" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D3" t="s">
+        <v>69</v>
+      </c>
+      <c r="E3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>71</v>
+      </c>
+      <c r="H3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>60</v>
+      </c>
+      <c r="B4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>74</v>
+      </c>
+      <c r="E4" t="s">
+        <v>75</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>76</v>
+      </c>
+      <c r="H4" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>60</v>
+      </c>
+      <c r="B5" t="s">
+        <v>78</v>
+      </c>
+      <c r="C5" t="s">
+        <v>79</v>
+      </c>
+      <c r="D5" t="s">
+        <v>80</v>
+      </c>
+      <c r="E5" t="s">
+        <v>81</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>82</v>
+      </c>
+      <c r="H5" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>84</v>
+      </c>
+      <c r="C6" t="s">
+        <v>85</v>
+      </c>
+      <c r="D6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>88</v>
+      </c>
+      <c r="H6" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" t="s">
+        <v>91</v>
+      </c>
+      <c r="D7" t="s">
+        <v>92</v>
+      </c>
+      <c r="E7" t="s">
+        <v>93</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>94</v>
+      </c>
+      <c r="H7" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>96</v>
+      </c>
+      <c r="C8" t="s">
+        <v>97</v>
+      </c>
       <c r="D8" t="s">
-        <v>50</v>
+        <v>98</v>
       </c>
       <c r="E8" t="s">
-        <v>51</v>
+        <v>99</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>100</v>
       </c>
       <c r="H8" t="s">
-        <v>53</v>
+        <v>101</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" t="s">
+        <v>102</v>
+      </c>
+      <c r="C9" t="s">
+        <v>103</v>
+      </c>
+      <c r="D9" t="s">
+        <v>104</v>
+      </c>
+      <c r="E9" t="s">
+        <v>105</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>106</v>
+      </c>
+      <c r="H9" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>60</v>
+      </c>
+      <c r="B10" t="s">
+        <v>108</v>
+      </c>
+      <c r="C10" t="s">
+        <v>109</v>
+      </c>
+      <c r="D10" t="s">
+        <v>110</v>
+      </c>
+      <c r="E10" t="s">
+        <v>111</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>112</v>
+      </c>
+      <c r="H10" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B11" t="s">
+        <v>114</v>
+      </c>
+      <c r="C11" t="s">
+        <v>115</v>
+      </c>
+      <c r="D11" t="s">
+        <v>116</v>
+      </c>
+      <c r="E11" t="s">
+        <v>117</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>118</v>
+      </c>
+      <c r="H11" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>60</v>
+      </c>
+      <c r="B12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C12" t="s">
+        <v>121</v>
+      </c>
+      <c r="D12" t="s">
+        <v>122</v>
+      </c>
+      <c r="E12" t="s">
+        <v>123</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>124</v>
+      </c>
+      <c r="H12" t="s">
+        <v>125</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>126</v>
+      </c>
+      <c r="B2" t="s">
+        <v>127</v>
+      </c>
+      <c r="C2" t="s">
+        <v>128</v>
+      </c>
+      <c r="D2" t="s">
+        <v>129</v>
+      </c>
+      <c r="E2" t="s">
+        <v>130</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>131</v>
+      </c>
+      <c r="H2" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B3" t="s">
+        <v>133</v>
+      </c>
+      <c r="C3" t="s">
+        <v>134</v>
+      </c>
+      <c r="D3" t="s">
+        <v>135</v>
+      </c>
+      <c r="E3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>137</v>
+      </c>
+      <c r="H3" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>126</v>
+      </c>
+      <c r="B4" t="s">
+        <v>139</v>
+      </c>
+      <c r="C4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>141</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>142</v>
+      </c>
+      <c r="H4" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>126</v>
+      </c>
+      <c r="B5" t="s">
+        <v>144</v>
+      </c>
+      <c r="C5" t="s">
+        <v>145</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>146</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>147</v>
+      </c>
+      <c r="H5" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>126</v>
+      </c>
+      <c r="B6" t="s">
+        <v>149</v>
+      </c>
+      <c r="C6" t="s">
+        <v>150</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>151</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>152</v>
+      </c>
+      <c r="H6" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>126</v>
+      </c>
+      <c r="B7" t="s">
+        <v>154</v>
+      </c>
+      <c r="C7" t="s">
+        <v>155</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>156</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>157</v>
+      </c>
+      <c r="H7" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>126</v>
+      </c>
+      <c r="B8" t="s">
+        <v>159</v>
+      </c>
+      <c r="C8" t="s">
+        <v>160</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>161</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>162</v>
+      </c>
+      <c r="H8" t="s">
+        <v>163</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>164</v>
+      </c>
+      <c r="B2" t="s">
+        <v>165</v>
+      </c>
+      <c r="C2" t="s">
+        <v>166</v>
+      </c>
+      <c r="D2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>168</v>
+      </c>
+      <c r="H2" t="s">
+        <v>169</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B2" t="s">
+        <v>172</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>174</v>
+      </c>
+      <c r="H2" t="s">
+        <v>175</v>
+      </c>
+      <c r="I2" t="s">
+        <v>176</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C2" t="s">
+        <v>179</v>
+      </c>
+      <c r="D2" t="s">
+        <v>180</v>
+      </c>
+      <c r="E2" t="s">
+        <v>181</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>182</v>
+      </c>
+      <c r="H2" t="s">
+        <v>183</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B2" t="s">
+        <v>185</v>
+      </c>
+      <c r="C2" t="s">
+        <v>186</v>
+      </c>
+      <c r="D2" t="s">
+        <v>187</v>
+      </c>
+      <c r="E2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>189</v>
+      </c>
+      <c r="H2" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C3" t="s">
+        <v>192</v>
+      </c>
+      <c r="D3" t="s">
+        <v>193</v>
+      </c>
+      <c r="E3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>184</v>
+      </c>
+      <c r="B4" t="s">
+        <v>197</v>
+      </c>
+      <c r="C4" t="s">
+        <v>198</v>
+      </c>
+      <c r="D4" t="s">
+        <v>199</v>
+      </c>
+      <c r="E4" t="s">
+        <v>200</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>201</v>
+      </c>
+      <c r="H4" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>184</v>
+      </c>
+      <c r="B5" t="s">
+        <v>203</v>
+      </c>
+      <c r="C5" t="s">
+        <v>204</v>
+      </c>
+      <c r="D5" t="s">
+        <v>205</v>
+      </c>
+      <c r="E5" t="s">
+        <v>206</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>207</v>
+      </c>
+      <c r="H5" t="s">
+        <v>208</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>209</v>
+      </c>
+      <c r="B2" t="s">
+        <v>210</v>
+      </c>
+      <c r="C2" t="s">
+        <v>211</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>212</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>213</v>
+      </c>
+      <c r="H2" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>209</v>
+      </c>
+      <c r="B3" t="s">
+        <v>215</v>
+      </c>
+      <c r="C3" t="s">
+        <v>216</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>217</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>218</v>
+      </c>
+      <c r="H3" t="s">
+        <v>219</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>