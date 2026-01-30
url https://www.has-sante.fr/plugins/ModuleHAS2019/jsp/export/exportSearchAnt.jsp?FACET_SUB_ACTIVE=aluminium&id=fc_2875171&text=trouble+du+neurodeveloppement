--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -9,167 +9,215 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="38">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>03/02/2022 11:48:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
   </si>
   <si>
     <t>p_3321295</t>
   </si>
   <si>
-    <t>Care pathway guide: overweight and obesity in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
+  </si>
+  <si>
+    <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2021 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2679254</t>
+  </si>
+  <si>
+    <t>Naevus congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de naevus congénital (NC). Il a été élaboré par la Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/10/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293857/fr/naevus-congenital</t>
+  </si>
+  <si>
+    <t>p_3293857</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -209,43 +257,121 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>