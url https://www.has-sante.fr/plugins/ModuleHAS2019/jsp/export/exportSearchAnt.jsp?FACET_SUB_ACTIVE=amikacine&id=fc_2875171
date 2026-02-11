--- v1 (2025-12-27)
+++ v2 (2026-02-11)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="105">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -272,87 +272,90 @@
   <si>
     <t>01/06/2017 16:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2772306/fr/college-deliberatif-du-7-juin-2017</t>
   </si>
   <si>
     <t>c_2772306</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>AMIKACINE (amikacine (sulfate d'))</t>
   </si>
   <si>
-    <t>22/01/2025 11:53:14</t>
+    <t>29/12/2025 14:20:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983557/fr/amikacine-amikacine-sulfate-d</t>
   </si>
   <si>
     <t>pprd_2983557</t>
   </si>
   <si>
     <t>amikacine (sulfate d')</t>
   </si>
   <si>
-    <t>AGUETTANT / B. BRAUN MEDICAL / MYLAN SAS / PANPHARMA</t>
+    <t>AGUETTANT / B. BRAUN MEDICAL / MYLAN SAS / PANPHARMA / STRAGEN FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399527/fr/amikacine-aguettant-amikacine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1724451/fr/amikacine-b-braun-amikacine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2608683/fr/amikacine-mylan-amikacine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2788585/fr/amikacine-b-braun-amikacine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3313556/fr/amikacine-b-braun-2-5-mg/ml-amikacine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3313559/fr/amikacine-b-braun-10-mg/ml-amikacine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3313568/fr/amikacine-b-braun-5-mg/ml-amikacine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578470/fr/amikacine-panpharma-amikacine-antibacterien-aminoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806400/fr/amikacine-stragen-amikacine-antibacterien-aminoside</t>
   </si>
   <si>
     <t>ARIKAYCE LIPOSOMAL (amikacine)</t>
   </si>
   <si>
     <t>30/04/2021 10:55:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3263772/fr/arikayce-liposomal-amikacine</t>
   </si>
   <si>
     <t>p_3263772</t>
   </si>
   <si>
     <t>amikacine</t>
   </si>
   <si>
     <t>INSMED FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3263678/fr/arikayce-liposomal-amikacine</t>
   </si>
 </sst>
 </file>
 
@@ -856,51 +859,51 @@
       </c>
       <c r="E6" t="s">
         <v>76</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>77</v>
       </c>
       <c r="H6" t="s">
         <v>78</v>
       </c>
       <c r="I6" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R3"/>
+  <dimension ref="A1:S3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -952,79 +955,82 @@
       </c>
       <c r="K2" t="s">
         <v>89</v>
       </c>
       <c r="L2" t="s">
         <v>90</v>
       </c>
       <c r="M2" t="s">
         <v>91</v>
       </c>
       <c r="N2" t="s">
         <v>92</v>
       </c>
       <c r="O2" t="s">
         <v>93</v>
       </c>
       <c r="P2" t="s">
         <v>94</v>
       </c>
       <c r="Q2" t="s">
         <v>95</v>
       </c>
       <c r="R2" t="s">
         <v>96</v>
       </c>
+      <c r="S2" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>82</v>
       </c>
       <c r="B3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="K3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>