--- v1 (2026-02-15)
+++ v2 (2026-03-20)
@@ -1,371 +1,1036 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="105">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
+  </si>
+  <si>
+    <t>05/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>p_3262788</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
+  </si>
+  <si>
+    <t>c_272226</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 décembre 2025</t>
+  </si>
+  <si>
+    <t>10/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784993/fr/commission-de-la-transparence-reunion-du-17-decembre-2025</t>
+  </si>
+  <si>
+    <t>p_3784993</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 15 décembre 2021</t>
+  </si>
+  <si>
+    <t>08/12/2021 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303778/fr/commission-de-la-transparence-reunion-a-distance-du-15-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3303778</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 21 avril 2021</t>
+  </si>
+  <si>
+    <t>16/04/2021 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261408/fr/commission-de-la-transparence-reunion-a-distance-du-21-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3261408</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 3 mars 2021</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3239235/fr/commission-de-la-transparence-reunion-a-distance-du-3-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3239235</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 juin 2017</t>
+  </si>
+  <si>
+    <t>01/06/2017 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772306/fr/college-deliberatif-du-7-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2772306</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>AMIKACINE (amikacine (sulfate d'))</t>
+  </si>
+  <si>
+    <t>29/12/2025 14:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983557/fr/amikacine-amikacine-sulfate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983557</t>
+  </si>
+  <si>
+    <t>amikacine (sulfate d')</t>
+  </si>
+  <si>
+    <t>AGUETTANT / B. BRAUN MEDICAL / MYLAN SAS / PANPHARMA / STRAGEN FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399527/fr/amikacine-aguettant-amikacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724451/fr/amikacine-b-braun-amikacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608683/fr/amikacine-mylan-amikacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788585/fr/amikacine-b-braun-amikacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313556/fr/amikacine-b-braun-2-5-mg/ml-amikacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313559/fr/amikacine-b-braun-10-mg/ml-amikacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313568/fr/amikacine-b-braun-5-mg/ml-amikacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578470/fr/amikacine-panpharma-amikacine-antibacterien-aminoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806400/fr/amikacine-stragen-amikacine-antibacterien-aminoside</t>
   </si>
   <si>
     <t>ARIKAYCE LIPOSOMAL (amikacine)</t>
   </si>
   <si>
-    <t>04/30/2021 10:55:14</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3263772/en/arikayce-liposomal-amikacine</t>
+    <t>30/04/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263772/fr/arikayce-liposomal-amikacine</t>
   </si>
   <si>
     <t>p_3263772</t>
   </si>
   <si>
     <t>amikacine</t>
   </si>
   <si>
     <t>INSMED FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3263678/en/arikayce-liposomal-amikacine</t>
+    <t>https://www.has-sante.fr/jcms/p_3263678/fr/arikayce-liposomal-amikacine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="H3" t="s">
+      <c r="C4" t="s">
         <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
         <v>26</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>60</v>
+      </c>
+      <c r="H2" t="s">
+        <v>61</v>
       </c>
       <c r="I2" t="s">
-        <v>30</v>
+        <v>62</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>65</v>
+      </c>
+      <c r="H3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>57</v>
+      </c>
+      <c r="B4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" t="s">
+        <v>70</v>
+      </c>
+      <c r="I4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>57</v>
+      </c>
+      <c r="B5" t="s">
+        <v>71</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>72</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>73</v>
+      </c>
+      <c r="H5" t="s">
+        <v>74</v>
+      </c>
+      <c r="I5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>76</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>77</v>
+      </c>
+      <c r="H6" t="s">
+        <v>78</v>
+      </c>
+      <c r="I6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:S3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>79</v>
+      </c>
+      <c r="J1" t="s">
+        <v>80</v>
+      </c>
+      <c r="K1" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H2" t="s">
+        <v>86</v>
+      </c>
+      <c r="I2" t="s">
+        <v>87</v>
       </c>
       <c r="J2" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
       <c r="K2" t="s">
-        <v>32</v>
+        <v>89</v>
+      </c>
+      <c r="L2" t="s">
+        <v>90</v>
+      </c>
+      <c r="M2" t="s">
+        <v>91</v>
+      </c>
+      <c r="N2" t="s">
+        <v>92</v>
+      </c>
+      <c r="O2" t="s">
+        <v>93</v>
+      </c>
+      <c r="P2" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>95</v>
+      </c>
+      <c r="R2" t="s">
+        <v>96</v>
+      </c>
+      <c r="S2" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B3" t="s">
+        <v>98</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>100</v>
+      </c>
+      <c r="H3" t="s">
+        <v>101</v>
+      </c>
+      <c r="I3" t="s">
+        <v>102</v>
+      </c>
+      <c r="J3" t="s">
+        <v>103</v>
+      </c>
+      <c r="K3" t="s">
+        <v>104</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>