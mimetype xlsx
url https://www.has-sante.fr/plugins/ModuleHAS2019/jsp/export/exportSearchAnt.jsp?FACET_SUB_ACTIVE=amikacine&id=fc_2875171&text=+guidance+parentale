--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -56,99 +56,99 @@
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
   </si>
   <si>
     <t>p_3290052</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
   </si>
   <si>
     <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
   </si>
   <si>
     <t>01/09/2002 00:00:00</t>
   </si>
   <si>
     <t>01/09/2002 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
   </si>
   <si>
     <t>c_272226</t>
   </si>
   <si>
     <t>Atrésie des voies biliaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
   </si>
   <si>
     <t>p_3563488</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -233,129 +233,129 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>30</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
         <v>34</v>
       </c>
       <c r="E6" t="s">
         <v>35</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>36</v>
       </c>
       <c r="H6" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>