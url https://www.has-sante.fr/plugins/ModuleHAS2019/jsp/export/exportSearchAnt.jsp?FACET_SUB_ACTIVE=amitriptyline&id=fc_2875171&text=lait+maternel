--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -9,275 +9,191 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...11 lines deleted...]
-    <t>28/02/2024 16:26:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Épidermolyses bulleuses héréditaires</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
   </si>
   <si>
     <t>c_2581436</t>
-  </si>
-[...16 lines deleted...]
-    <t>p_3116594</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -293,223 +209,93 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
-[...6 lines deleted...]
-      <c r="B5" t="s">
         <v>29</v>
-      </c>
-[...120 lines deleted...]
-        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>