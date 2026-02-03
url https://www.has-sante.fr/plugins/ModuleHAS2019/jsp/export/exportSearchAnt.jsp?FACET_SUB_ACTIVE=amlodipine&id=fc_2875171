--- v1 (2025-12-19)
+++ v2 (2026-02-03)
@@ -119,51 +119,51 @@
   <si>
     <t>01/04/2015 00:00:00</t>
   </si>
   <si>
     <t>21/12/2015 14:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_612644/fr/ald-n-5-hypertension-arterielle-pulmonaire-htap</t>
   </si>
   <si>
     <t>c_612644</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
   </si>
   <si>
     <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
   </si>
   <si>
     <t>07/06/2018 00:00:00</t>
   </si>
   <si>
-    <t>13/06/2018 16:46:00</t>
+    <t>13/06/2018 15:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
   </si>
   <si>
     <t>c_1252051</t>
   </si>
   <si>
     <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
   </si>
   <si>
     <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
   </si>
   <si>
     <t>07/09/2016 00:00:00</t>
   </si>
   <si>
     <t>27/10/2016 10:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
   </si>
   <si>
     <t>c_2059286</t>
   </si>