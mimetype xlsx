--- v1 (2026-02-14)
+++ v2 (2026-03-20)
@@ -1,626 +1,2424 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Vaccine recommendation" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="452" uniqueCount="255">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Vaccine recommendation</t>
-[...5 lines deleted...]
-    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites associées aux ANCA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Vascularites associées aux ANCA. Il a été élaboré sous l’égide du Groupe Français d’Etude des Vascularites et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>03/03/2026 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858403/fr/vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3858403</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Hypertension artérielle pulmonaire (HTAP)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 5 : hypertension artérielle pulmonaire (HTAP).</t>
+  </si>
+  <si>
+    <t>01/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2015 14:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_612644/fr/ald-n-5-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>c_612644</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments antihypertenseurs et place dans la stratégie thérapeutique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes classes d’antihypertenseurs dans la prise en charge de l’HTA essentielle. La méthode proposée est celle d’une évaluation des technologies de santé avec analyse médico-économique. Elle comporte la rédaction d’un argumentaire en collaboration avec un groupe de travail multidisciplinaire, soumis à la consultation d’un groupe de lecture. L’argumentaire repose sur : l’analyse exhaustive de la littérature clinique (efficacité, tolérance, persistence) et économique ; l’interrogation des bases de données de prescription disponibles ; la réalisation d’un modèle médico-économique. L’avis médico-économique est rédigé par le SEM et le SEESP, revu par la CEESP et par la CT, puis validé par le Collège.</t>
+  </si>
+  <si>
+    <t>01/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499422/fr/evaluation-des-medicaments-antihypertenseurs-et-place-dans-la-strategie-therapeutique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>r_1499422</t>
+  </si>
+  <si>
+    <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines</t>
+  </si>
+  <si>
+    <t>Toutes statines confondues, le traitement par statines diminue le risque de mortalité toutes causes de 10% quel que soit le profil du patient, et le risque d’événements cardiovasculaires de 15% à 23%, selon l’événement étudié. Le rapport coût-efficacité d’un traitement par statine est jugé favorable en prévention secondaire, et en prévention primaire pour les patients à haut risque cardiovasculaire. Les différentes statines n’ont pas d’effet significativement différent en termes de mortalité toutes causes et les effets indésirables sont de nature et de fréquence identiques. L’effet des différentes statines sur la survenue d’événements cardiovasculaires (ECV) ne peut pas être analysé de manière rigoureuse sur l'ensemble des molécules et des dosages à partir des données disponibles. Dans la mesure où il existe une relation démontrée entre la baisse du LDL-c et la réduction des ECV, la réduction du LDL-c peut être acceptée comme un indicateur intermédiaire de la morbidité CV. Les statines ayant une efficacité biologique différente, la prise en compte de ce second critère dans la décision conduit à recommander, pour un patient en initiation de traitement, la statine la plus efficiente en fonction de la baisse de LDL-c recherchée lorsqu’un traitement est jugé nécessaire par le prescripteur, en tenant compte du niveau de risque cardio-vasculaire initial du patient.</t>
+  </si>
+  <si>
+    <t>01/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499450/fr/efficacite-et-efficience-des-hypolipemiants-une-analyse-centree-sur-les-statines</t>
+  </si>
+  <si>
+    <t>r_1499450</t>
+  </si>
+  <si>
+    <t>Quelle place pour l’association fixe amlodipine-atorvastatine (Caduet®) ?</t>
+  </si>
+  <si>
+    <t>Les patients hypertendus à haut risque cardio-vasculaire relèvent d’une prise en charge globale, justifiant la prescription d’un antihypertenseur et d’une statine. Chez les patients traités par 5 ou 10 mg d’amlodipine et 10 mg d’atorvastatine, la prescription de cette association à dose fixe (Caduet®) peut être envisagée.</t>
+  </si>
+  <si>
+    <t>02/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2007 17:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440010/fr/quelle-place-pour-l-association-fixe-amlodipine-atorvastatine-caduet</t>
+  </si>
+  <si>
+    <t>r_1440010</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 09 octobre 2024</t>
+  </si>
+  <si>
+    <t>03/10/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545982/fr/commission-de-la-transparence-reunion-du-09-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3545982</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 février 2020</t>
+  </si>
+  <si>
+    <t>13/02/2020 13:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151875/fr/commission-de-la-transparence-reunion-du-19-fevrier-2020</t>
+  </si>
+  <si>
+    <t>p_3151875</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 octobre 2019</t>
+  </si>
+  <si>
+    <t>16/10/2019 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113382/fr/commission-de-la-transparence-reunion-du-23-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3113382</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2019</t>
+  </si>
+  <si>
+    <t>16/05/2019 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968693/fr/commission-de-la-transparence-reunion-du-10-juillet-2019</t>
+  </si>
+  <si>
+    <t>c_2968693</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 mars 2015</t>
+  </si>
+  <si>
+    <t>25/02/2015 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017152/fr/commission-de-la-transparence-reunion-du-4-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2017152</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 décembre 2014</t>
+  </si>
+  <si>
+    <t>10/12/2014 18:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792337/fr/commission-de-la-transparence-reunion-du-17-decembre-2014</t>
+  </si>
+  <si>
+    <t>c_1792337</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 juillet 2013</t>
+  </si>
+  <si>
+    <t>24/07/2013 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623173/fr/commission-de-la-transparence-reunion-du-24-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1623173</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2013</t>
+  </si>
+  <si>
+    <t>10/07/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616460/fr/commission-de-la-transparence-reunion-du-10-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1616460</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2013</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité CARDASA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>23/01/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1353476/fr/commission-de-la-transparence-reunion-du-23-janvier-2013</t>
+  </si>
+  <si>
+    <t>c_1353476</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mars 2012</t>
+  </si>
+  <si>
+    <t>14/03/2012 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225368/fr/commission-de-la-transparence-reunion-du-14-mars-2012</t>
+  </si>
+  <si>
+    <t>c_1225368</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 31 mars 2010</t>
+  </si>
+  <si>
+    <t>31/03/2010 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938329/fr/commission-de-la-transparence-reunion-du-31-mars-2010</t>
+  </si>
+  <si>
+    <t>c_938329</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 janvier 2010</t>
+  </si>
+  <si>
+    <t>27/01/2010 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_924917/fr/commission-de-la-transparence-reunion-du-27-janvier-2010</t>
+  </si>
+  <si>
+    <t>c_924917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juillet 2009</t>
+  </si>
+  <si>
+    <t>08/07/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748561/fr/commission-de-la-transparence-reunion-du-8-juillet-2009</t>
+  </si>
+  <si>
+    <t>c_748561</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 janvier 2009</t>
+  </si>
+  <si>
+    <t>21/01/2009 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_735690/fr/commission-de-la-transparence-reunion-du-21-janvier-2009</t>
+  </si>
+  <si>
+    <t>c_735690</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 décembre 2007</t>
+  </si>
+  <si>
+    <t>19/12/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614094/fr/commission-de-la-transparence-reunion-du-19-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_614094</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 avril 2007</t>
+  </si>
+  <si>
+    <t>18/04/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592925/fr/commission-de-la-transparence-reunion-du-18-avril-2007</t>
+  </si>
+  <si>
+    <t>c_592925</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Structuration de la posologie des médicaments</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un référentiel des besoins métier centré sur la posologie des médicaments que devra couvrir notamment l’ordonnance numérique portée par la CNAM. Ce référentiel constitue le socle d’un futur guide d’implémentation élaboré par l'ANS en lien avec Interop'Santé à destination des éditeurs de logiciels médicaux. Cette étape précèdera la mise en application fonctionnelle de posologies structurées via l’ergonomie des logiciels.</t>
+  </si>
+  <si>
+    <t>17/11/2025 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555137/fr/structuration-de-la-posologie-des-medicaments</t>
+  </si>
+  <si>
+    <t>p_3555137</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
-    <t>06/13/2024 10:35:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
+    <t>13/06/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>TRIPLIXAM (périndopril/indapamide/amlodipine)</t>
   </si>
   <si>
-    <t>11/07/2024 11:23:40</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984594/en/triplixam-perindopril/indapamide/amlodipine</t>
+    <t>07/11/2024 11:23:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984594/fr/triplixam-perindopril/indapamide/amlodipine</t>
   </si>
   <si>
     <t>pprd_2984594</t>
   </si>
   <si>
     <t>périndopril,indapamide,amlodipine</t>
   </si>
   <si>
     <t>LES LABORATOIRES SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2022063/en/triplixam-perindopril/-indapamide/-amlodipine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3555010/en/triplixam-perindopril/-indapamide/amlodipine-essential-hypertension</t>
+    <t>https://www.has-sante.fr/jcms/c_2022063/fr/triplixam-perindopril/-indapamide/-amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107626/fr/triplixam-perindopril/-indapamide/-amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555010/fr/triplixam-perindopril/indapamide/amlodipine-hypertension-arterielle</t>
+  </si>
+  <si>
+    <t>APREXEVO (irbésartan/ amlodipine)</t>
+  </si>
+  <si>
+    <t>04/11/2020 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215669/fr/aprexevo-irbesartan/-amlodipine</t>
+  </si>
+  <si>
+    <t>p_3215669</t>
+  </si>
+  <si>
+    <t>irbésartan,amlodipine</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215573/fr/aprexevo-irbesartan/-amlodipine</t>
+  </si>
+  <si>
+    <t>AMLODIPINE CEVIDRA (amlodipine)</t>
+  </si>
+  <si>
+    <t>12/03/2020 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161200/fr/amlodipine-cevidra-amlodipine</t>
+  </si>
+  <si>
+    <t>p_3161200</t>
+  </si>
+  <si>
+    <t>amlodipine</t>
+  </si>
+  <si>
+    <t>LABORATOIRE CEVIDRA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159832/fr/amlodipine-cevidra-amlodipine</t>
+  </si>
+  <si>
+    <t>PREMINOR (amlodipine/ ramipril)</t>
+  </si>
+  <si>
+    <t>07/11/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117362/fr/preminor-amlodipine/-ramipril</t>
+  </si>
+  <si>
+    <t>p_3117362</t>
+  </si>
+  <si>
+    <t>amlodipine,ramipril</t>
+  </si>
+  <si>
+    <t>LEURQUIN MEDIOLANUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117087/fr/preminor-amlodipine/-ramipril</t>
   </si>
   <si>
     <t>EXFORGE (amlodipine (bésilate d')/ hydrochlorothiazide/ valsartan)</t>
   </si>
   <si>
     <t>07/07/2017 15:46:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983573/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983573/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
   </si>
   <si>
     <t>pprd_2983573</t>
   </si>
   <si>
     <t>amlodipine (bésilate d'),hydrochlorothiazide,valsartan</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517644/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2779157/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+    <t>https://www.has-sante.fr/jcms/c_517644/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944504/fr/exforge-hct-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250041/fr/exforge-hct-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670237/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779157/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>AMLOR (amlodipine (bésilate d'))</t>
+  </si>
+  <si>
+    <t>25/11/2016 12:07:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983836/fr/amlor-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983836</t>
+  </si>
+  <si>
+    <t>amlodipine (bésilate d')</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399177/fr/amlor-10-mg-gelule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399178/fr/amlor-5-mg-gelule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555131/fr/amlor-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1263605/fr/amlor-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725188/fr/amlor-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>CADUET (atorvastatine calcique trihydratée/ amlodipine (bésilate d'))</t>
+  </si>
+  <si>
+    <t>14/10/2016 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983941/fr/caduet-atorvastatine-calcique-trihydratee/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983941</t>
+  </si>
+  <si>
+    <t>atorvastatine calcique trihydratée,amlodipine (bésilate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400768/fr/caduet-5-mg/10-mg-comprime-pellicule-boite-de-28-comprimes-pellicules-sous-plaquettes-thermoformees-cip-369-304-4-boite-de-30-comprimes-pellicules-sous-plaquettes-thermoformees-cip-369-305-0-flacon-de-90-comprimes-pellicules-cip-566-848-7-boite-de-100-comprimes-pellicules-sous-plaquettes-thermoformees-cip-566-846-4-caduet-10-mg/10-mg-comprime-pellicule-boite-de-28-comprimes-pellicules-sous-plaquettes-thermoformees-cip-369-297-8-boite-de-30-comprimes-pellicules-sous-plaquettes-thermoformees-cip-369-298-4-flacon-de-90-comprimes-pellicules-cip-566-842-9-boite-de-100-comprimes-pellicules-sous-plaquettes-thermoformees-cip-566-840-6-atorvastatine-calcique-trihydratee/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1101343/fr/caduet-atorvastatine-calcique-trihydratee/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676693/fr/caduet-atorvastatine-calcique-trihydratee/-amlodipine-besilate-d</t>
   </si>
   <si>
     <t>SEVIKAR (olmésartan médoxomil/ amlodipine (bésilate d'))</t>
   </si>
   <si>
-    <t>12/14/2015 12:22:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984294/en/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+    <t>14/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984294/fr/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
   </si>
   <si>
     <t>pprd_2984294</t>
   </si>
   <si>
     <t>olmésartan médoxomil,amlodipine (bésilate d')</t>
   </si>
   <si>
     <t>DAIICHI SANKYO FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_749803/en/sevikar</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2579449/en/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_749803/fr/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716205/fr/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036431/fr/sevikar-olmesartan/amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579449/fr/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
   </si>
   <si>
     <t>AXELER (olmésartan médoxomil/ amlodipine (bésilate d'))</t>
   </si>
   <si>
-    <t>12/14/2015 12:22:49</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984306/en/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+    <t>14/12/2015 12:22:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984306/fr/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
   </si>
   <si>
     <t>pprd_2984306</t>
   </si>
   <si>
     <t>MENARINI FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_749764/en/axeler</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2579401/en/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_749764/fr/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716199/fr/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036425/fr/axeler-olmesartan/amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579401/fr/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>TWYNSTA (telmisartan /amlodipine bésilate/ telmisartan/ amlodipine (bésilate d'...)</t>
+  </si>
+  <si>
+    <t>16/11/2015 10:16:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984321/fr/twynsta-telmisartan-/amlodipine-besilate/-telmisartan/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984321</t>
+  </si>
+  <si>
+    <t>telmisartan /amlodipine bésilate,telmisartan,amlodipine (bésilate d')</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013263/fr/twynsta-telmisartan-/amlodipine-besilate/-telmisartan/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572185/fr/twynsta-telmisartan-/amlodipine-besilate/-telmisartan/-amlodipine-besilate-d</t>
   </si>
   <si>
     <t>COVERAM (amlodipine (bésilate d')/ périndopril arginine)</t>
   </si>
   <si>
-    <t>06/26/2014 18:13:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984749/en/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
+    <t>26/06/2014 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984749/fr/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
   </si>
   <si>
     <t>pprd_2984749</t>
   </si>
   <si>
     <t>amlodipine (bésilate d'),périndopril arginine</t>
   </si>
   <si>
     <t>SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_840942/en/coveram</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1750090/en/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
+    <t>https://www.has-sante.fr/jcms/c_840942/fr/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1750090/fr/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
+  </si>
+  <si>
+    <t>NATRIXAM (indapamide/ amlodipine (bésilate d'))</t>
+  </si>
+  <si>
+    <t>23/05/2014 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984771/fr/natrixam-indapamide/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984771</t>
+  </si>
+  <si>
+    <t>indapamide,amlodipine (bésilate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742454/fr/natrixam-indapamide/-amlodipine-besilate-d</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O6"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
-[...14 lines deleted...]
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="E3" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="H3" t="s">
-        <v>32</v>
-[...20 lines deleted...]
-        <v>39</v>
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D3" t="s">
+        <v>53</v>
+      </c>
+      <c r="E3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>55</v>
+      </c>
+      <c r="H3" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="H4" t="s">
-        <v>43</v>
-[...17 lines deleted...]
-        <v>49</v>
+        <v>62</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="E5" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
       <c r="H5" t="s">
-        <v>53</v>
+        <v>68</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>73</v>
+      </c>
+      <c r="H2" t="s">
+        <v>74</v>
+      </c>
+      <c r="I2" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>78</v>
+      </c>
+      <c r="H3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>70</v>
+      </c>
+      <c r="B4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>81</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>82</v>
+      </c>
+      <c r="H4" t="s">
+        <v>83</v>
+      </c>
+      <c r="I4" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>85</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>86</v>
+      </c>
+      <c r="H5" t="s">
+        <v>87</v>
       </c>
       <c r="I5" t="s">
-        <v>44</v>
-[...14 lines deleted...]
-        <v>58</v>
+        <v>75</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>88</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>60</v>
+        <v>89</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>61</v>
+        <v>90</v>
       </c>
       <c r="H6" t="s">
-        <v>62</v>
+        <v>91</v>
       </c>
       <c r="I6" t="s">
-        <v>63</v>
+        <v>75</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>92</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>93</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>94</v>
+      </c>
+      <c r="H7" t="s">
+        <v>95</v>
+      </c>
+      <c r="I7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>96</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>97</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>98</v>
+      </c>
+      <c r="H8" t="s">
+        <v>99</v>
+      </c>
+      <c r="I8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>100</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>101</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>102</v>
+      </c>
+      <c r="H9" t="s">
+        <v>103</v>
+      </c>
+      <c r="I9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>104</v>
+      </c>
+      <c r="C10" t="s">
+        <v>105</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>106</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>107</v>
+      </c>
+      <c r="H10" t="s">
+        <v>108</v>
+      </c>
+      <c r="I10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>110</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>111</v>
+      </c>
+      <c r="H11" t="s">
+        <v>112</v>
+      </c>
+      <c r="I11" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>70</v>
+      </c>
+      <c r="B12" t="s">
+        <v>113</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>114</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>115</v>
+      </c>
+      <c r="H12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I12" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" t="s">
+        <v>117</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>118</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>119</v>
+      </c>
+      <c r="H13" t="s">
+        <v>120</v>
+      </c>
+      <c r="I13" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>122</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>123</v>
+      </c>
+      <c r="H14" t="s">
+        <v>124</v>
+      </c>
+      <c r="I14" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B15" t="s">
+        <v>125</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>126</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>127</v>
+      </c>
+      <c r="H15" t="s">
+        <v>128</v>
+      </c>
+      <c r="I15" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>130</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>131</v>
+      </c>
+      <c r="H16" t="s">
+        <v>132</v>
+      </c>
+      <c r="I16" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>134</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>135</v>
+      </c>
+      <c r="H17" t="s">
+        <v>136</v>
+      </c>
+      <c r="I17" t="s">
+        <v>75</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>137</v>
+      </c>
+      <c r="B2" t="s">
+        <v>138</v>
+      </c>
+      <c r="C2" t="s">
+        <v>139</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>140</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>141</v>
+      </c>
+      <c r="H2" t="s">
+        <v>142</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>143</v>
+      </c>
+      <c r="B2" t="s">
+        <v>144</v>
+      </c>
+      <c r="C2" t="s">
+        <v>145</v>
+      </c>
+      <c r="D2" t="s">
+        <v>146</v>
+      </c>
+      <c r="E2" t="s">
+        <v>147</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>148</v>
+      </c>
+      <c r="H2" t="s">
+        <v>149</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>150</v>
+      </c>
+      <c r="J1" t="s">
+        <v>151</v>
+      </c>
+      <c r="K1" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>153</v>
+      </c>
+      <c r="B2" t="s">
+        <v>154</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>156</v>
+      </c>
+      <c r="H2" t="s">
+        <v>157</v>
+      </c>
+      <c r="I2" t="s">
+        <v>158</v>
+      </c>
+      <c r="J2" t="s">
+        <v>159</v>
+      </c>
+      <c r="K2" t="s">
+        <v>160</v>
+      </c>
+      <c r="L2" t="s">
+        <v>161</v>
+      </c>
+      <c r="M2" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>165</v>
+      </c>
+      <c r="H3" t="s">
+        <v>166</v>
+      </c>
+      <c r="I3" t="s">
+        <v>167</v>
+      </c>
+      <c r="J3" t="s">
+        <v>168</v>
+      </c>
+      <c r="K3" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>153</v>
+      </c>
+      <c r="B4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>171</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>172</v>
+      </c>
+      <c r="H4" t="s">
+        <v>173</v>
+      </c>
+      <c r="I4" t="s">
+        <v>174</v>
+      </c>
+      <c r="J4" t="s">
+        <v>175</v>
+      </c>
+      <c r="K4" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>153</v>
+      </c>
+      <c r="B5" t="s">
+        <v>177</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>178</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>179</v>
+      </c>
+      <c r="H5" t="s">
+        <v>180</v>
+      </c>
+      <c r="I5" t="s">
+        <v>181</v>
+      </c>
+      <c r="J5" t="s">
+        <v>182</v>
+      </c>
+      <c r="K5" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>153</v>
+      </c>
+      <c r="B6" t="s">
+        <v>184</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>185</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>186</v>
+      </c>
+      <c r="H6" t="s">
+        <v>187</v>
+      </c>
+      <c r="I6" t="s">
+        <v>188</v>
       </c>
       <c r="J6" t="s">
-        <v>64</v>
+        <v>189</v>
       </c>
       <c r="K6" t="s">
-        <v>65</v>
+        <v>190</v>
       </c>
       <c r="L6" t="s">
-        <v>66</v>
+        <v>191</v>
+      </c>
+      <c r="M6" t="s">
+        <v>192</v>
+      </c>
+      <c r="N6" t="s">
+        <v>193</v>
+      </c>
+      <c r="O6" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>153</v>
+      </c>
+      <c r="B7" t="s">
+        <v>195</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>196</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>197</v>
+      </c>
+      <c r="H7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I7" t="s">
+        <v>199</v>
+      </c>
+      <c r="J7" t="s">
+        <v>200</v>
+      </c>
+      <c r="K7" t="s">
+        <v>201</v>
+      </c>
+      <c r="L7" t="s">
+        <v>202</v>
+      </c>
+      <c r="M7" t="s">
+        <v>203</v>
+      </c>
+      <c r="N7" t="s">
+        <v>204</v>
+      </c>
+      <c r="O7" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>153</v>
+      </c>
+      <c r="B8" t="s">
+        <v>206</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>208</v>
+      </c>
+      <c r="H8" t="s">
+        <v>209</v>
+      </c>
+      <c r="I8" t="s">
+        <v>210</v>
+      </c>
+      <c r="J8" t="s">
+        <v>200</v>
+      </c>
+      <c r="K8" t="s">
+        <v>211</v>
+      </c>
+      <c r="L8" t="s">
+        <v>212</v>
+      </c>
+      <c r="M8" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>153</v>
+      </c>
+      <c r="B9" t="s">
+        <v>214</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>215</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>216</v>
+      </c>
+      <c r="H9" t="s">
+        <v>217</v>
+      </c>
+      <c r="I9" t="s">
+        <v>218</v>
+      </c>
+      <c r="J9" t="s">
+        <v>219</v>
+      </c>
+      <c r="K9" t="s">
+        <v>220</v>
+      </c>
+      <c r="L9" t="s">
+        <v>221</v>
+      </c>
+      <c r="M9" t="s">
+        <v>222</v>
+      </c>
+      <c r="N9" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>153</v>
+      </c>
+      <c r="B10" t="s">
+        <v>224</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>225</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>226</v>
+      </c>
+      <c r="H10" t="s">
+        <v>227</v>
+      </c>
+      <c r="I10" t="s">
+        <v>218</v>
+      </c>
+      <c r="J10" t="s">
+        <v>228</v>
+      </c>
+      <c r="K10" t="s">
+        <v>229</v>
+      </c>
+      <c r="L10" t="s">
+        <v>230</v>
+      </c>
+      <c r="M10" t="s">
+        <v>231</v>
+      </c>
+      <c r="N10" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>153</v>
+      </c>
+      <c r="B11" t="s">
+        <v>233</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>234</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>235</v>
+      </c>
+      <c r="H11" t="s">
+        <v>236</v>
+      </c>
+      <c r="I11" t="s">
+        <v>237</v>
+      </c>
+      <c r="J11" t="s">
+        <v>238</v>
+      </c>
+      <c r="K11" t="s">
+        <v>239</v>
+      </c>
+      <c r="L11" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>153</v>
+      </c>
+      <c r="B12" t="s">
+        <v>241</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>242</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>243</v>
+      </c>
+      <c r="H12" t="s">
+        <v>244</v>
+      </c>
+      <c r="I12" t="s">
+        <v>245</v>
+      </c>
+      <c r="J12" t="s">
+        <v>246</v>
+      </c>
+      <c r="K12" t="s">
+        <v>247</v>
+      </c>
+      <c r="L12" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>153</v>
+      </c>
+      <c r="B13" t="s">
+        <v>249</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>250</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>251</v>
+      </c>
+      <c r="H13" t="s">
+        <v>252</v>
+      </c>
+      <c r="I13" t="s">
+        <v>253</v>
+      </c>
+      <c r="J13" t="s">
+        <v>246</v>
+      </c>
+      <c r="K13" t="s">
+        <v>254</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>