--- v0 (2025-12-17)
+++ v1 (2026-02-16)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Vaccine recommendation</t>
-[...5 lines deleted...]
-    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
-    <t>06/13/2024 10:35:00</t>
+    <t>13/06/2024 10:35:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
+    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>