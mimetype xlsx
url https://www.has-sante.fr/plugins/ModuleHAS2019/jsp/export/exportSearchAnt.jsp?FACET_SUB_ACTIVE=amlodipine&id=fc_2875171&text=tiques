--- v0 (2025-11-26)
+++ v1 (2026-03-20)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites associées aux ANCA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Vascularites associées aux ANCA. Il a été élaboré sous l’égide du Groupe Français d’Etude des Vascularites et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>03/03/2026 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858403/fr/vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3858403</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
   </si>
   <si>
     <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
   </si>
   <si>
     <t>07/06/2018 00:00:00</t>
   </si>
   <si>
     <t>13/06/2018 16:46:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
   </si>
   <si>
     <t>c_1252051</t>
   </si>
   <si>
     <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
   </si>
   <si>
     <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
   </si>
   <si>
     <t>07/09/2016 00:00:00</t>
   </si>
   <si>
     <t>27/10/2016 10:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
   </si>
   <si>
     <t>c_2059286</t>
   </si>
@@ -125,127 +143,153 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>