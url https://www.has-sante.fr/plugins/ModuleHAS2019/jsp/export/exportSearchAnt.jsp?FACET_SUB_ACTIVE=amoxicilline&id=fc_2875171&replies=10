--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -39,51 +39,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1224" uniqueCount="723">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1216" uniqueCount="720">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -128,80 +128,98 @@
   <si>
     <t>c_1031777</t>
   </si>
   <si>
     <t>Dépistage de l’infection à Helicobacter pylori - Pertinence et populations concernées</t>
   </si>
   <si>
     <t>Évaluation de la pertinence d’un dépistage de l’infection à Helicobacter pylori en population générale asymptomatique et définition des populations cibles en France</t>
   </si>
   <si>
     <t>28/04/2010 00:00:00</t>
   </si>
   <si>
     <t>20/08/2010 16:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_976382/fr/depistage-de-l-infection-a-helicobacter-pylori-pertinence-et-populations-concernees</t>
   </si>
   <si>
     <t>c_976382</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
     <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>27/11/2025 14:39:00</t>
+    <t>05/12/2025 11:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>p_3761395</t>
   </si>
   <si>
-    <t>Syndrome de Marfan et apparentés</t>
-[...13 lines deleted...]
-  <si>
     <t>Syndrome de Costello</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>19/07/2012 00:00:00</t>
   </si>
   <si>
     <t>10/07/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1288596/fr/syndrome-de-costello</t>
   </si>
   <si>
     <t>c_1288596</t>
   </si>
   <si>
     <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
@@ -602,170 +620,125 @@
   <si>
     <t>26/06/2019 12:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
   </si>
   <si>
     <t>p_3076472</t>
   </si>
   <si>
     <t>Lymphœdème primaire</t>
   </si>
   <si>
     <t>Ce PNDS explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de Lymphœdème primaire. Il a été élaboré par le Centre national de référence des maladies vasculaires rares à l’aide d’une méthodologie proposée par la HAS.</t>
   </si>
   <si>
     <t>14/02/2019 18:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2904795/fr/lymphoedeme-primaire</t>
   </si>
   <si>
     <t>c_2904795</t>
   </si>
   <si>
-    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
-[...13 lines deleted...]
-  <si>
     <t>Syndromes FOXG1 et « FOXG1 plus »</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
   </si>
   <si>
     <t>11/06/2018 15:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
   </si>
   <si>
     <t>c_2855298</t>
   </si>
   <si>
     <t>Sclérodermie Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
   </si>
   <si>
     <t>04/04/2018 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
   </si>
   <si>
     <t>c_717292</t>
   </si>
   <si>
     <t>Dyskinésies ciliaires primitives</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
   </si>
   <si>
     <t>12/01/2018 10:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
   </si>
   <si>
     <t>c_2819338</t>
   </si>
   <si>
-    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
-[...13 lines deleted...]
-  <si>
     <t>Syndrome de Rett et apparentés</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
   </si>
   <si>
     <t>03/05/2017 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
   </si>
   <si>
     <t>c_2760855</t>
   </si>
   <si>
     <t>Lupus Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
   </si>
   <si>
-    <t>Anémie Hémolytique Auto-Immune de l'enfant et de l'adulte</t>
-[...13 lines deleted...]
-  <si>
     <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
   </si>
   <si>
     <t>06/06/2016 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
   </si>
   <si>
     <t>c_2636206</t>
   </si>
   <si>
     <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
   </si>
   <si>
     <t>c_2636276</t>
   </si>
   <si>
     <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
@@ -995,53 +968,50 @@
   <si>
     <t>p_3282445</t>
   </si>
   <si>
     <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
   </si>
   <si>
     <t>p_3282447</t>
   </si>
   <si>
     <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
   </si>
   <si>
     <t>p_3282449</t>
   </si>
   <si>
     <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
   </si>
   <si>
-    <t>15/07/2021 00:56:23</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3282789</t>
   </si>
   <si>
     <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3282793</t>
   </si>
   <si>
     <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
   </si>
   <si>
     <t>p_3282886</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
@@ -1142,134 +1112,137 @@
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>
   <si>
     <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
   </si>
   <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Prescription des antibiotiques en bucco-dentaire - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs Déterminer la prescription d’antibiotiques chez les patients de la population générale et les patients à risque ; Limiter et rationaliser les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance ; Préciser les modalités de l’antibioprophylaxie lorsqu’elle est indiquée ; Homogénéiser la prescription d’antibiotiques à visée curative.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:45:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525810/fr/prescription-des-antibiotiques-en-bucco-dentaire-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3525810</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
     <t>23/11/2023 00:00:00</t>
   </si>
   <si>
-    <t>18/02/2025 14:02:00</t>
-[...79 lines deleted...]
-  <si>
     <t>25/01/2018 14:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
     <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
   </si>
   <si>
     <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
   </si>
   <si>
     <t>05/10/2023 00:00:00</t>
   </si>
   <si>
     <t>10/10/2023 09:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
   </si>
   <si>
     <t>p_3262788</t>
@@ -1298,51 +1271,51 @@
   <si>
     <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
   </si>
   <si>
     <t>22/05/2019 00:00:00</t>
   </si>
   <si>
     <t>30/07/2019 11:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
   </si>
   <si>
     <t>p_3076150</t>
   </si>
   <si>
     <t>Prise en charge des infections cutanées bactériennes courantes</t>
   </si>
   <si>
     <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
   </si>
   <si>
     <t>27/02/2019 00:00:00</t>
   </si>
   <si>
-    <t>01/04/2019 14:15:14</t>
+    <t>01/04/2019 14:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
   </si>
   <si>
     <t>c_2911550</t>
   </si>
   <si>
     <t>Prise en charge médicale et chirurgicale de la diverticulite colique</t>
   </si>
   <si>
     <t>L’objectif de cette recommandation est d’améliorer la qualité de la prise en charge des patients présentant une diverticulite colique. Il s’agit d’une actualisation des précédentes recommandations de 2006.</t>
   </si>
   <si>
     <t>22/11/2017 00:00:00</t>
   </si>
   <si>
     <t>12/12/2017 15:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2806798/fr/prise-en-charge-medicale-et-chirurgicale-de-la-diverticulite-colique</t>
   </si>
   <si>
     <t>c_2806798</t>
   </si>
@@ -1614,50 +1587,68 @@
     <t>Si « la maladie de Lyme » fait l’objet d’articles quotidiens, cette expression recouvre dans le langage courant des situations cliniques qui sont en fait différentes. Il est important de distinguer la borréliose de Lyme (une infection causée par la bactérie Borrelia burgdorferi sensu lato), les autres maladies transmises par les tiques (plus rares) et la situation de patients qui ont pu être exposés aux tiques et qui présentent des signes cliniques polymorphes, persistants et non expliqués, pouvant être invalidants. Dans un contexte d’incertitudes scientifiques, la HAS publie aujourd’hui des recommandations de diagnostic et de prise en charge pour toutes les situations, et appelle à dépasser les controverses au profit de l’amélioration de la qualité des soins pour tous les patients.</t>
   </si>
   <si>
     <t>20/06/2018 10:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857592/fr/lyme-et-maladies-transmissibles-par-les-tiques-depasser-les-controverses-et-proposer-une-solution-a-chacun</t>
   </si>
   <si>
     <t>c_2857592</t>
   </si>
   <si>
     <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
   </si>
   <si>
     <t>08/02/2006 12:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_240391</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections des voies respiratoires supérieures - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, rhinopharyngite aiguë, amygdalite aiguë, angine, rhinosinusite aiguë, otite moyenne aiguë, infections aiguës du larynx, laryngite aiguë, laryngite sous-glottique, épiglottite, syndrome pseudo-grippal</t>
+  </si>
+  <si>
+    <t>22/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845939/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-des-voies-respiratoires-superieures-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3845939</t>
   </si>
   <si>
     <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
   </si>
   <si>
     <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
   </si>
   <si>
     <t>16/01/2025 00:00:00</t>
   </si>
   <si>
     <t>23/01/2025 16:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585537/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-neuromeningees</t>
   </si>
   <si>
     <t>p_3585537</t>
   </si>
   <si>
     <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
   </si>
   <si>
     <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
   </si>
@@ -2408,487 +2399,487 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="J1" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="K1" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>654</v>
+      </c>
+      <c r="B2" t="s">
+        <v>655</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>656</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>657</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>658</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="I2" t="s">
         <v>659</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="J2" t="s">
         <v>660</v>
       </c>
-      <c r="H2" t="s">
+      <c r="K2" t="s">
         <v>661</v>
       </c>
-      <c r="I2" t="s">
+      <c r="L2" t="s">
         <v>662</v>
       </c>
-      <c r="J2" t="s">
+      <c r="M2" t="s">
         <v>663</v>
       </c>
-      <c r="K2" t="s">
+      <c r="N2" t="s">
         <v>664</v>
       </c>
-      <c r="L2" t="s">
+      <c r="O2" t="s">
         <v>665</v>
       </c>
-      <c r="M2" t="s">
+      <c r="P2" t="s">
         <v>666</v>
       </c>
-      <c r="N2" t="s">
+      <c r="Q2" t="s">
         <v>667</v>
       </c>
-      <c r="O2" t="s">
+      <c r="R2" t="s">
         <v>668</v>
-      </c>
-[...7 lines deleted...]
-        <v>671</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="B3" t="s">
+        <v>669</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>670</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>671</v>
+      </c>
+      <c r="H3" t="s">
         <v>672</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I3" t="s">
         <v>673</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="J3" t="s">
         <v>674</v>
       </c>
-      <c r="H3" t="s">
+      <c r="K3" t="s">
         <v>675</v>
       </c>
-      <c r="I3" t="s">
+      <c r="L3" t="s">
         <v>676</v>
       </c>
-      <c r="J3" t="s">
+      <c r="M3" t="s">
         <v>677</v>
       </c>
-      <c r="K3" t="s">
+      <c r="N3" t="s">
         <v>678</v>
       </c>
-      <c r="L3" t="s">
+      <c r="O3" t="s">
         <v>679</v>
       </c>
-      <c r="M3" t="s">
+      <c r="P3" t="s">
         <v>680</v>
-      </c>
-[...7 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="B4" t="s">
+        <v>681</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>682</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>683</v>
+      </c>
+      <c r="H4" t="s">
         <v>684</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="I4" t="s">
         <v>685</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="J4" t="s">
         <v>686</v>
       </c>
-      <c r="H4" t="s">
+      <c r="K4" t="s">
         <v>687</v>
       </c>
-      <c r="I4" t="s">
+      <c r="L4" t="s">
         <v>688</v>
       </c>
-      <c r="J4" t="s">
+      <c r="M4" t="s">
         <v>689</v>
       </c>
-      <c r="K4" t="s">
+      <c r="N4" t="s">
         <v>690</v>
       </c>
-      <c r="L4" t="s">
+      <c r="O4" t="s">
         <v>691</v>
       </c>
-      <c r="M4" t="s">
+      <c r="P4" t="s">
         <v>692</v>
-      </c>
-[...7 lines deleted...]
-        <v>695</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="B5" t="s">
+        <v>693</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>694</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>695</v>
+      </c>
+      <c r="H5" t="s">
         <v>696</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="I5" t="s">
         <v>697</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="J5" t="s">
         <v>698</v>
       </c>
-      <c r="H5" t="s">
+      <c r="K5" t="s">
         <v>699</v>
       </c>
-      <c r="I5" t="s">
+      <c r="L5" t="s">
         <v>700</v>
-      </c>
-[...7 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="B6" t="s">
+        <v>701</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>702</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>703</v>
+      </c>
+      <c r="H6" t="s">
         <v>704</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>705</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="J6" t="s">
         <v>706</v>
       </c>
-      <c r="H6" t="s">
+      <c r="K6" t="s">
         <v>707</v>
       </c>
-      <c r="I6" t="s">
+      <c r="L6" t="s">
         <v>708</v>
-      </c>
-[...7 lines deleted...]
-        <v>711</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>709</v>
+      </c>
+      <c r="B2" t="s">
+        <v>710</v>
+      </c>
+      <c r="C2" t="s">
+        <v>711</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>712</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>713</v>
       </c>
-      <c r="C2" t="s">
+      <c r="H2" t="s">
         <v>714</v>
-      </c>
-[...13 lines deleted...]
-        <v>717</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="B3" t="s">
+        <v>715</v>
+      </c>
+      <c r="C3" t="s">
+        <v>716</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>717</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>718</v>
       </c>
-      <c r="C3" t="s">
+      <c r="H3" t="s">
         <v>719</v>
-      </c>
-[...13 lines deleted...]
-        <v>722</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H46"/>
+  <dimension ref="A1:H44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
         <v>29</v>
       </c>
       <c r="C2" t="s">
         <v>30</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="E2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>42</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>43</v>
       </c>
       <c r="H4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>46</v>
       </c>
       <c r="D5" t="s">
@@ -2896,3517 +2887,3491 @@
       </c>
       <c r="E5" t="s">
         <v>48</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>52</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>28</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>28</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>28</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>28</v>
       </c>
       <c r="B16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H16" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>28</v>
       </c>
       <c r="B17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>28</v>
       </c>
       <c r="B18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H18" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>28</v>
       </c>
       <c r="B19" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C19" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>28</v>
       </c>
       <c r="B20" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C20" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H20" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>28</v>
       </c>
       <c r="B21" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C21" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H21" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>28</v>
       </c>
       <c r="B22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C22" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H22" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>28</v>
       </c>
       <c r="B23" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C23" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H23" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>28</v>
       </c>
       <c r="B24" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C24" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D24" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
         <v>144</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>145</v>
       </c>
       <c r="H24" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25" t="s">
         <v>147</v>
       </c>
       <c r="C25" t="s">
         <v>148</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>149</v>
       </c>
       <c r="E25" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H25" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>28</v>
       </c>
       <c r="B26" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C26" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H26" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>28</v>
       </c>
       <c r="B27" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C27" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H27" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>28</v>
       </c>
       <c r="B28" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C28" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H28" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C29" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H29" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>28</v>
       </c>
       <c r="B30" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C30" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H30" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>28</v>
       </c>
       <c r="B31" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C31" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H31" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>28</v>
       </c>
       <c r="B32" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C32" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H32" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>28</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C33" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H33" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>28</v>
       </c>
       <c r="B34" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C34" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H34" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>28</v>
       </c>
       <c r="B35" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C35" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="H35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>28</v>
       </c>
       <c r="B36" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C36" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H36" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>28</v>
       </c>
       <c r="B37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C37" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H37" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>28</v>
       </c>
       <c r="B38" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C38" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H38" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>28</v>
       </c>
       <c r="B39" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C39" t="s">
-        <v>218</v>
+        <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
         <v>219</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>220</v>
       </c>
       <c r="H39" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>28</v>
       </c>
       <c r="B40" t="s">
         <v>222</v>
       </c>
       <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>219</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
         <v>223</v>
       </c>
-      <c r="D40" t="s">
-[...2 lines deleted...]
-      <c r="E40" t="s">
+      <c r="H40" t="s">
         <v>224</v>
-      </c>
-[...7 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>28</v>
       </c>
       <c r="B41" t="s">
+        <v>225</v>
+      </c>
+      <c r="C41" t="s">
+        <v>226</v>
+      </c>
+      <c r="D41" t="s">
         <v>227</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E41" t="s">
         <v>228</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
         <v>229</v>
       </c>
       <c r="H41" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>28</v>
       </c>
       <c r="B42" t="s">
         <v>231</v>
       </c>
       <c r="C42" t="s">
-        <v>13</v>
+        <v>232</v>
       </c>
       <c r="D42" t="s">
-        <v>13</v>
+        <v>233</v>
       </c>
       <c r="E42" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="H42" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>28</v>
       </c>
       <c r="B43" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C43" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="D43" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="E43" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="H43" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>28</v>
       </c>
       <c r="B44" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C44" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D44" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="E44" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H44" t="s">
-        <v>245</v>
-[...6 lines deleted...]
-      <c r="B45" t="s">
         <v>246</v>
-      </c>
-[...42 lines deleted...]
-        <v>255</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H55"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B2" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="C2" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D2" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="E2" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="H2" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C3" t="s">
+        <v>249</v>
+      </c>
+      <c r="D3" t="s">
+        <v>255</v>
+      </c>
+      <c r="E3" t="s">
         <v>256</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>257</v>
+      </c>
+      <c r="H3" t="s">
         <v>258</v>
-      </c>
-[...13 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B4" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="C4" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D4" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E4" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="H4" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>247</v>
+      </c>
+      <c r="B5" t="s">
+        <v>263</v>
+      </c>
+      <c r="C5" t="s">
+        <v>249</v>
+      </c>
+      <c r="D5" t="s">
+        <v>255</v>
+      </c>
+      <c r="E5" t="s">
         <v>256</v>
       </c>
-      <c r="B5" t="s">
-[...5 lines deleted...]
-      <c r="D5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>264</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>265</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B6" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="C6" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D6" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E6" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="H6" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>247</v>
+      </c>
+      <c r="B7" t="s">
+        <v>270</v>
+      </c>
+      <c r="C7" t="s">
+        <v>249</v>
+      </c>
+      <c r="D7" t="s">
+        <v>255</v>
+      </c>
+      <c r="E7" t="s">
         <v>256</v>
       </c>
-      <c r="B7" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="H7" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B8" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="C8" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D8" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E8" t="s">
-        <v>283</v>
+        <v>274</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="H8" t="s">
-        <v>285</v>
+        <v>276</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B9" t="s">
-        <v>286</v>
+        <v>277</v>
       </c>
       <c r="C9" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D9" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E9" t="s">
-        <v>287</v>
+        <v>278</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="H9" t="s">
-        <v>289</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B10" t="s">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="C10" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D10" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E10" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="H10" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B11" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="C11" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D11" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E11" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="H11" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B12" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="C12" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D12" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E12" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="H12" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B13" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="C13" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="D13" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="E13" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="H13" t="s">
-        <v>304</v>
+        <v>295</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B14" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
       <c r="C14" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D14" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E14" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>306</v>
+        <v>297</v>
       </c>
       <c r="H14" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B15" t="s">
-        <v>308</v>
+        <v>299</v>
       </c>
       <c r="C15" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D15" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E15" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>309</v>
+        <v>300</v>
       </c>
       <c r="H15" t="s">
-        <v>310</v>
+        <v>301</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B16" t="s">
-        <v>311</v>
+        <v>302</v>
       </c>
       <c r="C16" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D16" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E16" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>312</v>
+        <v>303</v>
       </c>
       <c r="H16" t="s">
-        <v>313</v>
+        <v>304</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B17" t="s">
-        <v>314</v>
+        <v>305</v>
       </c>
       <c r="C17" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D17" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E17" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>315</v>
+        <v>306</v>
       </c>
       <c r="H17" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B18" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="C18" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D18" t="s">
-        <v>318</v>
+        <v>255</v>
       </c>
       <c r="E18" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>319</v>
+        <v>309</v>
       </c>
       <c r="H18" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B19" t="s">
-        <v>321</v>
+        <v>311</v>
       </c>
       <c r="C19" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D19" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E19" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="H19" t="s">
-        <v>323</v>
+        <v>313</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B20" t="s">
-        <v>324</v>
+        <v>314</v>
       </c>
       <c r="C20" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D20" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E20" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>325</v>
+        <v>315</v>
       </c>
       <c r="H20" t="s">
-        <v>326</v>
+        <v>316</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B21" t="s">
-        <v>327</v>
+        <v>317</v>
       </c>
       <c r="C21" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D21" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="E21" t="s">
-        <v>328</v>
+        <v>318</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>329</v>
+        <v>319</v>
       </c>
       <c r="H21" t="s">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B22" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="C22" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D22" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E22" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>333</v>
+        <v>323</v>
       </c>
       <c r="H22" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B23" t="s">
-        <v>335</v>
+        <v>325</v>
       </c>
       <c r="C23" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D23" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E23" t="s">
-        <v>336</v>
+        <v>326</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>337</v>
+        <v>327</v>
       </c>
       <c r="H23" t="s">
-        <v>338</v>
+        <v>328</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B24" t="s">
-        <v>339</v>
+        <v>329</v>
       </c>
       <c r="C24" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D24" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="E24" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="H24" t="s">
-        <v>341</v>
+        <v>331</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B25" t="s">
-        <v>342</v>
+        <v>332</v>
       </c>
       <c r="C25" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D25" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="E25" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>343</v>
+        <v>333</v>
       </c>
       <c r="H25" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B26" t="s">
-        <v>345</v>
+        <v>335</v>
       </c>
       <c r="C26" t="s">
-        <v>346</v>
+        <v>336</v>
       </c>
       <c r="D26" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="E26" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>348</v>
+        <v>338</v>
       </c>
       <c r="H26" t="s">
-        <v>349</v>
+        <v>339</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B27" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="C27" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="D27" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="E27" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="H27" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B28" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
       <c r="C28" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="D28" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="E28" t="s">
-        <v>356</v>
+        <v>346</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
       <c r="H28" t="s">
-        <v>358</v>
+        <v>348</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B29" t="s">
-        <v>359</v>
+        <v>349</v>
       </c>
       <c r="C29" t="s">
-        <v>360</v>
+        <v>350</v>
       </c>
       <c r="D29" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="E29" t="s">
-        <v>362</v>
+        <v>352</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>363</v>
+        <v>353</v>
       </c>
       <c r="H29" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B30" t="s">
-        <v>365</v>
+        <v>355</v>
       </c>
       <c r="C30" t="s">
-        <v>366</v>
+        <v>356</v>
       </c>
       <c r="D30" t="s">
-        <v>367</v>
+        <v>357</v>
       </c>
       <c r="E30" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>369</v>
+        <v>359</v>
       </c>
       <c r="H30" t="s">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B31" t="s">
-        <v>371</v>
+        <v>361</v>
       </c>
       <c r="C31" t="s">
-        <v>372</v>
+        <v>362</v>
       </c>
       <c r="D31" t="s">
-        <v>373</v>
+        <v>363</v>
       </c>
       <c r="E31" t="s">
-        <v>374</v>
+        <v>364</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>375</v>
+        <v>365</v>
       </c>
       <c r="H31" t="s">
-        <v>376</v>
+        <v>366</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B32" t="s">
-        <v>377</v>
+        <v>367</v>
       </c>
       <c r="C32" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D32" t="s">
-        <v>378</v>
+        <v>368</v>
       </c>
       <c r="E32" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>379</v>
+        <v>369</v>
       </c>
       <c r="H32" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B33" t="s">
-        <v>381</v>
+        <v>371</v>
       </c>
       <c r="C33" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D33" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E33" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="H33" t="s">
-        <v>383</v>
+        <v>373</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B34" t="s">
-        <v>384</v>
+        <v>374</v>
       </c>
       <c r="C34" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D34" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E34" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>385</v>
+        <v>375</v>
       </c>
       <c r="H34" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B35" t="s">
-        <v>387</v>
+        <v>377</v>
       </c>
       <c r="C35" t="s">
-        <v>388</v>
+        <v>378</v>
       </c>
       <c r="D35" t="s">
-        <v>389</v>
+        <v>379</v>
       </c>
       <c r="E35" t="s">
-        <v>390</v>
+        <v>380</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>391</v>
+        <v>381</v>
       </c>
       <c r="H35" t="s">
-        <v>392</v>
+        <v>382</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B36" t="s">
-        <v>393</v>
+        <v>383</v>
       </c>
       <c r="C36" t="s">
-        <v>394</v>
+        <v>384</v>
       </c>
       <c r="D36" t="s">
-        <v>367</v>
+        <v>385</v>
       </c>
       <c r="E36" t="s">
-        <v>395</v>
+        <v>386</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>396</v>
+        <v>387</v>
       </c>
       <c r="H36" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B37" t="s">
-        <v>398</v>
+        <v>389</v>
       </c>
       <c r="C37" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="D37" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="E37" t="s">
-        <v>401</v>
+        <v>392</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>402</v>
+        <v>393</v>
       </c>
       <c r="H37" t="s">
-        <v>403</v>
+        <v>394</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>395</v>
       </c>
       <c r="C38" t="s">
-        <v>405</v>
+        <v>396</v>
       </c>
       <c r="D38" t="s">
-        <v>406</v>
+        <v>397</v>
       </c>
       <c r="E38" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>408</v>
+        <v>399</v>
       </c>
       <c r="H38" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B39" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
       <c r="C39" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="D39" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="E39" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>414</v>
+        <v>405</v>
       </c>
       <c r="H39" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B40" t="s">
-        <v>416</v>
+        <v>407</v>
       </c>
       <c r="C40" t="s">
-        <v>417</v>
+        <v>408</v>
       </c>
       <c r="D40" t="s">
-        <v>418</v>
+        <v>409</v>
       </c>
       <c r="E40" t="s">
-        <v>419</v>
+        <v>410</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="H40" t="s">
-        <v>421</v>
+        <v>412</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B41" t="s">
-        <v>422</v>
+        <v>413</v>
       </c>
       <c r="C41" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="D41" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="E41" t="s">
-        <v>425</v>
+        <v>416</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
       <c r="H41" t="s">
-        <v>427</v>
+        <v>418</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B42" t="s">
-        <v>428</v>
+        <v>419</v>
       </c>
       <c r="C42" t="s">
-        <v>429</v>
+        <v>420</v>
       </c>
       <c r="D42" t="s">
-        <v>430</v>
+        <v>421</v>
       </c>
       <c r="E42" t="s">
-        <v>431</v>
+        <v>422</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>432</v>
+        <v>423</v>
       </c>
       <c r="H42" t="s">
-        <v>433</v>
+        <v>424</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B43" t="s">
-        <v>434</v>
+        <v>425</v>
       </c>
       <c r="C43" t="s">
-        <v>435</v>
+        <v>426</v>
       </c>
       <c r="D43" t="s">
-        <v>436</v>
+        <v>427</v>
       </c>
       <c r="E43" t="s">
-        <v>437</v>
+        <v>428</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>438</v>
+        <v>429</v>
       </c>
       <c r="H43" t="s">
-        <v>439</v>
+        <v>430</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B44" t="s">
-        <v>440</v>
+        <v>431</v>
       </c>
       <c r="C44" t="s">
-        <v>441</v>
+        <v>432</v>
       </c>
       <c r="D44" t="s">
-        <v>442</v>
+        <v>433</v>
       </c>
       <c r="E44" t="s">
-        <v>443</v>
+        <v>434</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>444</v>
+        <v>435</v>
       </c>
       <c r="H44" t="s">
-        <v>445</v>
+        <v>436</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B45" t="s">
-        <v>446</v>
+        <v>437</v>
       </c>
       <c r="C45" t="s">
-        <v>447</v>
+        <v>438</v>
       </c>
       <c r="D45" t="s">
-        <v>448</v>
+        <v>439</v>
       </c>
       <c r="E45" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>450</v>
+        <v>441</v>
       </c>
       <c r="H45" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B46" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="C46" t="s">
-        <v>453</v>
+        <v>444</v>
       </c>
       <c r="D46" t="s">
-        <v>454</v>
+        <v>445</v>
       </c>
       <c r="E46" t="s">
-        <v>455</v>
+        <v>446</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>456</v>
+        <v>447</v>
       </c>
       <c r="H46" t="s">
-        <v>457</v>
+        <v>448</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B47" t="s">
-        <v>458</v>
+        <v>449</v>
       </c>
       <c r="C47" t="s">
-        <v>459</v>
+        <v>450</v>
       </c>
       <c r="D47" t="s">
-        <v>454</v>
+        <v>445</v>
       </c>
       <c r="E47" t="s">
-        <v>460</v>
+        <v>451</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>461</v>
+        <v>452</v>
       </c>
       <c r="H47" t="s">
-        <v>462</v>
+        <v>453</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B48" t="s">
-        <v>463</v>
+        <v>454</v>
       </c>
       <c r="C48" t="s">
-        <v>464</v>
+        <v>455</v>
       </c>
       <c r="D48" t="s">
-        <v>465</v>
+        <v>456</v>
       </c>
       <c r="E48" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>467</v>
+        <v>458</v>
       </c>
       <c r="H48" t="s">
-        <v>468</v>
+        <v>459</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B49" t="s">
-        <v>469</v>
+        <v>460</v>
       </c>
       <c r="C49" t="s">
-        <v>470</v>
+        <v>461</v>
       </c>
       <c r="D49" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="E49" t="s">
-        <v>472</v>
+        <v>463</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>473</v>
+        <v>464</v>
       </c>
       <c r="H49" t="s">
-        <v>474</v>
+        <v>465</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B50" t="s">
-        <v>475</v>
+        <v>466</v>
       </c>
       <c r="C50" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="D50" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="E50" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>478</v>
+        <v>469</v>
       </c>
       <c r="H50" t="s">
-        <v>479</v>
+        <v>470</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B51" t="s">
-        <v>480</v>
+        <v>471</v>
       </c>
       <c r="C51" t="s">
-        <v>481</v>
+        <v>472</v>
       </c>
       <c r="D51" t="s">
-        <v>482</v>
+        <v>473</v>
       </c>
       <c r="E51" t="s">
-        <v>482</v>
+        <v>473</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>483</v>
+        <v>474</v>
       </c>
       <c r="H51" t="s">
-        <v>484</v>
+        <v>475</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B52" t="s">
-        <v>485</v>
+        <v>476</v>
       </c>
       <c r="C52" t="s">
-        <v>486</v>
+        <v>477</v>
       </c>
       <c r="D52" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="E52" t="s">
-        <v>488</v>
+        <v>479</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="H52" t="s">
-        <v>490</v>
+        <v>481</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B53" t="s">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="C53" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="D53" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="E53" t="s">
-        <v>494</v>
+        <v>485</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
       <c r="H53" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B54" t="s">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="C54" t="s">
-        <v>498</v>
+        <v>489</v>
       </c>
       <c r="D54" t="s">
-        <v>499</v>
+        <v>490</v>
       </c>
       <c r="E54" t="s">
-        <v>500</v>
+        <v>491</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>501</v>
+        <v>492</v>
       </c>
       <c r="H54" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B55" t="s">
-        <v>503</v>
+        <v>494</v>
       </c>
       <c r="C55" t="s">
-        <v>504</v>
+        <v>495</v>
       </c>
       <c r="D55" t="s">
-        <v>505</v>
+        <v>496</v>
       </c>
       <c r="E55" t="s">
-        <v>506</v>
+        <v>497</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>507</v>
+        <v>498</v>
       </c>
       <c r="H55" t="s">
-        <v>508</v>
+        <v>499</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>509</v>
+        <v>500</v>
       </c>
       <c r="B2" t="s">
-        <v>510</v>
+        <v>501</v>
       </c>
       <c r="C2" t="s">
-        <v>511</v>
+        <v>502</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>512</v>
+        <v>503</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>513</v>
+        <v>504</v>
       </c>
       <c r="H2" t="s">
-        <v>514</v>
+        <v>505</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>500</v>
+      </c>
+      <c r="B3" t="s">
+        <v>506</v>
+      </c>
+      <c r="C3" t="s">
+        <v>507</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>508</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>509</v>
       </c>
-      <c r="B3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H3" t="s">
-        <v>519</v>
+        <v>510</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>509</v>
+        <v>500</v>
       </c>
       <c r="B4" t="s">
-        <v>520</v>
+        <v>511</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>521</v>
+        <v>512</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>522</v>
+        <v>513</v>
       </c>
       <c r="H4" t="s">
-        <v>523</v>
+        <v>514</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="B2" t="s">
-        <v>525</v>
+        <v>516</v>
       </c>
       <c r="C2" t="s">
-        <v>526</v>
+        <v>517</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>518</v>
       </c>
       <c r="E2" t="s">
-        <v>528</v>
+        <v>519</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>529</v>
+        <v>520</v>
       </c>
       <c r="H2" t="s">
-        <v>530</v>
+        <v>521</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>515</v>
+      </c>
+      <c r="B3" t="s">
+        <v>522</v>
+      </c>
+      <c r="C3" t="s">
+        <v>523</v>
+      </c>
+      <c r="D3" t="s">
         <v>524</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="H3" t="s">
-        <v>536</v>
+        <v>527</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="B4" t="s">
-        <v>537</v>
+        <v>528</v>
       </c>
       <c r="C4" t="s">
-        <v>538</v>
+        <v>529</v>
       </c>
       <c r="D4" t="s">
-        <v>539</v>
+        <v>530</v>
       </c>
       <c r="E4" t="s">
-        <v>540</v>
+        <v>531</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>541</v>
+        <v>532</v>
       </c>
       <c r="H4" t="s">
-        <v>542</v>
+        <v>533</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="B5" t="s">
-        <v>543</v>
+        <v>534</v>
       </c>
       <c r="C5" t="s">
-        <v>544</v>
+        <v>535</v>
       </c>
       <c r="D5" t="s">
-        <v>545</v>
+        <v>536</v>
       </c>
       <c r="E5" t="s">
-        <v>546</v>
+        <v>537</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>547</v>
+        <v>538</v>
       </c>
       <c r="H5" t="s">
-        <v>548</v>
+        <v>539</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="B6" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="C6" t="s">
-        <v>550</v>
+        <v>541</v>
       </c>
       <c r="D6" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
       <c r="E6" t="s">
-        <v>552</v>
+        <v>543</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>553</v>
+        <v>544</v>
       </c>
       <c r="H6" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="B7" t="s">
-        <v>555</v>
+        <v>546</v>
       </c>
       <c r="C7" t="s">
-        <v>556</v>
+        <v>547</v>
       </c>
       <c r="D7" t="s">
-        <v>557</v>
+        <v>548</v>
       </c>
       <c r="E7" t="s">
-        <v>558</v>
+        <v>549</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>559</v>
+        <v>550</v>
       </c>
       <c r="H7" t="s">
-        <v>560</v>
+        <v>551</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="B8" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="C8" t="s">
-        <v>562</v>
+        <v>553</v>
       </c>
       <c r="D8" t="s">
-        <v>563</v>
+        <v>554</v>
       </c>
       <c r="E8" t="s">
-        <v>564</v>
+        <v>555</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>565</v>
+        <v>556</v>
       </c>
       <c r="H8" t="s">
-        <v>566</v>
+        <v>557</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="B9" t="s">
-        <v>567</v>
+        <v>558</v>
       </c>
       <c r="C9" t="s">
-        <v>568</v>
+        <v>559</v>
       </c>
       <c r="D9" t="s">
-        <v>569</v>
+        <v>560</v>
       </c>
       <c r="E9" t="s">
-        <v>570</v>
+        <v>561</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>571</v>
+        <v>562</v>
       </c>
       <c r="H9" t="s">
-        <v>572</v>
+        <v>563</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="B10" t="s">
-        <v>573</v>
+        <v>564</v>
       </c>
       <c r="C10" t="s">
-        <v>574</v>
+        <v>565</v>
       </c>
       <c r="D10" t="s">
-        <v>575</v>
+        <v>566</v>
       </c>
       <c r="E10" t="s">
-        <v>576</v>
+        <v>567</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>577</v>
+        <v>568</v>
       </c>
       <c r="H10" t="s">
-        <v>578</v>
+        <v>569</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="B11" t="s">
+        <v>570</v>
+      </c>
+      <c r="C11" t="s">
+        <v>571</v>
+      </c>
+      <c r="D11" t="s">
+        <v>572</v>
+      </c>
+      <c r="E11" t="s">
+        <v>573</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>574</v>
+      </c>
+      <c r="H11" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>515</v>
+      </c>
+      <c r="B12" t="s">
+        <v>576</v>
+      </c>
+      <c r="C12" t="s">
+        <v>577</v>
+      </c>
+      <c r="D12" t="s">
+        <v>578</v>
+      </c>
+      <c r="E12" t="s">
         <v>579</v>
       </c>
-      <c r="C11" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>580</v>
       </c>
-      <c r="D11" t="s">
+      <c r="H12" t="s">
         <v>581</v>
-      </c>
-[...10 lines deleted...]
-        <v>584</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>583</v>
+      </c>
+      <c r="B2" t="s">
+        <v>584</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>585</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>586</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>587</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="I2" t="s">
         <v>588</v>
-      </c>
-[...10 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B3" t="s">
+        <v>589</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>590</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>591</v>
+      </c>
+      <c r="H3" t="s">
         <v>592</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I3" t="s">
         <v>593</v>
-      </c>
-[...10 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B4" t="s">
+        <v>594</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>595</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>596</v>
+      </c>
+      <c r="H4" t="s">
         <v>597</v>
       </c>
-      <c r="C4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I4" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B5" t="s">
+        <v>598</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>599</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>600</v>
+      </c>
+      <c r="H5" t="s">
         <v>601</v>
       </c>
-      <c r="C5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I5" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B6" t="s">
+        <v>602</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>603</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>604</v>
+      </c>
+      <c r="H6" t="s">
         <v>605</v>
       </c>
-      <c r="C6" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I6" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B7" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="H7" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="I7" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B8" t="s">
+        <v>609</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>610</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>611</v>
+      </c>
+      <c r="H8" t="s">
         <v>612</v>
       </c>
-      <c r="C8" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I8" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B9" t="s">
+        <v>613</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>614</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>615</v>
+      </c>
+      <c r="H9" t="s">
         <v>616</v>
       </c>
-      <c r="C9" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I9" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B10" t="s">
+        <v>617</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>618</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>619</v>
+      </c>
+      <c r="H10" t="s">
         <v>620</v>
       </c>
-      <c r="C10" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I10" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B11" t="s">
+        <v>621</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>622</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>623</v>
+      </c>
+      <c r="H11" t="s">
         <v>624</v>
       </c>
-      <c r="C11" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I11" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>625</v>
+      </c>
+      <c r="B2" t="s">
+        <v>626</v>
+      </c>
+      <c r="C2" t="s">
+        <v>627</v>
+      </c>
+      <c r="D2" t="s">
         <v>628</v>
       </c>
-      <c r="B2" t="s">
+      <c r="E2" t="s">
         <v>629</v>
       </c>
-      <c r="C2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>630</v>
       </c>
-      <c r="D2" t="s">
+      <c r="H2" t="s">
         <v>631</v>
-      </c>
-[...10 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="B3" t="s">
+        <v>632</v>
+      </c>
+      <c r="C3" t="s">
+        <v>633</v>
+      </c>
+      <c r="D3" t="s">
+        <v>634</v>
+      </c>
+      <c r="E3" t="s">
         <v>635</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>636</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>637</v>
-      </c>
-[...10 lines deleted...]
-        <v>640</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>638</v>
+      </c>
+      <c r="B2" t="s">
+        <v>639</v>
+      </c>
+      <c r="C2" t="s">
+        <v>640</v>
+      </c>
+      <c r="D2" t="s">
         <v>641</v>
       </c>
-      <c r="B2" t="s">
+      <c r="E2" t="s">
         <v>642</v>
       </c>
-      <c r="C2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>643</v>
       </c>
-      <c r="D2" t="s">
+      <c r="H2" t="s">
         <v>644</v>
-      </c>
-[...10 lines deleted...]
-        <v>647</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>645</v>
+      </c>
+      <c r="B2" t="s">
+        <v>646</v>
+      </c>
+      <c r="C2" t="s">
+        <v>647</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>648</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>649</v>
       </c>
-      <c r="C2" t="s">
+      <c r="H2" t="s">
         <v>650</v>
-      </c>
-[...13 lines deleted...]
-        <v>653</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>