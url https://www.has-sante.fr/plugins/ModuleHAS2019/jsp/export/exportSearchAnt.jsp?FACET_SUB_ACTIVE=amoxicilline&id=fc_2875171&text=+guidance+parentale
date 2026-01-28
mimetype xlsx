--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="166">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -128,50 +128,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
     <t>Malformations lymphatiques kystiques (MLK)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2021 00:00:00</t>
   </si>
   <si>
     <t>09/03/2021 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
   </si>
   <si>
     <t>p_3241227</t>
   </si>
   <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
     <t>Syndromes FOXG1 et « FOXG1 plus »</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
   </si>
   <si>
     <t>11/06/2018 15:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
   </si>
   <si>
     <t>c_2855298</t>
   </si>
   <si>
     <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
@@ -251,111 +266,111 @@
   <si>
     <t>06/08/2024 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
   </si>
   <si>
     <t>p_3522408</t>
   </si>
   <si>
     <t>Atrésie des voies biliaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
   </si>
   <si>
     <t>p_3563488</t>
   </si>
   <si>
-    <t>Mucoviscidose</t>
-[...13 lines deleted...]
-  <si>
     <t>Dysraphisme spinal (Spina Bifida) - prise en charge urologique à l'âge adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge urologique optimale d'un patient adulte atteint de dysraphisme spinal (Spina Bifida). Il a été élaboré par le centre de référence Spina Bifida – Dysraphismes de Rennes, site constitutif de CMAVEM, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>24/03/2020 12:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3166010/fr/dysraphisme-spinal-spina-bifida-prise-en-charge-urologique-a-l-age-adulte</t>
   </si>
   <si>
     <t>p_3166010</t>
   </si>
   <si>
     <t>Syndrome de Costello</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>19/07/2012 00:00:00</t>
   </si>
   <si>
     <t>10/07/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1288596/fr/syndrome-de-costello</t>
   </si>
   <si>
     <t>c_1288596</t>
   </si>
   <si>
     <t>Sphérocytose héréditaire et autres anémies hémolytiques par anomalie de la membrane érythrocytaire</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient, enfant ou adulte, atteint d’une sphérocytose héréditaire ou d’une autre anémie hémolytique par anomalie de la membrane du globule rouge (GR). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>28/07/2021 12:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280228/fr/spherocytose-hereditaire-et-autres-anemies-hemolytiques-par-anomalie-de-la-membrane-erythrocytaire</t>
   </si>
   <si>
     <t>p_3280228</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
   <si>
     <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>26/06/2019 12:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
   </si>
   <si>
     <t>p_3076472</t>
   </si>
   <si>
     <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/11/2021 14:17:00</t>
   </si>
@@ -551,51 +566,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -854,77 +869,77 @@
       </c>
       <c r="E11" t="s">
         <v>58</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>59</v>
       </c>
       <c r="H11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
       <c r="C12" t="s">
         <v>62</v>
       </c>
       <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
         <v>63</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
         <v>64</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" t="s">
         <v>67</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>69</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>72</v>
       </c>
       <c r="C14" t="s">
         <v>73</v>
       </c>
       <c r="D14" t="s">
@@ -1101,379 +1116,405 @@
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>108</v>
       </c>
       <c r="C21" t="s">
         <v>109</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>110</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
         <v>111</v>
       </c>
       <c r="H21" t="s">
         <v>112</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>113</v>
+      </c>
+      <c r="C22" t="s">
+        <v>114</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>115</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>116</v>
+      </c>
+      <c r="H22" t="s">
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B2" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="C2" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="D2" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="E2" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="H2" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B3" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C3" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="D3" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="E3" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="H3" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B4" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="C4" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="D4" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E4" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="H4" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B5" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="C5" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="D5" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="E5" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="H5" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B6" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C6" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="D6" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E6" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="H6" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B7" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C7" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D7" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="E7" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="H7" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B2" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="H2" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="B2" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="H2" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="I2" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>