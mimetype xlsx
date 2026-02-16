--- v0 (2025-12-17)
+++ v1 (2026-02-16)
@@ -9,705 +9,1541 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="296" uniqueCount="160">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>02/24/2014 17:47:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Principes généraux et conseils de prescription des antibiotiques en premier recours</t>
+  </si>
+  <si>
+    <t>Le but de cette fiche mémo est d’éviter la prescription inappropriée des antibiotiques, source de pression de sélection, qui aboutit à l’émergence des résistances bactériennes et à des impasses thérapeutiques.</t>
+  </si>
+  <si>
+    <t>05/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
   </si>
   <si>
     <t>c_1723138</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in children over 3 months</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...5 lines deleted...]
-    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/23/2024 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
+    <t>23/12/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
   </si>
   <si>
     <t>p_3573729</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections des voies respiratoires supérieures - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, rhinopharyngite aiguë, amygdalite aiguë, angine, rhinosinusite aiguë, otite moyenne aiguë, infections aiguës du larynx, laryngite aiguë, laryngite sous-glottique, épiglottite, syndrome pseudo-grippal</t>
+  </si>
+  <si>
+    <t>22/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845939/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-des-voies-respiratoires-superieures-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3845939</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C6" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="C8" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="E8" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="H9" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D10" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="E10" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="H10" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="C11" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="H11" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B12" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="E12" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="H12" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="C13" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="E13" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="H13" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="B14" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="C14" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="D14" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="E14" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H14" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="B15" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="C15" t="s">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E15" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="H15" t="s">
-        <v>71</v>
+        <v>76</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>15</v>
+      </c>
+      <c r="B16" t="s">
+        <v>77</v>
+      </c>
+      <c r="C16" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" t="s">
+        <v>51</v>
+      </c>
+      <c r="E16" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H16" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>15</v>
+      </c>
+      <c r="B17" t="s">
+        <v>80</v>
+      </c>
+      <c r="C17" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17" t="s">
+        <v>51</v>
+      </c>
+      <c r="E17" t="s">
+        <v>81</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>82</v>
+      </c>
+      <c r="H17" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>15</v>
+      </c>
+      <c r="B18" t="s">
+        <v>84</v>
+      </c>
+      <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E18" t="s">
+        <v>81</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>85</v>
+      </c>
+      <c r="H18" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>15</v>
+      </c>
+      <c r="B19" t="s">
+        <v>87</v>
+      </c>
+      <c r="C19" t="s">
+        <v>88</v>
+      </c>
+      <c r="D19" t="s">
+        <v>46</v>
+      </c>
+      <c r="E19" t="s">
+        <v>89</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>90</v>
+      </c>
+      <c r="H19" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>15</v>
+      </c>
+      <c r="B20" t="s">
+        <v>92</v>
+      </c>
+      <c r="C20" t="s">
+        <v>45</v>
+      </c>
+      <c r="D20" t="s">
+        <v>51</v>
+      </c>
+      <c r="E20" t="s">
+        <v>89</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>93</v>
+      </c>
+      <c r="H20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>15</v>
+      </c>
+      <c r="B21" t="s">
+        <v>95</v>
+      </c>
+      <c r="C21" t="s">
+        <v>45</v>
+      </c>
+      <c r="D21" t="s">
+        <v>51</v>
+      </c>
+      <c r="E21" t="s">
+        <v>89</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>96</v>
+      </c>
+      <c r="H21" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>15</v>
+      </c>
+      <c r="B22" t="s">
+        <v>98</v>
+      </c>
+      <c r="C22" t="s">
+        <v>45</v>
+      </c>
+      <c r="D22" t="s">
+        <v>51</v>
+      </c>
+      <c r="E22" t="s">
+        <v>89</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>99</v>
+      </c>
+      <c r="H22" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>15</v>
+      </c>
+      <c r="B23" t="s">
+        <v>101</v>
+      </c>
+      <c r="C23" t="s">
+        <v>45</v>
+      </c>
+      <c r="D23" t="s">
+        <v>51</v>
+      </c>
+      <c r="E23" t="s">
+        <v>89</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>102</v>
+      </c>
+      <c r="H23" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>15</v>
+      </c>
+      <c r="B24" t="s">
+        <v>104</v>
+      </c>
+      <c r="C24" t="s">
+        <v>45</v>
+      </c>
+      <c r="D24" t="s">
+        <v>51</v>
+      </c>
+      <c r="E24" t="s">
+        <v>89</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>105</v>
+      </c>
+      <c r="H24" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>15</v>
+      </c>
+      <c r="B25" t="s">
+        <v>107</v>
+      </c>
+      <c r="C25" t="s">
+        <v>45</v>
+      </c>
+      <c r="D25" t="s">
+        <v>51</v>
+      </c>
+      <c r="E25" t="s">
+        <v>89</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>108</v>
+      </c>
+      <c r="H25" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>15</v>
+      </c>
+      <c r="B26" t="s">
+        <v>110</v>
+      </c>
+      <c r="C26" t="s">
+        <v>45</v>
+      </c>
+      <c r="D26" t="s">
+        <v>51</v>
+      </c>
+      <c r="E26" t="s">
+        <v>89</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>111</v>
+      </c>
+      <c r="H26" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>15</v>
+      </c>
+      <c r="B27" t="s">
+        <v>113</v>
+      </c>
+      <c r="C27" t="s">
+        <v>45</v>
+      </c>
+      <c r="D27" t="s">
+        <v>46</v>
+      </c>
+      <c r="E27" t="s">
+        <v>114</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>115</v>
+      </c>
+      <c r="H27" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>15</v>
+      </c>
+      <c r="B28" t="s">
+        <v>117</v>
+      </c>
+      <c r="C28" t="s">
+        <v>45</v>
+      </c>
+      <c r="D28" t="s">
+        <v>51</v>
+      </c>
+      <c r="E28" t="s">
+        <v>118</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>119</v>
+      </c>
+      <c r="H28" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>15</v>
+      </c>
+      <c r="B29" t="s">
+        <v>121</v>
+      </c>
+      <c r="C29" t="s">
+        <v>45</v>
+      </c>
+      <c r="D29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E29" t="s">
+        <v>122</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>123</v>
+      </c>
+      <c r="H29" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>15</v>
+      </c>
+      <c r="B30" t="s">
+        <v>125</v>
+      </c>
+      <c r="C30" t="s">
+        <v>45</v>
+      </c>
+      <c r="D30" t="s">
+        <v>46</v>
+      </c>
+      <c r="E30" t="s">
+        <v>47</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>126</v>
+      </c>
+      <c r="H30" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>15</v>
+      </c>
+      <c r="B31" t="s">
+        <v>128</v>
+      </c>
+      <c r="C31" t="s">
+        <v>45</v>
+      </c>
+      <c r="D31" t="s">
+        <v>46</v>
+      </c>
+      <c r="E31" t="s">
+        <v>47</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>129</v>
+      </c>
+      <c r="H31" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>15</v>
+      </c>
+      <c r="B32" t="s">
+        <v>131</v>
+      </c>
+      <c r="C32" t="s">
+        <v>45</v>
+      </c>
+      <c r="D32" t="s">
+        <v>132</v>
+      </c>
+      <c r="E32" t="s">
+        <v>118</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>133</v>
+      </c>
+      <c r="H32" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>15</v>
+      </c>
+      <c r="B33" t="s">
+        <v>135</v>
+      </c>
+      <c r="C33" t="s">
+        <v>45</v>
+      </c>
+      <c r="D33" t="s">
+        <v>51</v>
+      </c>
+      <c r="E33" t="s">
+        <v>89</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>136</v>
+      </c>
+      <c r="H33" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>15</v>
+      </c>
+      <c r="B34" t="s">
+        <v>138</v>
+      </c>
+      <c r="C34" t="s">
+        <v>45</v>
+      </c>
+      <c r="D34" t="s">
+        <v>51</v>
+      </c>
+      <c r="E34" t="s">
+        <v>89</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>139</v>
+      </c>
+      <c r="H34" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>141</v>
+      </c>
+      <c r="B35" t="s">
+        <v>142</v>
+      </c>
+      <c r="C35" t="s">
+        <v>143</v>
+      </c>
+      <c r="D35" t="s">
+        <v>144</v>
+      </c>
+      <c r="E35" t="s">
+        <v>145</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>146</v>
+      </c>
+      <c r="H35" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>141</v>
+      </c>
+      <c r="B36" t="s">
+        <v>148</v>
+      </c>
+      <c r="C36" t="s">
+        <v>149</v>
+      </c>
+      <c r="D36" t="s">
+        <v>150</v>
+      </c>
+      <c r="E36" t="s">
+        <v>151</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>152</v>
+      </c>
+      <c r="H36" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>141</v>
+      </c>
+      <c r="B37" t="s">
+        <v>154</v>
+      </c>
+      <c r="C37" t="s">
+        <v>155</v>
+      </c>
+      <c r="D37" t="s">
+        <v>156</v>
+      </c>
+      <c r="E37" t="s">
+        <v>157</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>158</v>
+      </c>
+      <c r="H37" t="s">
+        <v>159</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>