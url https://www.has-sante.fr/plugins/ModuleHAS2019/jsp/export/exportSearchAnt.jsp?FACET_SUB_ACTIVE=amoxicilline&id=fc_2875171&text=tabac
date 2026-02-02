--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,340 +1,940 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="425" uniqueCount="272">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>04/01/2005 00:10:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection à Helicobacter pylori - Pertinence et populations concernées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d’un dépistage de l’infection à Helicobacter pylori en population générale asymptomatique et définition des populations cibles en France</t>
+  </si>
+  <si>
+    <t>28/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>20/08/2010 16:17:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>https://www.has-sante.fr/jcms/c_976382/fr/depistage-de-l-infection-a-helicobacter-pylori-pertinence-et-populations-concernees</t>
+  </si>
+  <si>
+    <t>c_976382</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Periodontal disease: diagnosis and treatment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_765529</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
+  </si>
+  <si>
+    <t>c_2820336</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Pancréatite Chronique Héréditaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d'une Pancréatite Chronique Héréditaire. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas CRMR PaRaDis, Pancreatic Rare Diseases à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
+  </si>
+  <si>
+    <t>p_3225352</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Obesity surgery in adults</t>
-[...56 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+  </si>
+  <si>
+    <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Analyse de l’efficacité et de la sécurité de l’acte de détartrage et surfaçage radiculaire dans la prise en charge des parodontites agressives et chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
+  </si>
+  <si>
+    <t>c_2842270</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Assessment of diagnostic and therapeutic parotid and submandibular sialendoscopy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
+    <t>Évaluation de la sialendoscopie parotidienne et submandibulaire à visée diagnostique et thérapeutique</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, de l’efficacité et la sécurité de la technique d’endoscopie (sialendoscopie) des voies salivaires de la parotide et de la glande submandibulaire dans les pathologies obstructives (lithiases et sténoses) et inflammatoires de ces glandes</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1164340/fr/evaluation-de-la-sialendoscopie-parotidienne-et-submandibulaire-a-visee-diagnostique-et-therapeutique</t>
   </si>
   <si>
     <t>c_1164340</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CIBLOR (amoxicilline/ acide clavulanique)</t>
+  </si>
+  <si>
+    <t>17/01/2007 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985473/fr/ciblor-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>pprd_2985473</t>
+  </si>
+  <si>
+    <t>amoxicilline,acide clavulanique</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398865/fr/ciblor-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486284/fr/ciblor-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>AUGMENTIN (amoxicilline/ acide clavulanique)</t>
+  </si>
+  <si>
+    <t>10/02/2022 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983319/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>pprd_2983319</t>
+  </si>
+  <si>
+    <t>amoxicilline / acide clavulanique</t>
+  </si>
+  <si>
+    <t>Laboratoire DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398830/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399528/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399990/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486289/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046826/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2623465/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847886/fr/augmentin-adultes-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316330/fr/augmentin-adultes-augmentin-500-mg/50-mg-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>AMOXICILLINE (amoxicilline/ amoxicilline trihydratée/ acide clavulanique)</t>
+  </si>
+  <si>
+    <t>29/01/2019 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982899/fr/amoxicilline-amoxicilline/-amoxicilline-trihydratee/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>pprd_2982899</t>
+  </si>
+  <si>
+    <t>amoxicilline trihydratée,amoxicilline sodique,potassium (clavulanate de)</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES/ BIOGARAN/ PAHPHARMA/ TEVA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400847/fr/amoxicilline-biogaran-amoxicilline-trihydratee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455061/fr/amoxicilline-teva-amoxicilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874861/fr/amoxicilline-biogaran-amoxicilline-trihydratee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034294/fr/amoxicilline-acide-clavulanique-panpharma-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563024/fr/amoxicilline-arrow-lab-amoxicilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899634/fr/amoxicilline-arrow-lab-amoxicilline</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -348,303 +948,1436 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="D7" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="E7" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="H7" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="D8" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="H8" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="C9" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="D9" t="s">
         <v>55</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H9" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="D10" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="E10" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H10" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="B11" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="D11" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="E11" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>69</v>
       </c>
       <c r="H11" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>71</v>
       </c>
       <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" t="s">
+        <v>55</v>
+      </c>
+      <c r="E12" t="s">
+        <v>56</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>72</v>
       </c>
+      <c r="H12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
+        <v>76</v>
+      </c>
+      <c r="E13" t="s">
+        <v>77</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>78</v>
+      </c>
+      <c r="H13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" t="s">
+        <v>82</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>83</v>
+      </c>
+      <c r="H14" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>85</v>
+      </c>
+      <c r="C15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D15" t="s">
+        <v>87</v>
+      </c>
+      <c r="E15" t="s">
+        <v>88</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>89</v>
+      </c>
+      <c r="H15" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" t="s">
+        <v>92</v>
+      </c>
+      <c r="D16" t="s">
+        <v>93</v>
+      </c>
+      <c r="E16" t="s">
+        <v>94</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>95</v>
+      </c>
+      <c r="H16" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" t="s">
+        <v>98</v>
+      </c>
+      <c r="D17" t="s">
+        <v>99</v>
+      </c>
+      <c r="E17" t="s">
+        <v>100</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>101</v>
+      </c>
+      <c r="H17" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
+        <v>103</v>
+      </c>
+      <c r="C18" t="s">
+        <v>104</v>
+      </c>
+      <c r="D18" t="s">
+        <v>105</v>
+      </c>
+      <c r="E18" t="s">
+        <v>106</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H18" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" t="s">
+        <v>109</v>
+      </c>
+      <c r="C19" t="s">
+        <v>110</v>
+      </c>
+      <c r="D19" t="s">
+        <v>37</v>
+      </c>
+      <c r="E19" t="s">
+        <v>111</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>112</v>
+      </c>
+      <c r="H19" t="s">
+        <v>113</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>114</v>
+      </c>
+      <c r="B2" t="s">
+        <v>115</v>
+      </c>
+      <c r="C2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>118</v>
+      </c>
+      <c r="H2" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>114</v>
+      </c>
+      <c r="B4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C4" t="s">
+        <v>126</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>127</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>128</v>
+      </c>
+      <c r="H4" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>114</v>
+      </c>
+      <c r="B5" t="s">
+        <v>130</v>
+      </c>
+      <c r="C5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>132</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>133</v>
+      </c>
+      <c r="H5" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>114</v>
+      </c>
+      <c r="B6" t="s">
+        <v>135</v>
+      </c>
+      <c r="C6" t="s">
+        <v>136</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>137</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>138</v>
+      </c>
+      <c r="H6" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>114</v>
+      </c>
+      <c r="B7" t="s">
+        <v>140</v>
+      </c>
+      <c r="C7" t="s">
+        <v>141</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>142</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>143</v>
+      </c>
+      <c r="H7" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>114</v>
+      </c>
+      <c r="B8" t="s">
+        <v>145</v>
+      </c>
+      <c r="C8" t="s">
+        <v>146</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>147</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>148</v>
+      </c>
+      <c r="H8" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>114</v>
+      </c>
+      <c r="B9" t="s">
+        <v>150</v>
+      </c>
+      <c r="C9" t="s">
+        <v>151</v>
+      </c>
+      <c r="D9" t="s">
+        <v>152</v>
+      </c>
+      <c r="E9" t="s">
+        <v>153</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>154</v>
+      </c>
+      <c r="H9" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>114</v>
+      </c>
+      <c r="B10" t="s">
+        <v>156</v>
+      </c>
+      <c r="C10" t="s">
+        <v>157</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>158</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>159</v>
+      </c>
+      <c r="H10" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>114</v>
+      </c>
+      <c r="B11" t="s">
+        <v>161</v>
+      </c>
+      <c r="C11" t="s">
+        <v>162</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>163</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>164</v>
+      </c>
+      <c r="H11" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>114</v>
+      </c>
+      <c r="B12" t="s">
+        <v>166</v>
+      </c>
+      <c r="C12" t="s">
+        <v>167</v>
+      </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>74</v>
+        <v>168</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>75</v>
+        <v>169</v>
       </c>
       <c r="H12" t="s">
-        <v>76</v>
+        <v>170</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>114</v>
+      </c>
+      <c r="B13" t="s">
+        <v>171</v>
+      </c>
+      <c r="C13" t="s">
+        <v>172</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>173</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>174</v>
+      </c>
+      <c r="H13" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>176</v>
+      </c>
+      <c r="C14" t="s">
+        <v>177</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>178</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>179</v>
+      </c>
+      <c r="H14" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>181</v>
+      </c>
+      <c r="C15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>183</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>184</v>
+      </c>
+      <c r="H15" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>186</v>
+      </c>
+      <c r="C16" t="s">
+        <v>187</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>188</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>189</v>
+      </c>
+      <c r="H16" t="s">
+        <v>190</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B2" t="s">
+        <v>192</v>
+      </c>
+      <c r="C2" t="s">
+        <v>193</v>
+      </c>
+      <c r="D2" t="s">
+        <v>194</v>
+      </c>
+      <c r="E2" t="s">
+        <v>195</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>196</v>
+      </c>
+      <c r="H2" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C3" t="s">
+        <v>199</v>
+      </c>
+      <c r="D3" t="s">
+        <v>200</v>
+      </c>
+      <c r="E3" t="s">
+        <v>201</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>202</v>
+      </c>
+      <c r="H3" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B4" t="s">
+        <v>204</v>
+      </c>
+      <c r="C4" t="s">
+        <v>205</v>
+      </c>
+      <c r="D4" t="s">
+        <v>206</v>
+      </c>
+      <c r="E4" t="s">
+        <v>207</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>208</v>
+      </c>
+      <c r="H4" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>191</v>
+      </c>
+      <c r="B5" t="s">
+        <v>210</v>
+      </c>
+      <c r="C5" t="s">
+        <v>211</v>
+      </c>
+      <c r="D5" t="s">
+        <v>212</v>
+      </c>
+      <c r="E5" t="s">
+        <v>213</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>214</v>
+      </c>
+      <c r="H5" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B6" t="s">
+        <v>216</v>
+      </c>
+      <c r="C6" t="s">
+        <v>217</v>
+      </c>
+      <c r="D6" t="s">
+        <v>218</v>
+      </c>
+      <c r="E6" t="s">
+        <v>219</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>220</v>
+      </c>
+      <c r="H6" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>191</v>
+      </c>
+      <c r="B7" t="s">
+        <v>222</v>
+      </c>
+      <c r="C7" t="s">
+        <v>223</v>
+      </c>
+      <c r="D7" t="s">
+        <v>224</v>
+      </c>
+      <c r="E7" t="s">
+        <v>225</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>226</v>
+      </c>
+      <c r="H7" t="s">
+        <v>227</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>228</v>
+      </c>
+      <c r="J1" t="s">
+        <v>229</v>
+      </c>
+      <c r="K1" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>231</v>
+      </c>
+      <c r="B2" t="s">
+        <v>232</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>233</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>234</v>
+      </c>
+      <c r="H2" t="s">
+        <v>235</v>
+      </c>
+      <c r="I2" t="s">
+        <v>236</v>
+      </c>
+      <c r="J2" t="s">
+        <v>237</v>
+      </c>
+      <c r="K2" t="s">
+        <v>238</v>
+      </c>
+      <c r="L2" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B3" t="s">
+        <v>240</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>242</v>
+      </c>
+      <c r="H3" t="s">
+        <v>243</v>
+      </c>
+      <c r="I3" t="s">
+        <v>244</v>
+      </c>
+      <c r="J3" t="s">
+        <v>245</v>
+      </c>
+      <c r="K3" t="s">
+        <v>246</v>
+      </c>
+      <c r="L3" t="s">
+        <v>247</v>
+      </c>
+      <c r="M3" t="s">
+        <v>248</v>
+      </c>
+      <c r="N3" t="s">
+        <v>249</v>
+      </c>
+      <c r="O3" t="s">
+        <v>250</v>
+      </c>
+      <c r="P3" t="s">
+        <v>251</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>252</v>
+      </c>
+      <c r="R3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>231</v>
+      </c>
+      <c r="B4" t="s">
+        <v>254</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>255</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>256</v>
+      </c>
+      <c r="H4" t="s">
+        <v>257</v>
+      </c>
+      <c r="I4" t="s">
+        <v>258</v>
+      </c>
+      <c r="J4" t="s">
+        <v>259</v>
+      </c>
+      <c r="K4" t="s">
+        <v>260</v>
+      </c>
+      <c r="L4" t="s">
+        <v>261</v>
+      </c>
+      <c r="M4" t="s">
+        <v>262</v>
+      </c>
+      <c r="N4" t="s">
+        <v>263</v>
+      </c>
+      <c r="O4" t="s">
+        <v>264</v>
+      </c>
+      <c r="P4" t="s">
+        <v>265</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>266</v>
+      </c>
+      <c r="B2" t="s">
+        <v>267</v>
+      </c>
+      <c r="C2" t="s">
+        <v>268</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>269</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>270</v>
+      </c>
+      <c r="H2" t="s">
+        <v>271</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>