--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -9,149 +9,245 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="48">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>01/25/2018 14:18:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Costello</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>https://www.has-sante.fr/jcms/c_1288596/fr/syndrome-de-costello</t>
+  </si>
+  <si>
+    <t>c_1288596</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Syndrome de Allan Herndon-Dudley (SAHD)(MCT8 thyroid hormone  transporter)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de Allan Herndon-Dudley (SAHD). Il a été élaboré par le centre de référence des Déficiences Intellectuelles de causes rare, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187176/fr/syndrome-de-allan-herndon-dudley-sahd-mct8-thyroid-hormone-transporter</t>
+  </si>
+  <si>
+    <t>p_3187176</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
+  </si>
+  <si>
+    <t>Syndrome d’Aicardi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d'Aicardi. Il a été élaboré par Centre de référence Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112185/fr/syndrome-d-aicardi</t>
+  </si>
+  <si>
+    <t>p_3112185</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +261,199 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>39</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>46</v>
+      </c>
+      <c r="H8" t="s">
+        <v>47</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>