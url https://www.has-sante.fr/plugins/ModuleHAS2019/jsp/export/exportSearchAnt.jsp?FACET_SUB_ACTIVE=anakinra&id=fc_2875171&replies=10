--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -83,51 +83,51 @@
   <si>
     <t>04/11/2015 00:00:00</t>
   </si>
   <si>
     <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
   </si>
   <si>
     <t>c_2580906</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Péricardites Récidivantes</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>05/12/2025 14:02:00</t>
+    <t>05/12/2025 14:58:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
   </si>
   <si>
     <t>p_3777808</t>
   </si>
   <si>
     <t>Ostéite Chronique Multifocale Récurrente</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/10/2025 12:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
   </si>
   <si>
     <t>p_3689228</t>
   </si>
   <si>
     <t>Artérite à Cellules Géantes (Horton)</t>
   </si>