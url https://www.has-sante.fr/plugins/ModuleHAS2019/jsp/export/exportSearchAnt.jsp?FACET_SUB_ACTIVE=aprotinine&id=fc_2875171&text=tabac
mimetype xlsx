--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,149 +9,167 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/01/2002 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +183,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>