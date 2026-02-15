--- v0 (2025-11-08)
+++ v1 (2026-02-15)
@@ -1,1497 +1,11985 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Tool to improve professi" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation en santé " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Guide usagers" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId13" sheetId="11"/>
+    <sheet name="Export Medicament" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2329" uniqueCount="1385">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...2 lines deleted...]
-    <t>How to judge a proposal for a screening programme</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Déploiement de la bientraitance et gestion des signaux de maltraitance en institutions sanitaires, médico-sociales et sociales (repérage et analyse) - Note de cadrage</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/04/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2023 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431803/fr/deploiement-de-la-bientraitance-et-gestion-des-signaux-de-maltraitance-en-institutions-sanitaires-medico-sociales-et-sociales-reperage-et-analyse-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3431803</t>
+  </si>
+  <si>
+    <t>L’évaluation des aspects sociaux</t>
+  </si>
+  <si>
+    <t>En octobre 2007, la Haute Autorité de santé a mis en place un groupe de travail afin d’envisager la manière dont la sociologie pourrait contribuer à ses travaux d’évaluation. Les réflexions et les propositions de ce groupe de travail s’inscrivent dans le prolongement d’un groupe de travail plus largement consacré à la définition de la notion de Service rendu à la collectivité (SeRC). # A partir d’un examen de documents produits par la HAS, six dimensions sociologiques ont été identifiées. Des connaissances scientifiques leur ont été associées. # Ce rapport présente les six dimensions sociologiques retenues par le groupe de travail, reprend la « grille de questionnements sociologiques standardisés » qui leur est associée et détaille enfin les recommandations du groupe de travail.</t>
+  </si>
+  <si>
+    <t>09/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499239/fr/l-evaluation-des-aspects-sociaux</t>
+  </si>
+  <si>
+    <t>r_1499239</t>
+  </si>
+  <si>
+    <t>Comment évaluer a priori un programme de dépistage ?</t>
   </si>
   <si>
     <t>L'évaluation a priori d'une action de santé publique est l'analyse détaillée de toutes les questions qui doivent a priori présider à la mise en œuvre de cette action. Un programme de dépistage s'adresse par définition à des individus asymptomatiques ou apparemment en bonne santé. Il convient donc toujours de vérifier par une évaluation a priori que les avantages du programmes l'emportent sur les inconvénients. Ceux-ci doivent être connus des décideurs, afin de nourrir la réflexion qui accompagne la mise en place d'un programme et des citoyens, afin d'éclairer leur participation à un programme. Ce guide a été conçu pour accompagner toute personne ou organisme dans don travail d'évaluation a priori des programmes de dépistage.</t>
   </si>
   <si>
-    <t>05/01/2004 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_433375/en/how-to-judge-a-proposal-for-a-screening-programme</t>
+    <t>01/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2004 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433375/fr/comment-evaluer-a-priori-un-programme-de-depistage</t>
   </si>
   <si>
     <t>c_433375</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ALLOGREFFON ARTÉRIEL +2/+8°C BIOPROTEC</t>
+  </si>
+  <si>
+    <t>06/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2026 14:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808976/fr/allogreffon-arteriel-2/-8c-bioprotec</t>
+  </si>
+  <si>
+    <t>p_3808976</t>
+  </si>
+  <si>
+    <t>Allogreffon artériel conservé entre +2°C et +8°C (tissu humain)</t>
+  </si>
+  <si>
+    <t>BIOPROTEC</t>
+  </si>
+  <si>
+    <t>TRICLIP G4</t>
+  </si>
+  <si>
+    <t>17/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2025 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633260/fr/triclip-g4</t>
+  </si>
+  <si>
+    <t>p_3633260</t>
+  </si>
+  <si>
+    <t>Clip de réparation tricuspide bord à bord</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS (France)</t>
+  </si>
+  <si>
+    <t>SOMNODENT AVANT</t>
+  </si>
+  <si>
+    <t>28/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2025 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594029/fr/somnodent-avant</t>
+  </si>
+  <si>
+    <t>p_3594029</t>
+  </si>
+  <si>
+    <t>Orthèse d'avancée mandibulaire</t>
+  </si>
+  <si>
+    <t>SOMNOMED FRANCE SAS</t>
+  </si>
+  <si>
+    <t>1 MINUTE POUR MON COEUR</t>
+  </si>
+  <si>
+    <t>08/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 17:44:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604459/fr/1-minute-pour-mon-coeur</t>
+  </si>
+  <si>
+    <t>p_3604459</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale des patients ayant une insuffisance cardiaque chronique</t>
+  </si>
+  <si>
+    <t>NEW CARD</t>
+  </si>
+  <si>
+    <t>SHOCKWAVE REDUCER</t>
+  </si>
+  <si>
+    <t>24/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2024 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547237/fr/shockwave-reducer</t>
+  </si>
+  <si>
+    <t>p_3547237</t>
+  </si>
+  <si>
+    <t>Système de réduction du sinus coronaire</t>
+  </si>
+  <si>
+    <t>Shockwave Medical, Inc.</t>
+  </si>
+  <si>
+    <t>ROTATEUR 4R57</t>
+  </si>
+  <si>
+    <t>10/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540263/fr/rotateur-4r57</t>
+  </si>
+  <si>
+    <t>p_3540263</t>
+  </si>
+  <si>
+    <t>Adaptateur de rotation pour prothèse externe transfémorale</t>
+  </si>
+  <si>
+    <t>OTTO BOCK FRANCE</t>
+  </si>
+  <si>
+    <t>IMPLICITY (IM009)</t>
+  </si>
+  <si>
+    <t>30/09/2024 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545270/fr/implicity-im009</t>
+  </si>
+  <si>
+    <t>p_3545270</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale des patients porteurs de prothèse cardiaque implantable à visée thérapeutique</t>
+  </si>
+  <si>
+    <t>IMPLICITY</t>
+  </si>
+  <si>
+    <t>PERCEPT RC</t>
+  </si>
+  <si>
+    <t>04/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2024 10:00:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3533057/fr/percept-rc</t>
+  </si>
+  <si>
+    <t>p_3533057</t>
+  </si>
+  <si>
+    <t>Système rechargeable double canal de stimulation cérébrale profonde</t>
+  </si>
+  <si>
+    <t>MEDTRONIC (France)</t>
+  </si>
+  <si>
+    <t>URGOTUL AG / Silver</t>
+  </si>
+  <si>
+    <t>21/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522274/fr/urgotul-ag-/-silver</t>
+  </si>
+  <si>
+    <t>p_3522274</t>
+  </si>
+  <si>
+    <t>Pansements</t>
+  </si>
+  <si>
+    <t>LABORATOIRES URGO (France)</t>
+  </si>
+  <si>
+    <t>PELVI-STOP</t>
+  </si>
+  <si>
+    <t>04/06/2024 12:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518841/fr/pelvi-stop</t>
+  </si>
+  <si>
+    <t>p_3518841</t>
+  </si>
+  <si>
+    <t>Implant de suspension destiné au traitement du prolapsus des organes pelviens chez la femme par voie chirurgicale haute</t>
+  </si>
+  <si>
+    <t>DILO MEDICAL SAS (France)</t>
+  </si>
+  <si>
+    <t>I-STOP</t>
+  </si>
+  <si>
+    <t>26/03/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2024 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503151/fr/i-stop</t>
+  </si>
+  <si>
+    <t>p_3503151</t>
+  </si>
+  <si>
+    <t>Bandelette sous-urétrale, implantée par voie rétropubienne ou transobturatrice</t>
+  </si>
+  <si>
+    <t>BISCUITS NUTRISENS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506189/fr/biscuits-nutrisens</t>
+  </si>
+  <si>
+    <t>p_3506189</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins médicales spéciales pour nutrition orale</t>
+  </si>
+  <si>
+    <t>NUTRISENS MEDICAL (France)</t>
+  </si>
+  <si>
+    <t>OPTUNE</t>
+  </si>
+  <si>
+    <t>12/07/2021 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275962/fr/optune</t>
+  </si>
+  <si>
+    <t>p_3275962</t>
+  </si>
+  <si>
+    <t>Générateur de champ électrique antimitotique</t>
+  </si>
+  <si>
+    <t>NOVOCURE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>ALGOSTERIL (mèche et compresse)</t>
+  </si>
+  <si>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2020 17:36:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224407/fr/algosteril-meche-et-compresse</t>
+  </si>
+  <si>
+    <t>p_3224407</t>
+  </si>
+  <si>
+    <t>Pansements alginate</t>
+  </si>
+  <si>
+    <t>LES LABORATOIRES BROTHIER</t>
+  </si>
+  <si>
+    <t>COALGAN</t>
+  </si>
+  <si>
+    <t>03/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2020 12:17:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219908/fr/coalgan</t>
+  </si>
+  <si>
+    <t>p_3219908</t>
+  </si>
+  <si>
+    <t>Tampon hémostatique local d’alginate de calcium</t>
+  </si>
+  <si>
+    <t>PROMOGRAN</t>
+  </si>
+  <si>
+    <t>09/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2019 10:26:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964259/fr/promogran</t>
+  </si>
+  <si>
+    <t>c_2964259</t>
+  </si>
+  <si>
+    <t>matrice à effet anti-protéases</t>
+  </si>
+  <si>
+    <t>Laboratoire KCI Médical SAS</t>
+  </si>
+  <si>
+    <t>ITREL 4</t>
+  </si>
+  <si>
+    <t>25/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2018 12:41:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873274/fr/itrel-4</t>
+  </si>
+  <si>
+    <t>c_2873274</t>
+  </si>
+  <si>
+    <t>système implantable non rechargeable de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>SOLEUS</t>
+  </si>
+  <si>
+    <t>04/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>14/09/2018 15:29:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869508/fr/soleus</t>
+  </si>
+  <si>
+    <t>c_2869508</t>
+  </si>
+  <si>
+    <t>pied à restitution d’énergie de classe III</t>
+  </si>
+  <si>
+    <t>ORTHO EUROPE</t>
+  </si>
+  <si>
+    <t>I-DIGITS</t>
+  </si>
+  <si>
+    <t>Prothèse myoélectrique</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2016 09:04:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615452/fr/i-digits</t>
+  </si>
+  <si>
+    <t>c_2615452</t>
+  </si>
+  <si>
+    <t>Touch Bionics Limited</t>
+  </si>
+  <si>
+    <t>MEPITEL</t>
+  </si>
+  <si>
+    <t>15/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2016 09:26:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587349/fr/mepitel</t>
+  </si>
+  <si>
+    <t>c_2587349</t>
+  </si>
+  <si>
+    <t>MÖLNLYCKE HEALTH CARE SA</t>
+  </si>
+  <si>
+    <t>HYLOVIS Multi</t>
+  </si>
+  <si>
+    <t>03/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/11/2015 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571466/fr/hylovis-multi</t>
+  </si>
+  <si>
+    <t>c_2571466</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS</t>
+  </si>
+  <si>
+    <t>PROCLAIM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571472/fr/proclaim</t>
+  </si>
+  <si>
+    <t>c_2571472</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>ALGOSTERIL</t>
+  </si>
+  <si>
+    <t>Matériel pour pansement</t>
+  </si>
+  <si>
+    <t>16/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>13/08/2015 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046129/fr/algosteril</t>
+  </si>
+  <si>
+    <t>c_2046129</t>
+  </si>
+  <si>
+    <t>30/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>13/08/2015 15:15:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053084/fr/coalgan</t>
+  </si>
+  <si>
+    <t>c_2053084</t>
+  </si>
+  <si>
+    <t>AXTAIR ONE</t>
+  </si>
+  <si>
+    <t>Support d'aide à la prévention des escarres : surmatelas</t>
+  </si>
+  <si>
+    <t>23/09/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2014 09:43:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766327/fr/axtair-one</t>
+  </si>
+  <si>
+    <t>c_1766327</t>
+  </si>
+  <si>
+    <t>ASKLE SANTE</t>
+  </si>
+  <si>
+    <t>BIATAIN Ag, pansements hydrocellulaires à l'argent</t>
+  </si>
+  <si>
+    <t>15/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2013 16:24:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352322/fr/biatain-ag-pansements-hydrocellulaires-a-l-argent</t>
+  </si>
+  <si>
+    <t>c_1352322</t>
+  </si>
+  <si>
+    <t>COLOPLAST</t>
+  </si>
+  <si>
+    <t>Gamme MEPILEX Ag</t>
+  </si>
+  <si>
+    <t>Mepilex Ag, Mepilex Talon Ag, Mepilex Border Ag, Mepilex Border Sacrum Ag</t>
+  </si>
+  <si>
+    <t>20/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2012 13:03:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336006/fr/gamme-mepilex-ag</t>
+  </si>
+  <si>
+    <t>c_1336006</t>
+  </si>
+  <si>
+    <t>OCTENILIN</t>
+  </si>
+  <si>
+    <t>Gel pour les plaies</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336040/fr/octenilin</t>
+  </si>
+  <si>
+    <t>c_1336040</t>
+  </si>
+  <si>
+    <t>SCHULKE FRANCE SARL / schulke &amp; MAYR GmnH</t>
+  </si>
+  <si>
+    <t>AQUACEL Ag -  25 septembre 2012 (4268) avis</t>
+  </si>
+  <si>
+    <t>25/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2012 13:48:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1258797/fr/aquacel-ag-25-septembre-2012-4268-avis</t>
+  </si>
+  <si>
+    <t>c_1258797</t>
+  </si>
+  <si>
+    <t>Convatec Ltd</t>
+  </si>
+  <si>
+    <t>BAHA - 11 septembre 2012 (4281) avis</t>
+  </si>
+  <si>
+    <t>11/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2012 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1259565/fr/baha-11-septembre-2012-4281-avis</t>
+  </si>
+  <si>
+    <t>c_1259565</t>
+  </si>
+  <si>
+    <t>COCHLEAR France SAS</t>
+  </si>
+  <si>
+    <t>ACTISORB - 11 septembre  2012 (4290) avis</t>
+  </si>
+  <si>
+    <t>17/09/2012 10:35:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1289777/fr/actisorb-11-septembre-2012-4290-avis</t>
+  </si>
+  <si>
+    <t>c_1289777</t>
+  </si>
+  <si>
+    <t>Systagenix Wound Management France</t>
+  </si>
+  <si>
+    <t>ALPHA - 13 décembre 2011 (3999) avis</t>
+  </si>
+  <si>
+    <t>Prothèse auditive par conduction osseuse, à ancrage osseux et à peau fermée ORL – Nouveau dispositif Avis défavorable au remboursement en raison d’un intérêt clinique non établi</t>
+  </si>
+  <si>
+    <t>13/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2012 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146259/fr/alpha-13-decembre-2011-3999-avis</t>
+  </si>
+  <si>
+    <t>c_1146259</t>
+  </si>
+  <si>
+    <t>COLLIN SA (France)</t>
+  </si>
+  <si>
+    <t>ACTISORB AG+  - 13 septembre 2011 (3904) avis</t>
+  </si>
+  <si>
+    <t>Pansement au charbon actif et à l’argent DERMATOLOGIE – Nouveau dispositif Avis défavorable au remboursement en raison d’un intérêt clinique non établi</t>
+  </si>
+  <si>
+    <t>13/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2011 17:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069024/fr/actisorb-ag-13-septembre-2011-3904-avis</t>
+  </si>
+  <si>
+    <t>c_1069024</t>
+  </si>
+  <si>
+    <t>URGOTUL TRIO Ag, CELLOSORB Ag ADHESIVE - 08 mars 2011 (3394 &amp; 3395) avis</t>
+  </si>
+  <si>
+    <t>08/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2011 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024589/fr/urgotul-trio-ag-cellosorb-ag-adhesive-08-mars-2011-3394-3395-avis</t>
+  </si>
+  <si>
+    <t>c_1024589</t>
+  </si>
+  <si>
+    <t>Laboratoires URGO</t>
+  </si>
+  <si>
+    <t>HYLOVIS MULTI - 07 décembre 2010 (3072) avis</t>
+  </si>
+  <si>
+    <t>07/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2011 13:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010209/fr/hylovis-multi-07-decembre-2010-3072-avis</t>
+  </si>
+  <si>
+    <t>c_1010209</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS (France)</t>
+  </si>
+  <si>
+    <t>VISMED MULTI - 07 décembre 2010 (3073) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010213/fr/vismed-multi-07-decembre-2010-3073-avis</t>
+  </si>
+  <si>
+    <t>c_1010213</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA (France)</t>
+  </si>
+  <si>
+    <t>ALLEVYN GENTLE BORDER / ALLEVYN GENTLE BORDER HEEL - CNEDiMTS du 09 février 2010 (2382)</t>
+  </si>
+  <si>
+    <t>09/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2010 12:11:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929242/fr/allevyn-gentle-border-/-allevyn-gentle-border-heel-cnedimts-du-09-fevrier-2010-2382</t>
+  </si>
+  <si>
+    <t>c_929242</t>
+  </si>
+  <si>
+    <t>Smith &amp; Nephew S.A.S.</t>
+  </si>
+  <si>
+    <t>Articles pour pansements - Dossier complet</t>
+  </si>
+  <si>
+    <t>12/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2010 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532035/fr/articles-pour-pansements-dossier-complet</t>
+  </si>
+  <si>
+    <t>c_532035</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>ASKINA CALGITROL AG - CNEDiMTS du 22 décembre 2009 (2282)</t>
+  </si>
+  <si>
+    <t>Pansement en alginate d’argent Dermatologie – Nouveau dispositif Avis défavorable au remboursement en raison d’un intérêt clinique non établi</t>
+  </si>
+  <si>
+    <t>22/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2010 14:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_902402/fr/askina-calgitrol-ag-cnedimts-du-22-decembre-2009-2282</t>
+  </si>
+  <si>
+    <t>c_902402</t>
+  </si>
+  <si>
+    <t>B Braun Medical SAS</t>
+  </si>
+  <si>
+    <t>ZENITH TX2 PROFORM - CNEDiMTS du 22 septembre 2009 (2199)</t>
+  </si>
+  <si>
+    <t>Endoprothèse aortique thoracique Vasculaire - Nouveau dispositif Absence de progrès thérapeutique par rapport à l’endoprothèse ZENITH TX2</t>
+  </si>
+  <si>
+    <t>22/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2009 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864999/fr/zenith-tx2-proform-cnedimts-du-22-septembre-2009-2199</t>
+  </si>
+  <si>
+    <t>c_864999</t>
+  </si>
+  <si>
+    <t>Cook France</t>
+  </si>
+  <si>
+    <t>DUALMESH, DUALMESH PLUS, DUALMESH PLUS PERFORE</t>
+  </si>
+  <si>
+    <t>18/11/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2008 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_733943/fr/dualmesh-dualmesh-plus-dualmesh-plus-perfore</t>
+  </si>
+  <si>
+    <t>c_733943</t>
+  </si>
+  <si>
+    <t>COOK et Associés SARL France</t>
+  </si>
+  <si>
+    <t>SYSTEME EOLE SUPREME P200</t>
+  </si>
+  <si>
+    <t>18/11/2008 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724397/fr/systeme-eole-supreme-p200</t>
+  </si>
+  <si>
+    <t>c_724397</t>
+  </si>
+  <si>
+    <t>Plexus Médical France</t>
+  </si>
+  <si>
+    <t>CELLOSORB Ag, URGOTUL Ag, URGOTUL DUO Ag</t>
+  </si>
+  <si>
+    <t>30/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2008 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699930/fr/cellosorb-ag-urgotul-ag-urgotul-duo-ag</t>
+  </si>
+  <si>
+    <t>c_699930</t>
+  </si>
+  <si>
+    <t>BAHA</t>
+  </si>
+  <si>
+    <t>24/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2008 19:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_674395/fr/baha</t>
+  </si>
+  <si>
+    <t>c_674395</t>
+  </si>
+  <si>
+    <t>Avis général des implants pour traitement de l'incontinence urinaire et des implants de renfort pour traitement du prolapsus des organes pelviens de la femme</t>
+  </si>
+  <si>
+    <t>Implants pour traitement de l'incontinence urinaire et des implants de renfort pour traitement du prolapsus des organes pelviens de la femme</t>
+  </si>
+  <si>
+    <t>11/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 11:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594620/fr/avis-general-des-implants-pour-traitement-de-l-incontinence-urinaire-et-des-implants-de-renfort-pour-traitement-du-prolapsus-des-organes-pelviens-de-la-femme</t>
+  </si>
+  <si>
+    <t>c_594620</t>
+  </si>
+  <si>
+    <t>Ministre</t>
+  </si>
+  <si>
+    <t>HYLOVIS MULTI</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_585978/fr/hylovis-multi</t>
+  </si>
+  <si>
+    <t>c_585978</t>
+  </si>
+  <si>
+    <t>VISMED Multi</t>
+  </si>
+  <si>
+    <t>11/07/2007 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572599/fr/vismed-multi</t>
+  </si>
+  <si>
+    <t>c_572599</t>
+  </si>
+  <si>
+    <t>RELEASE AG</t>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2007 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477928/fr/release-ag</t>
+  </si>
+  <si>
+    <t>c_477928</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson Wound Management - Ethicon SAS</t>
+  </si>
+  <si>
+    <t>CELLOSORB, CELLOSORB NA, CELLOSORB LITE</t>
+  </si>
+  <si>
+    <t>06/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2006 15:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464155/fr/cellosorb-cellosorb-na-cellosorb-lite</t>
+  </si>
+  <si>
+    <t>c_464155</t>
+  </si>
+  <si>
+    <t>URGOTUL</t>
+  </si>
+  <si>
+    <t>06/12/2006 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464199/fr/urgotul</t>
+  </si>
+  <si>
+    <t>c_464199</t>
+  </si>
+  <si>
+    <t>URGOTUL S.Ag</t>
+  </si>
+  <si>
+    <t>06/12/2006 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464206/fr/urgotul-s-ag</t>
+  </si>
+  <si>
+    <t>c_464206</t>
+  </si>
+  <si>
+    <t>TIELLE</t>
+  </si>
+  <si>
+    <t>25/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2006 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455469/fr/tielle</t>
+  </si>
+  <si>
+    <t>c_455469</t>
+  </si>
+  <si>
+    <t>BIATAIN AG</t>
+  </si>
+  <si>
+    <t>11/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2006 18:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451399/fr/biatain-ag</t>
+  </si>
+  <si>
+    <t>c_451399</t>
+  </si>
+  <si>
+    <t>Laboratoires Coloplast</t>
+  </si>
+  <si>
+    <t>ACTISORB AG+</t>
+  </si>
+  <si>
+    <t>28/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2006 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451191/fr/actisorb-ag</t>
+  </si>
+  <si>
+    <t>c_451191</t>
+  </si>
+  <si>
+    <t>ADAPTIC</t>
+  </si>
+  <si>
+    <t>Pansement interface vaseliné</t>
+  </si>
+  <si>
+    <t>31/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2006 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_450443/fr/adaptic</t>
+  </si>
+  <si>
+    <t>c_450443</t>
+  </si>
+  <si>
+    <t>20/02/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398355/fr/algosteril</t>
+  </si>
+  <si>
+    <t>c_398355</t>
+  </si>
+  <si>
+    <t>Laboratoires BROTHIER</t>
+  </si>
+  <si>
+    <t>IALUSET PLUS</t>
+  </si>
+  <si>
+    <t>05/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398460/fr/ialuset-plus</t>
+  </si>
+  <si>
+    <t>c_398460</t>
+  </si>
+  <si>
+    <t>Laboratoires GENEVRIER (France)</t>
+  </si>
+  <si>
+    <t>NOVA T</t>
+  </si>
+  <si>
+    <t>16/07/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398481/fr/nova-t</t>
+  </si>
+  <si>
+    <t>c_398481</t>
+  </si>
+  <si>
+    <t>Schering S.A. (France)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398507/fr/algosteril</t>
+  </si>
+  <si>
+    <t>c_398507</t>
+  </si>
+  <si>
+    <t>NOVA T 380</t>
+  </si>
+  <si>
+    <t>12/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398555/fr/nova-t-380</t>
+  </si>
+  <si>
+    <t>c_398555</t>
+  </si>
+  <si>
+    <t>SCHERING S.A. (France)</t>
+  </si>
+  <si>
+    <t>INTERCEED</t>
+  </si>
+  <si>
+    <t>14/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398570/fr/interceed</t>
+  </si>
+  <si>
+    <t>c_398570</t>
+  </si>
+  <si>
+    <t>ETHICON SARL (France)</t>
+  </si>
+  <si>
+    <t>AQUACEL</t>
+  </si>
+  <si>
+    <t>04/02/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398593/fr/aquacel</t>
+  </si>
+  <si>
+    <t>c_398593</t>
+  </si>
+  <si>
+    <t>Laboratoires CONVATEC (France)</t>
+  </si>
+  <si>
+    <t>ISOSEED I-125</t>
+  </si>
+  <si>
+    <t>18/02/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398595/fr/isoseed-i-125</t>
+  </si>
+  <si>
+    <t>c_398595</t>
+  </si>
+  <si>
+    <t>BEBIG ISOTOPEN- UND MEDIZIN- TECHNIK GmbH (Allemagne)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398601/fr/mepitel</t>
+  </si>
+  <si>
+    <t>c_398601</t>
+  </si>
+  <si>
+    <t>MÖLNLYCKE HEALTH CARE SA (France)</t>
+  </si>
+  <si>
+    <t>ONCOSEED, ECHOSEED, RAPID STRAND</t>
+  </si>
+  <si>
+    <t>28/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398603/fr/oncoseed-echoseed-rapid-strand</t>
+  </si>
+  <si>
+    <t>c_398603</t>
+  </si>
+  <si>
+    <t>AMERSHAM HEALTH (FRANCE)</t>
+  </si>
+  <si>
+    <t>NT 380 (anciennemnt TAG 380)</t>
+  </si>
+  <si>
+    <t>09/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398705/fr/nt-380-anciennemnt-tag-380</t>
+  </si>
+  <si>
+    <t>c_398705</t>
+  </si>
+  <si>
+    <t>7 MED industrie</t>
+  </si>
+  <si>
+    <t>V.A.C. Therapy</t>
+  </si>
+  <si>
+    <t>07/12/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398723/fr/v-a-c-therapy</t>
+  </si>
+  <si>
+    <t>c_398723</t>
+  </si>
+  <si>
+    <t>Equipement Médical KCI Sarl</t>
+  </si>
+  <si>
+    <t>DUALMESH</t>
+  </si>
+  <si>
+    <t>11/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398727/fr/dualmesh</t>
+  </si>
+  <si>
+    <t>c_398727</t>
+  </si>
+  <si>
+    <t>WL Gore et Associés Sarl</t>
+  </si>
+  <si>
+    <t>HYDROFIBER AQUACEL AG</t>
+  </si>
+  <si>
+    <t>17/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398781/fr/hydrofiber-aquacel-ag</t>
+  </si>
+  <si>
+    <t>c_398781</t>
+  </si>
+  <si>
+    <t>Laboratoire CONVATEC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398786/fr/coalgan</t>
+  </si>
+  <si>
+    <t>c_398786</t>
+  </si>
+  <si>
+    <t>BROTHIER</t>
+  </si>
+  <si>
+    <t>MEDISET GRAS / ABSORBANT</t>
+  </si>
+  <si>
+    <t>19/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398788/fr/mediset-gras-/-absorbant</t>
+  </si>
+  <si>
+    <t>c_398788</t>
+  </si>
+  <si>
+    <t>Laboratoires PAUL HARTMANN</t>
+  </si>
+  <si>
+    <t>MONA LISA NT Cu380</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398792/fr/mona-lisa-nt-cu380</t>
+  </si>
+  <si>
+    <t>c_398792</t>
+  </si>
+  <si>
+    <t>MONA LISA NV (Belgique)</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Fibrodysplasie Ossifiante Progressive (FOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de FOP. Il a été élaboré par le Centre de référence des maladies osseuses constitutionnelles (CRMR MOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503200/fr/fibrodysplasie-ossifiante-progressive-fop</t>
+  </si>
+  <si>
+    <t>p_3503200</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Les Kystes de Tarlov : prise en charge diagnostique et thérapeutique. Place du traitement micro-chirurgical</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Kystes de Tarlov. Il a été élaboré par le le centre de référence C-MAVEM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/11/2021 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293086/fr/les-kystes-de-tarlov-prise-en-charge-diagnostique-et-therapeutique-place-du-traitement-micro-chirurgical</t>
+  </si>
+  <si>
+    <t>p_3293086</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Aniridie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'Aniridie. Il a été élaboré par le Centre de référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>10/04/2019 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963463/fr/aniridie</t>
+  </si>
+  <si>
+    <t>c_2963463</t>
+  </si>
+  <si>
+    <t>Patients présentant un trouble neurocognitif associé à la maladie d’Alzheimer ou à une maladie apparentée</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les parcours de soins des patients présentant un trouble neurocognitif (TNC) associé à la maladie d’Alzheimer ou à une maladie apparentée. Il complète différents travaux de la HAS sur ce thème. Ce travail contribue aux mesures et répond aux actions prioritaires du plan national des maladies neurodégénératives (PMND).</t>
+  </si>
+  <si>
+    <t>22/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2018 10:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906096/fr/patients-presentant-un-trouble-neurocognitif-associe-a-la-maladie-d-alzheimer-ou-a-une-maladie-apparentee</t>
+  </si>
+  <si>
+    <t>c_2906096</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins insuffisance cardiaque</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une insuffisance cardiaque. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d'une synthèse focalisée sur les points critiques de la prise en charge et d'un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>11/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2014 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242988/fr/guide-parcours-de-soins-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>c_1242988</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Prader-Willi</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins des patients atteints du Syndrome de Prader-Willi.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2012 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216145/fr/ald-hors-liste-syndrome-de-prader-willi</t>
+  </si>
+  <si>
+    <t>c_1216145</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2011 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035501/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_1035501</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035498/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_1035498</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 mai 2025</t>
+  </si>
+  <si>
+    <t>22/07/2025 18:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636696/fr/college-deliberatif-du-7-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3636696</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 12 juin 2025</t>
+  </si>
+  <si>
+    <t>16/07/2025 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636374/fr/college-deliberatif-du-12-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3636374</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du mardi 3 décembre 2024</t>
+  </si>
+  <si>
+    <t>24/10/2024 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552672/fr/csms-reunion-du-mardi-3-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3552672</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Regarder le replay – Maltraitance intrafamiliale sur personne majeure : repérer, évaluer, accompagner</t>
+  </si>
+  <si>
+    <t>Regarder le replay du webinaire "Maltraitance intrafamiliale sur personne majeure : repérer, évaluer, accompagner".</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588702/fr/regarder-le-replay-maltraitance-intrafamiliale-sur-personne-majeure-reperer-evaluer-accompagner</t>
+  </si>
+  <si>
+    <t>p_3588702</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Regarder le replay - Colloque HAS « Santé, l'innovation au service des personnes »</t>
+  </si>
+  <si>
+    <t>02/12/2024 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517592/fr/regarder-le-replay-colloque-has-sante-l-innovation-au-service-des-personnes</t>
+  </si>
+  <si>
+    <t>p_3517592</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 19 mars 2024</t>
+  </si>
+  <si>
+    <t>Ordre du jour et compte-rendu de la réunion du mardi 19 mars 2024 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé.</t>
+  </si>
+  <si>
+    <t>29/02/2024 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498385/fr/conseil-pour-l-engagement-des-usagers-reunion-du-19-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3498385</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 3 février 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 11:51:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494583/fr/college-deliberatif-du-3-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3494583</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 13 octobre 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494800/fr/college-deliberatif-du-13-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3494800</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 24 novembre 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494825/fr/college-deliberatif-du-24-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494825</t>
+  </si>
+  <si>
+    <t>Renforcer l'information dévolue aux associations en vue d'améliorer la contribution des associations d'usagers aux évaluations des produits de santé</t>
+  </si>
+  <si>
+    <t>Ordre du jour et compte-rendu de la réunion « Renforcer l’information dévolue aux associations en vue d’améliorer la contribution des associations d’usagers aux évaluations des produits de santé » - Comité d'interface et de suivi de la feuille de route "Renforcer l’engagement des usagers dans l’évaluation des technologies de santé à la HAS"</t>
+  </si>
+  <si>
+    <t>14/11/2023 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472840/fr/renforcer-l-information-devolue-aux-associations-en-vue-d-ameliorer-la-contribution-des-associations-d-usagers-aux-evaluations-des-produits-de-sante</t>
+  </si>
+  <si>
+    <t>p_3472840</t>
+  </si>
+  <si>
+    <t>???</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 29  novembre 2022</t>
+  </si>
+  <si>
+    <t>22/09/2022 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367767/fr/csms-reunion-du-29-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3367767</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 7 mars 2023</t>
+  </si>
+  <si>
+    <t>01/03/2023 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418516/fr/cnedimts-du-7-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3418516</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 1er février 2022</t>
+  </si>
+  <si>
+    <t>31/01/2022 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312878/fr/cnedimts-du-1er-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3312878</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 5 octobre  2021</t>
+  </si>
+  <si>
+    <t>02/11/2021 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296301/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3296301</t>
+  </si>
+  <si>
+    <t>17/09/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286847/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3286847</t>
+  </si>
+  <si>
+    <t>Regarder en replay le colloque HAS « L’expertise scientifique face aux crises : refonte ou ajustements ? »</t>
+  </si>
+  <si>
+    <t>Le colloque HAS et en ligne La HAS a organisé le colloque sur « L’expertise scientifique face aux crises : refonte ou ajustements ? » le lundi 15 novembre 2021 The HAS conference and online The HAS organized the conference "Scientific expertise in the face of crises: overhaul or adjustments? » on Monday, November 15th</t>
+  </si>
+  <si>
+    <t>22/07/2021 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279217/fr/regarder-en-replay-le-colloque-has-l-expertise-scientifique-face-aux-crises-refonte-ou-ajustements</t>
+  </si>
+  <si>
+    <t>p_3279217</t>
+  </si>
+  <si>
+    <t>Regarder en replay - Webinaire "Enfants en danger ou risque de danger : comment utiliser le guide d’évaluation ?</t>
+  </si>
+  <si>
+    <t>Consultez le replay, le support de présentation et la foire aux questions du webinaire "Enfants en danger ou risque de danger : comment utiliser le guide d’évaluation ?" du jeudi 11 mars 2021.</t>
+  </si>
+  <si>
+    <t>11/02/2021 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237161/fr/regarder-en-replay-webinaire-enfants-en-danger-ou-risque-de-danger-comment-utiliser-le-guide-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3237161</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 15 décembre 2020</t>
+  </si>
+  <si>
+    <t>14/12/2020 08:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223645/fr/cnedimts-du-15-decembre-2020</t>
+  </si>
+  <si>
+    <t>p_3223645</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du  3 novembre 2020</t>
+  </si>
+  <si>
+    <t>29/10/2020 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214767/fr/cnedimts-du-3-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3214767</t>
+  </si>
+  <si>
+    <t>Réunion du 20 octobre 2020</t>
+  </si>
+  <si>
+    <t>19/10/2020 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213262/fr/reunion-du-20-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3213262</t>
+  </si>
+  <si>
+    <t>Réunion du 6 octobre 2020</t>
+  </si>
+  <si>
+    <t>02/10/2020 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211062/fr/reunion-du-6-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3211062</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 septembre 2020</t>
+  </si>
+  <si>
+    <t>01/10/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210161/fr/ceesp-reunion-du-15-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3210161</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 1er Septembre 2020</t>
+  </si>
+  <si>
+    <t>28/08/2020 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199654/fr/cnedimts-reunion-du-1er-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199654</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 10 mars 2020</t>
+  </si>
+  <si>
+    <t>05/05/2020 17:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182703/fr/ceesp-reunion-du-10-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3182703</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 17 septembre 2019</t>
+  </si>
+  <si>
+    <t>09/10/2019 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112132/fr/csms-reunion-du-17-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3112132</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 31 mars 2020</t>
+  </si>
+  <si>
+    <t>08/04/2020 11:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178215/fr/csms-reunion-du-31-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3178215</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 04 juin 2019</t>
+  </si>
+  <si>
+    <t>28/05/2019 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971564/fr/cnedimts-reunion-du-04-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2971564</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 09 avril 2019</t>
+  </si>
+  <si>
+    <t>03/04/2019 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2955979/fr/cnedimts-reunion-du-09-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2955979</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 26 février 2019</t>
+  </si>
+  <si>
+    <t>22/02/2019 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904998/fr/cnedimts-reunion-du-26-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2904998</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 janvier 2019</t>
+  </si>
+  <si>
+    <t>07/02/2019 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903195/fr/ceesp-reunion-du-15-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2903195</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 22 novembre 2016</t>
+  </si>
+  <si>
+    <t>16/11/2016 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2723030/fr/cnedimts-reunion-du-22-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2723030</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 20 septembre 2016</t>
+  </si>
+  <si>
+    <t>15/09/2016 08:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666708/fr/cnedimts-reunion-du-20-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2666708</t>
+  </si>
+  <si>
+    <t>Colloque HAS Contribuer à la régulation par la qualité et l'efficience - Paris - 1er octobre 2015</t>
+  </si>
+  <si>
+    <t>La HAS a organisé à l'occasion de ses 10 ans un Colloque le Jeudi 1er octobre 2015 à Paris. Retrouvez les vidéos et les diaporamas des sessions.</t>
+  </si>
+  <si>
+    <t>23/07/2015 13:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048005/fr/colloque-has-contribuer-a-la-regulation-par-la-qualite-et-l-efficience-paris-1er-octobre-2015</t>
+  </si>
+  <si>
+    <t>c_2048005</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 6 mai 2014</t>
+  </si>
+  <si>
+    <t>13/05/2014 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739832/fr/cnedimts-reunion-du-6-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1739832</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 25 février 2014</t>
+  </si>
+  <si>
+    <t>26/02/2014 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725868/fr/cnedimts-reunion-du-25-fevrier-2014</t>
+  </si>
+  <si>
+    <t>c_1725868</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 15 Janvier 2013</t>
+  </si>
+  <si>
+    <t>20/08/2013 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1353673/fr/cnedimts-reunion-du-15-janvier-2013</t>
+  </si>
+  <si>
+    <t>c_1353673</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 25 Septembre 2012</t>
+  </si>
+  <si>
+    <t>07/01/2013 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1316451/fr/cnedimts-reunion-du-25-septembre-2012</t>
+  </si>
+  <si>
+    <t>c_1316451</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 09 Octobre 2012</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1318882/fr/cnedimts-reunion-du-09-octobre-2012</t>
+  </si>
+  <si>
+    <t>c_1318882</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 06 Novembre 2012</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332108/fr/cnedimts-reunion-du-06-novembre-2012</t>
+  </si>
+  <si>
+    <t>c_1332108</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 20 Novembre 2012</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335115/fr/cnedimts-reunion-du-20-novembre-2012</t>
+  </si>
+  <si>
+    <t>c_1335115</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Commission du 12 juin 2012</t>
+  </si>
+  <si>
+    <t>26/09/2012 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1294600/fr/cnedimts-commission-du-12-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1294600</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>IQSS - e-Satis PSY : Mesure de l’expérience rapportée par les patients hospitalisés à temps plein en psychiatrie adulte</t>
+  </si>
+  <si>
+    <t>Présentation du thème e-Satis PSY : objectif, public concerné, questionnaire, calcul, classement, résultats des mesures nationales.</t>
+  </si>
+  <si>
+    <t>11/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2025 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609631/fr/iqss-e-satis-psy-mesure-de-l-experience-rapportee-par-les-patients-hospitalises-a-temps-plein-en-psychiatrie-adulte</t>
+  </si>
+  <si>
+    <t>p_3609631</t>
+  </si>
+  <si>
+    <t>Point de vue des personnes accompagnées par les ESSMS</t>
+  </si>
+  <si>
+    <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2025 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
+  </si>
+  <si>
+    <t>p_3606889</t>
+  </si>
+  <si>
+    <t>Développement de la mesure de l’expérience rapportée par les patients hospitalisés à temps plein en psychiatrie adulte (e-Satis PSY)</t>
+  </si>
+  <si>
+    <t>La HAS développe un indicateur de mesure de l’expérience rapportée par les patients adultes hospitalisés à temps plein en psychiatrie. Il est important et légitime pour les patients en psychiatrie, comme pour ceux pris en charge dans les autres champs de la santé, d’exprimer leur point de vue sur la qualité des soins au moyen d’un questionnaire qui permet de compléter la gamme des indicateurs de qualité et de sécurité des soins disponibles dans le champ de la psychiatrie.</t>
+  </si>
+  <si>
+    <t>29/04/2024 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445075/fr/developpement-de-la-mesure-de-l-experience-rapportee-par-les-patients-hospitalises-a-temps-plein-en-psychiatrie-adulte-e-satis-psy</t>
+  </si>
+  <si>
+    <t>p_3445075</t>
+  </si>
+  <si>
+    <t>IQSS - Développement d’un outil d’analyse des verbatim de patients issus d’e-Satis</t>
+  </si>
+  <si>
+    <t>La HAS débute un projet de développement d’un nouvel outil pour l'analyse des verbatim de patients issus des enquêtes nationales e-Satis. Il sera mis à disposition de tous les établissements de santé participant au dispositif national e-Satis afin qu’ils puissent analyser les commentaires libres de leurs patients. La note de cadrage de ce nouveau projet est diffusée sur le site de la HAS.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2023 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390248/fr/iqss-developpement-d-un-outil-d-analyse-des-verbatim-de-patients-issus-d-e-satis</t>
+  </si>
+  <si>
+    <t>p_3390248</t>
+  </si>
+  <si>
+    <t>L'expertise publique en santé en situation de crise - Rapport d'analyse prospective 2022</t>
+  </si>
+  <si>
+    <t>La HAS analyse la manière dont l’expertise publique en santé a été mobilisée et produite au cours de la pandémie de Covid-19 tout en tirant des enseignements et des axes d’amélioration pour l’avenir.</t>
+  </si>
+  <si>
+    <t>20/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410771/fr/l-expertise-publique-en-sante-en-situation-de-crise-rapport-d-analyse-prospective-2022</t>
+  </si>
+  <si>
+    <t>p_3410771</t>
+  </si>
+  <si>
+    <t>Interactions des professionnels de santé avec les représentants de l’industrie</t>
+  </si>
+  <si>
+    <t>Promotion par démarchage (visite médicale) : la HAS fournit une revue systématique de la littérature publiée entre 01/2004 et 12/2018, dans le monde et en France sur l'exposition des professionnels et des étudiants à cette forme de publicité, son influence, sa qualité, et l'efficacité des moyens mis en oeuvre pour en limiter les effets non souhaités. 2.14.0.0</t>
+  </si>
+  <si>
+    <t>08/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2023 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395221/fr/interactions-des-professionnels-de-sante-avec-les-representants-de-l-industrie</t>
+  </si>
+  <si>
+    <t>p_3395221</t>
+  </si>
+  <si>
+    <t>Analyse nationale des commentaires des patients recueillis dans le cadre du dispositif e-Satis</t>
+  </si>
+  <si>
+    <t>Dans le cadre du dispositif national e-satis (+48h MCO et MCOCA), la HAS a mené une analyse de l’ensemble des commentaires de patients recueillis de 2016 à 2020. Un rapport national de résultats identifie les thématiques le plus souvent évoquées dans le verbatim de patients.</t>
+  </si>
+  <si>
+    <t>30/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2022 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3365011/fr/analyse-nationale-des-commentaires-des-patients-recueillis-dans-le-cadre-du-dispositif-e-satis</t>
+  </si>
+  <si>
+    <t>p_3365011</t>
+  </si>
+  <si>
+    <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
+  </si>
+  <si>
+    <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+  </si>
+  <si>
+    <t>p_3223570</t>
+  </si>
+  <si>
+    <t>Étude relative à la participation des usagers au fonctionnement des ESSMS</t>
+  </si>
+  <si>
+    <t>Menée auprès de 33 structures cette étude qualitative a eu pour objectifs de dresser un état des lieux sur la mise en place des modalités de participation au fonctionnement des ESSMS et d’identifier les points positifs et les axes d’amélioration des différentes formes de participation mises en place. L’enquête détaille les pratiques professionnelles développées au sein des structures pour permettre la participation. Elle analyse le regard des professionnels et des usagers, qu’ils soient impliqués directement ou non dans les dispositifs de participation collectifs mis en œuvre.</t>
+  </si>
+  <si>
+    <t>01/09/2014 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838280/fr/etude-relative-a-la-participation-des-usagers-au-fonctionnement-des-essms</t>
+  </si>
+  <si>
+    <t>c_2838280</t>
+  </si>
+  <si>
+    <t>Critères de qualité des revues et journaux de la presse médicale française</t>
+  </si>
+  <si>
+    <t>Dans le cadre de son rôle d'information des professionnels de santé, la HAS a initié une démarche de réflexion sur la qualité de la presse médicale française, reposant sur l'identification de bonnes pratiques et de critères qualité. Trois axes de qualité ont été retenus porant sur la transparence, l'indépendance et l'éthique éditoriale. Les bonnes pratiques et critères de qualité qui en découlent sont utilisables : par les éditeurs et les rédacteurs : la démarche qualité peut se décliner dans le temps, en définissant des objectifs prioritaires pour chaque titre, en fonction de sa situation ; par exemple les revues de formation et de recherche peuvent prendre connaissance des recommandations ICMJE et COPE pour mettre en oeuvre leurs principes ; par les lecteurs qui peuvent élaborer une grille de lecture de qualité d'un titre.</t>
+  </si>
+  <si>
+    <t>30/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>30/05/2013 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1018620/fr/criteres-de-qualite-des-revues-et-journaux-de-la-presse-medicale-francaise</t>
+  </si>
+  <si>
+    <t>c_1018620</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Accompagner dès le premier recours pour diminuer le risque alcool des femmes</t>
+  </si>
+  <si>
+    <t>26/02/2025 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592850/fr/accompagner-des-le-premier-recours-pour-diminuer-le-risque-alcool-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3592850</t>
+  </si>
+  <si>
+    <t>Agir en premier recours pour diminuer le risque alcool – Repérer tous les usages et accompagner chaque personne</t>
+  </si>
+  <si>
+    <t>L’alcool est un sujet de santé pour tous. Le professionnel de premier recours est un acteur privilégié pour toucher l’ensemble de la population et accompagner chaque personne au plus près de sa réalité de vie et de ses usages d’alcool. La HAS a élaboré plusieurs documents pour aider les professionnels et tous les acteurs qui contribuent à la santé à agir dès le premier recours via une repérage systématique, précoce et régulier de tous les usages et un accompagnement de chaque personne quelle que soit sa situation en s’appuyant sur un réseau de partenaires.</t>
+  </si>
+  <si>
+    <t>26/10/2023 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326877/fr/agir-en-premier-recours-pour-diminuer-le-risque-alcool-reperer-tous-les-usages-et-accompagner-chaque-personne</t>
+  </si>
+  <si>
+    <t>p_3326877</t>
+  </si>
+  <si>
+    <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Sondage urinaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447551/fr/sondage-urinaire</t>
+  </si>
+  <si>
+    <t>c_447551</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire – Actualisation des recommandations de santé publique - note de cadrage</t>
+  </si>
+  <si>
+    <t>La note de cadrage décrit le périmètre et la méthodologie du projet d’actualisation par la HAS de la recommandation de 2010 sur la prévention de la carie dentaire. Ce travail, inscrit dans le cadre du programme « Génération sans caries », vise à renforcer et actualiser les stratégies de prévention bucco-dentaire en France.</t>
+  </si>
+  <si>
+    <t>11/02/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737852/fr/strategies-de-prevention-de-la-carie-dentaire-actualisation-des-recommandations-de-sante-publique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3737852</t>
+  </si>
+  <si>
+    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
-    <t>07/10/2024 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+    <t>10/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
-    <t>Evaluation of human papillomavirus (HPV) tests for primary screening of precancerous and cancerous lesions of the cervix and the role of p16/Ki67 dual immunostaining</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
+    <t>Évaluation de la recherche des papillomavirus humains (HPV) en dépistage primaire des lésions précancéreuses et cancéreuses du col de l’utérus et de la place du double immuno-marquage p16/Ki67</t>
+  </si>
+  <si>
+    <t>Depuis l’arrêté du 4 mai 2018, le dépistage du cancer du col de l’utérus s’appuie sur un programme national de dépistage organisé (PNDO). Au regard de l’évolution du contexte de dépistage du CCU en France et de la disponibilité de nouvelles données scientifiques, la Direction Générale de la Santé a souhaité que la HAS évalue la place du test HPV ainsi que le recours au double immuno-marquage p16/Ki67 dans la stratégie de dépistage primaire des lésions précancéreuses et cancéreuses du CCU.</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806160/fr/evaluation-de-la-recherche-des-papillomavirus-humains-hpv-en-depistage-primaire-des-lesions-precancereuses-et-cancereuses-du-col-de-l-uterus-et-de-la-place-du-double-immuno-marquage-p16/ki67</t>
   </si>
   <si>
     <t>c_2806160</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3289276/en/improving-health-and-social-care-for-people-experiencing-homelessness-and-living-with-mental-health-disorders</t>
+    <t>La médiation en santé pour les personnes éloignées des systèmes de prévention et de soins</t>
+  </si>
+  <si>
+    <t>L’objectif de ce référentiel est de préciser le cadre d’intervention de la médiation en santé afin d’en permettre une meilleure appropriation par les publics et les partenaires, et de faciliter l’ancrage de la médiation en santé dans les territoires et dans le système de santé.</t>
+  </si>
+  <si>
+    <t>19/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>26/10/2017 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801497/fr/la-mediation-en-sante-pour-les-personnes-eloignees-des-systemes-de-prevention-et-de-soins</t>
+  </si>
+  <si>
+    <t>c_2801497</t>
+  </si>
+  <si>
+    <t>Place des tests ADN libre circulant dans le sang maternel dans le dépistage de la trisomie 21 foetale</t>
+  </si>
+  <si>
+    <t>L’objectif est d’actualiser les recommandations concernant le dépistage de la trisomie 21 (T21) fœtale en France en tenant compte de la disponibilité des tests ADN libre circulant dans le sang maternel de la trisomie 21 (ADNlcT21). Ces recommandations définissent la place des tests ADNlcT21 dans la procédure de dépistage de la T21 fœtale et s’adressent à la population de femmes enceintes monofœtales dans sa globalité.</t>
+  </si>
+  <si>
+    <t>26/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2017 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2768510/fr/place-des-tests-adn-libre-circulant-dans-le-sang-maternel-dans-le-depistage-de-la-trisomie-21-foetale</t>
+  </si>
+  <si>
+    <t>c_2768510</t>
+  </si>
+  <si>
+    <t>Dépistage du tabagisme et prévention des maladies liées au tabac</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage du tabagisme et la prévention des maladies liées au tabac à partir des données de la littérature issues principalement des recommandations françaises.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2016 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635050/fr/depistage-du-tabagisme-et-prevention-des-maladies-liees-au-tabac</t>
+  </si>
+  <si>
+    <t>c_2635050</t>
+  </si>
+  <si>
+    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
+  </si>
+  <si>
+    <t>Un état des lieux des connaissances sur la situation sanitaire des personnes en situation de prostitution et sur les facteurs de vulnérabilité sanitaire de ces personnes. Ce travail s’inscrit dans le cadre d’éventuelles modifications réglementaires futures, susceptibles d’avoir un impact sur la santé des personnes en situation de prostitution, et ont pour vocation de servir de socle de connaissances à une politique de réduction des risques.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
+  </si>
+  <si>
+    <t>c_2615057</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Dépistage de la rétinopathie diabétique par lecture différée de photographies du fond d’œil</t>
+  </si>
+  <si>
+    <t>L’objectif du dépistage de la rétinopathie diabétique est de prévenir la déficience visuelle due à la rétinopathie, par l’identification précoce de la maladie et la mise en place d’une intervention adaptée. Tous les diabétiques ne bénéficient pas d’un suivi ophtalmologique annuel tel que recommandé. L’objectif général de ces recommandations en santé publique est d’améliorer le dépistage de la rétinopathie, en précisant les populations à dépister et les rythmes d’examen du fond d’œil des diabétiques, et en évaluant quels peuvent être l’intérêt et les conditions de réalisation d’un dépistage par lecture différée par l’ophtalmologiste de photographies du fond d’œil.</t>
+  </si>
+  <si>
+    <t>01/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028305/fr/depistage-de-la-retinopathie-diabetique-par-lecture-differee-de-photographies-du-fond-d-oeil</t>
+  </si>
+  <si>
+    <t>c_1028305</t>
+  </si>
+  <si>
+    <t>Le Recours à l'hôpital en Europe</t>
+  </si>
+  <si>
+    <t>Ce rapport s’intègre dans une réflexion plus large sur le recours à l’hôpital en France, et la prévention des hospitalisations injustifiées. Dans ce travail, il s’est agi de fournir un cadrage général, en situant d’un point de vue organisationnel la place qu’occupe l’hôpital dans les systèmes de santé européens.</t>
+  </si>
+  <si>
+    <t>30/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_766081/fr/le-recours-a-l-hopital-en-europe</t>
+  </si>
+  <si>
+    <t>c_766081</t>
+  </si>
+  <si>
+    <t>Délégation, transfert, nouveaux métiers… Comment favoriser les formes nouvelles de coopération entre professionnels de santé</t>
+  </si>
+  <si>
+    <t>Cette recommandation traite des nouvelles formes de coopérations entre professionnels de santé, définies comme une nouvelle répartition de tâches existantes ou la répartition de nouvelles tâches entre professionnels de santé. Leur objectif est d’améliorer la qualité de la prise en charge des patients.</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2008 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_497724/fr/delegation-transfert-nouveaux-metiers-comment-favoriser-les-formes-nouvelles-de-cooperation-entre-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_497724</t>
+  </si>
+  <si>
+    <t>La participation des patients aux dépenses de santé dans cinq pays européens</t>
+  </si>
+  <si>
+    <t>Ce rapport propose une analyse des mécanismes de participation financière aux dépenses de santé des patients dans cinq pays européens : l’Allemagne, la Belgique, les Pays-Bas, la Suède et la Suisse. L’organisation générale du système de santé est très différente selon les pays : des systèmes largement bismarckiens en Allemagne et en Belgique ; des systèmes dans lesquels tout ou partie de l’assurance maladie obligatoire est gérée par des assureurs privés aux Pays-Bas et en Suisse ; un système national de santé décentralisé en Suède. De plus, les sources de financement des dépenses de santé sont aussi relativement différentes selon les pays. Ces cinq systèmes ont toutefois pour point commun d’offrir à la population un accès relativement large aux soins et aux produits de santé : le « panier de soins » est comparable dans ces pays. Les différences observées en termes de répartition des dépenses entre acteurs ne traduisent donc pas un désengagement du secteur public (au sens large) pour certains types de biens et services mais des différences en termes de participation financière des patients.</t>
+  </si>
+  <si>
+    <t>09/10/2007 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_595221/fr/la-participation-des-patients-aux-depenses-de-sante-dans-cinq-pays-europeens</t>
+  </si>
+  <si>
+    <t>c_595221</t>
+  </si>
+  <si>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Stratégies thérapeutiques d'aide au sevrage tabagique : efficacité, efficience et prise en charge financière</t>
+  </si>
+  <si>
+    <t>Les bénéfices de l'arrêt du tabac ont été clairement démontrés en termes de mortalité comme de morbidité. Parce que le tabagisme est un comportement renforcé par une dépendance, dont la nicotine est principalement responsable, seule une minorité de fumeurs parvient à une abstinence permanente dès la première tentative d'arrêt. Une aide au sevrage tabagique s'avère dès lors indispensable afin d'accompagner le fumeur dans sa tentative d'arrêt. A la demande de M. le Ministre de la Santé et des Solidarités, la Haute Autorité de Santé a évalué dans le cadre de ce rapport : L'efficacité et l'efficience de l'ensemble des thérapeutiques disponibles dans l'aide au sevrage tabagique et la stratégie thérapeutique recommandée; L'impact attendu du remboursement de ces traitements sur l'accès au sevrage et les résultats de celui-ci, notamment dans les populations les plus à risque; La thérapeutique à privilégier et les populations à cibler en priorité dans le cas où une prise en charge serait envisagée. Ce document a été élaboré à partir d'une synthèse des recommandations de pratique clinique existantes et d'une revue de la littérature non exhaustive.</t>
+  </si>
+  <si>
+    <t>18/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2007 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477515/fr/strategies-therapeutiques-d-aide-au-sevrage-tabagique-efficacite-efficience-et-prise-en-charge-financiere</t>
+  </si>
+  <si>
+    <t>c_477515</t>
+  </si>
+  <si>
+    <t>Place de la mammographie numérique dans le dépistage organisé du cancer du sein</t>
+  </si>
+  <si>
+    <t>Le présent rapport établit dans un premier temps si les systèmes de mammographie numérique peuvent être autorisés dans le cadre précis du dépistage organisé, sur des critères d’efficacité et de sécurité pour les femmes dépistées. Dans un deuxième temps, le rapport évalue la faisabilité de différents scenarii d’introduction de la mammographie numérique dans le dépistage organisé français, sur des critères techniques, organisationnels et économiques.</t>
+  </si>
+  <si>
+    <t>02/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2006 10:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461657/fr/place-de-la-mammographie-numerique-dans-le-depistage-organise-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_461657</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 1</t>
+  </si>
+  <si>
+    <t>05/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2022 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237847/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-1</t>
+  </si>
+  <si>
+    <t>p_3237847</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Chlamydia trachomatis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604614/fr/traitement-curatif-des-personnes-infectees-par-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>p_3604614</t>
+  </si>
+  <si>
+    <t>Accompagner la personne nécessitant une mesure de protection juridique</t>
+  </si>
+  <si>
+    <t>03/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2025 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343657/fr/accompagner-la-personne-necessitant-une-mesure-de-protection-juridique</t>
+  </si>
+  <si>
+    <t>p_3343657</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Améliorer la prise en charge à la sortie des dispositifs de protection de l’enfance : l'accompagnement vers l'autonomie</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles (RBPP), relatives à l’amélioration de la prise en charge des personnes accompagnées à leur sortie des dispositifs de protection de l’enfance, s’inscrivent dans un programme en deux volets. Le premier volet, publié en 2021, vise à améliorer la prise en charge des enfants à la sortie des dispositifs de protection de l’enfance, dans le cadre d’un retour en famille. Ce second volet s’attache à la sortie des dispositifs de protection de l’enfance des adolescents atteignant la majorité et des jeunes majeurs, ainsi que des mineurs émancipés de plus de 16 ans.</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2024 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352139/fr/ameliorer-la-prise-en-charge-a-la-sortie-des-dispositifs-de-protection-de-l-enfance-l-accompagnement-vers-l-autonomie</t>
+  </si>
+  <si>
+    <t>p_3352139</t>
+  </si>
+  <si>
+    <t>Grande Précarité et troubles psychiques - Intervenir auprès des personnes en situation de grande précarité présentant des troubles psychiques</t>
+  </si>
+  <si>
+    <t>Les personnes en situation de grande précarité présentant des troubles psychiques cumulent les difficultés et rencontrent de multiples obstacles pour accéder aux soins et aux dispositifs sociaux qui existent au niveau local et national. La Haute Autorité de santé met à disposition des professionnels des secteurs du sanitaire, social et médico-social, des recommandations de bonnes pratiques qui proposent des repères et une démarche commune afin d’améliorer les soins et l’accompagnement des personnes concernées.</t>
+  </si>
+  <si>
+    <t>30/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/fr/grande-precarite-et-troubles-psychiques-intervenir-aupres-des-personnes-en-situation-de-grande-precarite-presentant-des-troubles-psychiques</t>
   </si>
   <si>
     <t>p_3289276</t>
   </si>
   <si>
-    <t>Foot problems in the elderly: podiatric assessment and management</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
+  </si>
+  <si>
+    <t>05/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>p_3262788</t>
+  </si>
+  <si>
+    <t>Prévention des addictions et réduction des risques et des dommages (RdRD) dans les établissements et services sociaux et médico-sociaux (ESSMS)</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent à l’ensemble des professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’à leurs partenaires, en particulier les acteurs de l’addictologie, ainsi qu’aux personnes accompagnées et à leur entourage.</t>
+  </si>
+  <si>
+    <t>29/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2023 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218478/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-rdrd-dans-les-etablissements-et-services-sociaux-et-medico-sociaux-essms</t>
+  </si>
+  <si>
+    <t>p_3218478</t>
+  </si>
+  <si>
+    <t>Repérage des femmes victimes de violences au sein du couple</t>
+  </si>
+  <si>
+    <t>La recommandation « Repérage des femmes victimes de violences au sein du couple » a pour objectifs de renforcer l’implication des professionnels de santé dans la lutte contre les violences faites aux femmes, de favoriser le repérage des femmes victimes de violences au sein du couple et de faciliter la coordination entre les professionnels concernés.</t>
+  </si>
+  <si>
+    <t>10/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2022 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104867/fr/reperage-des-femmes-victimes-de-violences-au-sein-du-couple</t>
+  </si>
+  <si>
+    <t>p_3104867</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Améliorer l’accompagnement des enfants à la sortie des dispositifs de protection de l’enfance : le retour en famille</t>
+  </si>
+  <si>
+    <t>Les mesures de protection de l’enfance sont par nature temporaires. Si les conditions de sécurité et de développement de l’enfant sont réunies, la décision d’un retour de l’enfant au domicile des parents s’impose. La HAS propose aux professionnels une démarche méthodologique et pratique pour accompagner le retour en famille des enfants.</t>
+  </si>
+  <si>
+    <t>22/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2021 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3082358/fr/ameliorer-l-accompagnement-des-enfants-a-la-sortie-des-dispositifs-de-protection-de-l-enfance-le-retour-en-famille</t>
+  </si>
+  <si>
+    <t>p_3082358</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Role and management of tracheostomy in the care of ventilator-dependent patients with slowly progressive neuromuscular diseases</t>
+    <t>Place et gestion de la trachéotomie dans la prise en charge de la dépendance ventilatoire des patients atteints de maladies neuromusculaires lentement évolutives</t>
   </si>
   <si>
     <t>Objectifs Il s’agit d’aider la prise de décision dans le choix des soins, améliorer et harmoniser les pratiques. La finalité est d’améliorer la prise en charge des patients, et donc la qualité et la sécurité des soins qui leur sont apportés, ainsi que leur qualité de vie</t>
   </si>
   <si>
-    <t>11/05/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3217806/en/role-and-management-of-tracheostomy-in-the-care-of-ventilator-dependent-patients-with-slowly-progressive-neuromuscular-diseases</t>
+    <t>05/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2020 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217806/fr/place-et-gestion-de-la-tracheotomie-dans-la-prise-en-charge-de-la-dependance-ventilatoire-des-patients-atteints-de-maladies-neuromusculaires-lentement-evolutives</t>
   </si>
   <si>
     <t>p_3217806</t>
   </si>
   <si>
-    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
+    <t>L’accompagnement de la personne polyhandicapée dans sa spécificité</t>
+  </si>
+  <si>
+    <t>Les recommandations sur l’accompagnement de la personne polyhandicapée (enfants et adultes) à domicile ou en établissement s’adressent à tous les professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’aux aidants (parents, fratrie…). L'objectif est de les aider dans un accompagnement personnalisé et centré sur les capacités de la personne tout au long de son parcours de vie.</t>
+  </si>
+  <si>
+    <t>13/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215404/fr/l-accompagnement-de-la-personne-polyhandicapee-dans-sa-specificite</t>
+  </si>
+  <si>
+    <t>p_3215404</t>
+  </si>
+  <si>
+    <t>Prévention des addictions et réduction des risques et des dommages par les centres de soins, d'accompagnement et de prévention en addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>Les recommandations sont à destination principale des professionnels travaillant en CSAPA mais peuvent également être utiles à leurs partenaires (acteurs des champs sanitaire, social, médico-social, de la justice et de l'éducation) ainsi qu'aux personnes accueillies en CSAPA et à leur entourage.</t>
+  </si>
+  <si>
+    <t>17/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147889/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-par-les-centres-de-soins-d-accompagnement-et-de-prevention-en-addictologie-csapa</t>
+  </si>
+  <si>
+    <t>p_3147889</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Santé et maintien en emploi : prévention de la désinsertion professionnelle des travailleurs</t>
+  </si>
+  <si>
+    <t>Le périmètre de ces recommandations est circonscrit à la stratégie à mettre en œuvre à une échelle individuelle, dès lors qu’un risque de désinsertion professionnelle est identifié ou pressenti du fait d’une altération de la santé du travailleur.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2019 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903507/fr/sante-et-maintien-en-emploi-prevention-de-la-desinsertion-professionnelle-des-travailleurs</t>
+  </si>
+  <si>
+    <t>c_2903507</t>
+  </si>
+  <si>
+    <t>La prévention de la violence entre les mineurs adolescents au sein des établissements d’accueil</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’accentuer encore l’individualisation de l’accompagnement et de systématiser l’analyse des cas de passages à l’acte pour mieux protéger les adolescents et soutenir les professionnels.</t>
+  </si>
+  <si>
+    <t>31/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2019 13:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903292/fr/la-prevention-de-la-violence-entre-les-mineurs-adolescents-au-sein-des-etablissements-d-accueil</t>
+  </si>
+  <si>
+    <t>c_2903292</t>
+  </si>
+  <si>
+    <t>Qualité de vie en résidences autonomie</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles portent sur les enjeux de prévention et d’amélioration de la qualité de vie en résidences autonomie. Les enjeux liés à la prévention sont en effet un axe fort de la Loi de modernisation de notre système de santé (loi santé) et de la Loi d’adaptation de la société au vieillissement (ASV).</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2018 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891427/fr/qualite-de-vie-en-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2891427</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>L’expression et la participation du mineur, de ses parents et du jeune majeur dans le champ de la protection de l’enfance</t>
+  </si>
+  <si>
+    <t>Comment favoriser l’expression et la participation du mineur, du jeune majeur et des parents en protection de l’enfance ? Comment la participation renforce-t-elle le développement de l’autonomie et de la responsabilisation ? En se basant sur le cadre réglementaire et l’éthique professionnelle cette recommandation vise à promouvoir les pratiques professionnelles garantissant le droit des usagers et l’intérêt du mineur.</t>
+  </si>
+  <si>
+    <t>01/12/2014 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836142/fr/l-expression-et-la-participation-du-mineur-de-ses-parents-et-du-jeune-majeur-dans-le-champ-de-la-protection-de-l-enfance</t>
+  </si>
+  <si>
+    <t>c_2836142</t>
+  </si>
+  <si>
+    <t>La personnalisation de l’accompagnement des personnes accueillies dans les centres d’accueil pour demandeurs d’asile (Cada)</t>
+  </si>
+  <si>
+    <t>Les recommandations couvrent l’accompagnement des demandeurs d’asile de leur entrée en Cada jusqu’à leur sortie. Elles s’adressent aux professionnels intervenant au sein des Cada et chargés de l’accompagnement des demandeurs d’asile, tel que défini par la loi. Ce document peut constituer un support d’échanges et de réflexion avec les associations d’usagers, les demandeurs d’asile, leurs proches, les partenaires et les bénévoles.</t>
+  </si>
+  <si>
+    <t>02/05/2014 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836176/fr/la-personnalisation-de-l-accompagnement-des-personnes-accueillies-dans-les-centres-d-accueil-pour-demandeurs-d-asile-cada</t>
+  </si>
+  <si>
+    <t>c_2836176</t>
+  </si>
+  <si>
+    <t>Participation des personnes protégées dans la mise en œuvre des mesures de protection juridique</t>
+  </si>
+  <si>
+    <t>La recommandation a pour objet de donner aux professionnels « des repères, des orientations, des pistes pour l’action » afin de rendre effectif le droit à la participation et la promotion de l’autonomie des personnes protégées. La recommandation décline les pratiques dans la relation entre les professionnels et les personnes protégées et au niveau du projet du service, de son organisation et du travail d’équipe. Elle s’adresse à l’ensemble des professionnels exerçant dans les services mandataires ainsi qu'aux préposés travaillant dans les établissements de santé ou médico-sociaux.</t>
+  </si>
+  <si>
+    <t>15/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836363/fr/participation-des-personnes-protegees-dans-la-mise-en-oeuvre-des-mesures-de-protection-juridique</t>
+  </si>
+  <si>
+    <t>c_2836363</t>
+  </si>
+  <si>
+    <t>Accompagner l’accès aux droits dans les établissements ou services de l’inclusion sociale relevant de l’article L312-1 du code de l’action sociale et des familles</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est de mettre en évidence les conditions et pratiques d’accompagnement qui facilitent et étayent l’accès aux droits des personnes accueillies.Elle s’adresse aux établissements/services relevant de l’inclusion sociale.</t>
+  </si>
+  <si>
+    <t>13/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836381/fr/accompagner-l-acces-aux-droits-dans-les-etablissements-ou-services-de-l-inclusion-sociale-relevant-de-l-article-l312-1-du-code-de-l-action-sociale-et-des-familles</t>
+  </si>
+  <si>
+    <t>c_2836381</t>
+  </si>
+  <si>
+    <t>Ouverture de l’établissement à et sur son environnement</t>
+  </si>
+  <si>
+    <t>L’objectif de la recommandation consiste à définir les conditions et les bénéfices de l’ouverture des établissements à et sur leur environnement, en les précisant au regard des types d’établissement concernés et des situations spécifiques des usagers accueillis ou accompagnés.</t>
+  </si>
+  <si>
+    <t>01/12/2008 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835189/fr/ouverture-de-l-etablissement-a-et-sur-son-environnement</t>
+  </si>
+  <si>
+    <t>c_2835189</t>
+  </si>
+  <si>
+    <t>Spécificités de l’accompagnement des adultes handicapés psychiques</t>
+  </si>
+  <si>
+    <t>Cette programmation répond aux profondes transformations engendrées par la loi n° 2005-102 du 11 février 2005 « pour l’égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées », qui « reconnaît » le handicap psychique et a impulsé le développement ou la création de nouveaux dispositifs d’accompagnement dans le champ social et médico-social (les Savs, les Samsah, les résidences accueils, etc.).</t>
+  </si>
+  <si>
+    <t>18/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2015 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835191/fr/specificites-de-l-accompagnement-des-adultes-handicapes-psychiques</t>
+  </si>
+  <si>
+    <t>c_2835191</t>
+  </si>
+  <si>
+    <t>Pour un accompagnement de qualité des personnes avec autisme ou autres troubles envahissants du développement</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de contribuer à l’amélioration de l’accompagnement des personnes avec autisme et autres troubles envahissants du développement (TED) et de leur entourage, conjuguant interventions éducatives, pédagogiques et thérapeutiques, dans la perspective d’une meilleure participation sociale et d’un bien-être accru. Ce document définit également les critères permettant d’identifier les risques de dérives dangereuses.</t>
+  </si>
+  <si>
+    <t>05/01/2010 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835258/fr/pour-un-accompagnement-de-qualite-des-personnes-avec-autisme-ou-autres-troubles-envahissants-du-developpement</t>
+  </si>
+  <si>
+    <t>c_2835258</t>
+  </si>
+  <si>
+    <t>L’exercice de l’autorité parentale dans le cadre du placement</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif de promouvoir des pratiques professionnelles basées sur une prise en compte réfléchie et articulée des dimensions juridique, affective, sociale, et institutionnelle, qui traversent l’exercice de l’autorité parentale dans le cadre du placement. La recommandation met en évidence des points de repère qui intègrent la collaboration avec les parents dans le cadre de la mission psycho-socio-éducative dévolue aux professionnels.</t>
+  </si>
+  <si>
+    <t>16/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2012 14:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835334/fr/l-exercice-de-l-autorite-parentale-dans-le-cadre-du-placement</t>
+  </si>
+  <si>
+    <t>c_2835334</t>
+  </si>
+  <si>
+    <t>Programme Qualité de vie en Ehpad</t>
+  </si>
+  <si>
+    <t>Les éléments concourant à la qualité de vie de la personne accueillie en Ehpad se situent à quatre niveaux distincts et complémentaires. L’Anesm a donc conçu un programme spécifique Qualité de vie en Ehpad qui sera décliné à travers quatre recommandations.</t>
+  </si>
+  <si>
+    <t>10/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835485/fr/programme-qualite-de-vie-en-ehpad</t>
+  </si>
+  <si>
+    <t>c_2835485</t>
+  </si>
+  <si>
+    <t>Repérage et accompagnement des situations de ruptures dans les parcours des personnes accueillies en centre d’hébergement et de réinsertion sociale (CHRS)</t>
+  </si>
+  <si>
+    <t>Le document aborde les risques relatifs aux modifications de santé, relationnelles, économiques et spatiales dans lesquelles la personne évolue. Il envisage ces risques alors même que le projet personnalisé est élaboré et en cours de réalisation. La rupture d’un projet implique souvent, tant pour la personne elle-même que pour les professionnels de l’accompagnement, un questionnement quant aux causes de la rupture et aux conséquences sur le devenir de la personne.</t>
+  </si>
+  <si>
+    <t>09/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2015 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835658/fr/reperage-et-accompagnement-des-situations-de-ruptures-dans-les-parcours-des-personnes-accueillies-en-centre-d-hebergement-et-de-reinsertion-sociale-chrs</t>
+  </si>
+  <si>
+    <t>c_2835658</t>
+  </si>
+  <si>
+    <t>L’adaptation de l’intervention auprès des personnes handicapées vieillissantes</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’apporter des jalons et des pistes pour l’action, destinés à permettre aux professionnels d’évaluer et de faire évoluer leurs pratiques d’accompagnement des personnes handicapées avançant en âge.</t>
+  </si>
+  <si>
+    <t>17/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835720/fr/l-adaptation-de-l-intervention-aupres-des-personnes-handicapees-vieillissantes</t>
+  </si>
+  <si>
+    <t>c_2835720</t>
+  </si>
+  <si>
+    <t>Programme « Qualité de vie en Maison d’accueil spécialisée (MAS) et en Foyer d’accueil médicalisé (FAM) »</t>
+  </si>
+  <si>
+    <t>3 volets seront déclinés : l’expression, la communication, la participation et la citoyenneté, la vie quotidienne,sociale, la culture et les loisirs et le parcours, les formes souples d’accueil, l’articulation avec les autres partenaires et le lien avec les proches.</t>
+  </si>
+  <si>
+    <t>01/12/2014 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835860/fr/programme-qualite-de-vie-en-maison-d-accueil-specialisee-mas-et-en-foyer-d-accueil-medicalise-fam</t>
+  </si>
+  <si>
+    <t>c_2835860</t>
+  </si>
+  <si>
+    <t>L’accompagnement des mineurs non accompagnés dits "Mineurs isolés étrangers (MNA)"</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été élaborées dans un contexte de forte augmentation du nombre de mineurs non accompagnés (MNA) accueillis au sein du dispositif français de protection de l’enfance.</t>
+  </si>
+  <si>
+    <t>07/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2018 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833668/fr/l-accompagnement-des-mineurs-non-accompagnes-dits-mineurs-isoles-etrangers-mna</t>
+  </si>
+  <si>
+    <t>c_2833668</t>
+  </si>
+  <si>
+    <t>Accompagner la fin de vie des personnes âgées à domicile</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent aux professionnels d’aide et de soins intervenant à domicile. Elles ont pour objectif de les guider afin « d’accompagner la mort dans le grand âge de la façon la plus digne possible ». reposent sur les principes fondamentaux d’une démarche concourant à la bientraitance.</t>
+  </si>
+  <si>
+    <t>31/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/12/2017 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833702/fr/accompagner-la-fin-de-vie-des-personnes-agees-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2833702</t>
+  </si>
+  <si>
+    <t>La réduction des risques et des dommages dans les Centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (CAARUD)</t>
+  </si>
+  <si>
+    <t>Ces recommandations identifient les bonnes pratiques professionnelles concourant à la prévention des risques et la réduction des dommages sanitaires et sociaux afin de préserver ou d’améliorer l’état de santé et les conditions de vie des personnes usagères de drogues, le recours à l’expertise et la participation des personnes usagères de drogues dans la construction des interventions et des parcours d’accompagnement proposés par le Centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (CAARUD) et l’implantation de celui-ci dans son territoire d’intervention et le développement d’un environnement partenarial facilitateur.</t>
+  </si>
+  <si>
+    <t>07/09/2017 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833717/fr/la-reduction-des-risques-et-des-dommages-dans-les-centres-d-accueil-et-d-accompagnement-a-la-reduction-des-risques-pour-usagers-de-drogues-caarud</t>
+  </si>
+  <si>
+    <t>c_2833717</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>Dans un contexte de transition démographique, les mesures préventives pour retarder les effets du vieillissement sont déterminantes.</t>
+  </si>
+  <si>
+    <t>13/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833796/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833796</t>
+  </si>
+  <si>
+    <t>Patient avec un trouble bipolaire : repérage et prise en charge initiale en premier recours</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’aider les médecins assurant les soins de premier recours à : Améliorer le repérage des patients adultes et adolescents souffrant d’un trouble bipolaire. Améliorer par un repérage précoce la prévention des complications des troubles bipolaires.</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2015 15:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747465/fr/patient-avec-un-trouble-bipolaire-reperage-et-prise-en-charge-initiale-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1747465</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>Dangerosité psychiatrique : étude et évaluation des facteurs de risque de violence hétéro-agressive chez les personnes ayant des troubles schizophréniques ou des troubles de l’humeur</t>
+  </si>
+  <si>
+    <t>A la demande du Ministère de la Santé, la HAS a organisé une audition publique sur l'évaluation de la dangerosité psychiatrique. Il s’agissait d'aborder la dimension psychiatrique de la dangerosité et de son évaluation pour aider la prise en charge des patients dans un objectif de prévention des passages à l'acte violent par une meilleure prise en compte de la clinique.</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2011 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069220/fr/dangerosite-psychiatrique-etude-et-evaluation-des-facteurs-de-risque-de-violence-hetero-agressive-chez-les-personnes-ayant-des-troubles-schizophreniques-ou-des-troubles-de-l-humeur</t>
+  </si>
+  <si>
+    <t>c_1069220</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Surdité de l’enfant : accompagnement des familles et suivi de l’enfant de 0 à 6 ans, hors accompagnement scolaire</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les enfants, et leur famille, qui présentent une surdité bilatérale permanente, et dont le seuil auditif &gt; 40 dB HL peut entraîner des retards importants de développement du langage si l’environnement de l’enfant n’est pas très précocement adapté à ses besoins particuliers. L’objectif principal de ces recommandations est de favoriser l’accès au langage par l’enfant sourd au sein de sa famille, quelle que soit la langue choisie – français ou langue des signes française. Il s’agit de : - développer la communication et le langage et suivre leur évolution - informer et accompagner les parents - prévenir les éventuels troubles psychiques et relationnels de l’enfant - identifier les lieux d’accueil et d’accompagnement des familles et de suivi des enfants sourds</t>
+  </si>
+  <si>
+    <t>16/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
   </si>
   <si>
     <t>c_922867</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Prevention and management of pressure ulcers in adults and the elderly</t>
-[...2 lines deleted...]
-    <t>The questions :# 1. How should the various stages of pressure ulcers bedefined and assessed ? # 2. What are the risk factors and what risk scales can be used ? # 3. What general preventive measures can be taken ?# 4. How can pressure ulcers be managed ? # 5. What support surfaces can be used to prevent and manage pressure ulcers ? # 6. What are the psychosocial repercussions and impact on quality of life, and what is their economic impact ? # 7. What type of education, training and information do patients and their families need ?#</t>
+    <t>Abus, dépendances et polyconsommations : stratégies de soins</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette audition publique sont de : sensibiliser tous les professionnels impliqués dans la prise en charge de diverses addictions à la question des polyconsommations et à la nécessité d’une prise en charge décloisonnée ; proposer à ces professionnels des recommandations opérationnelles ; proposer des études, programmes et formations à mettre en place. La prévention des conduites de polyconsommation n’est pas abordée.</t>
+  </si>
+  <si>
+    <t>15/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2008 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_615021/fr/abus-dependances-et-polyconsommations-strategies-de-soins</t>
+  </si>
+  <si>
+    <t>c_615021</t>
+  </si>
+  <si>
+    <t>Acquisition d'une aide technique : quels acteurs ? quel processus ?</t>
+  </si>
+  <si>
+    <t>Le droit à la compensation est au cœur de la loi n°2005-102 du 11 février 2005 « pour l’égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées ». Cette loi institue une démarche d’évaluation des situation de handicap centrée sur le « projet de vie » des personnes, fondée sur le droit universel de chacun à disposer des moyens pour compenser les conséquences de la maladie ou de l’accident de vie.</t>
+  </si>
+  <si>
+    <t>25/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614534/fr/acquisition-d-une-aide-technique-quels-acteurs-quel-processus</t>
+  </si>
+  <si>
+    <t>c_614534</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 7 à 18 ans, destinées aux médecins généralistes, pédiatres et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 7 à 18 ans : les trouble des apprentissages les troubles d’hyperactivité avec déficit de l’attention les anomalies du développement pubertaire la scoliose l'obésité l'asthme et la rhino-conjonctivite allergique les troubles de la vision et de l’audition les risques liés à la sexualité les troubles anxieux les conduites à risque, troubles des conduites, troubles oppositionnels les conduites suicidaires les consommations de produits les troubles du comportement alimentaire la dépression</t>
+  </si>
+  <si>
+    <t>01/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2005 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451142/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-7-a-18-ans-destinees-aux-medecins-generalistes-pediatres-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451142</t>
+  </si>
+  <si>
+    <t>Prévention et traitement des escarres de l’adulte et du sujet âgé</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux sept questions suivantes, posées au jury :# 1. Comment décrire et évaluer les stades de l'escarre ?# 2. Quels sont les facteurs de risque et les échelles de risque ?# 3. Quelles sont les mesures générales de prévention ?# 4. Quels sont les traitements de l'escarre ?# 5. Quels sont les supports de prévention et de traitement des escarres ?# 6. Quel est le retentissement psycho-social et sur la qualité de vie, et quelles sont les incidences économiques ?# 7. Quelles éducation, formation et information du patient et de sa famille ?#</t>
   </si>
   <si>
     <t>12/12/2001 00:00:00</t>
   </si>
   <si>
-    <t>11/01/2001 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271996/en/prevention-and-management-of-pressure-ulcers-in-adults-and-the-elderly</t>
+    <t>01/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271996/fr/prevention-et-traitement-des-escarres-de-l-adulte-et-du-sujet-age</t>
   </si>
   <si>
     <t>c_271996</t>
   </si>
   <si>
-    <t>Care and monitoring of enteral access for enteral nutrition in adults in hospital and at home</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272139/en/care-and-monitoring-of-enteral-access-for-enteral-nutrition-in-adults-in-hospital-and-at-home</t>
+    <t>Modalités de sevrage chez les toxicomanes dépendant des opiacés</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Quelle est la place des sevrages dans les stratégies de soin des toxicomanes aux opiacés ? Quelle préparation et mise en place des sevrages ? Quelles sont les modalités et les conditions pratiques du sevrage ? Quels soins après sevrage et suivi ?</t>
+  </si>
+  <si>
+    <t>24/04/1998 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/1998 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272062/fr/modalites-de-sevrage-chez-les-toxicomanes-dependant-des-opiaces</t>
+  </si>
+  <si>
+    <t>c_272062</t>
+  </si>
+  <si>
+    <t>Soins et surveillance des abords digestifs pour l'alimentation entérale chez l'adulte en hospitalisation et à domicile</t>
+  </si>
+  <si>
+    <t>Ces recommandations pour les pratiques de soins concernent la pose d'une sonde nasogastrique, ainsi que les soins et la surveillance d'une sonde nasogastrique, de gastrostomie ou de jéjunostomie. Les indications et les modalités d'administration de l'alimentation entérale ainsi que le suivi nutritionnel ne sont pas abordés.</t>
+  </si>
+  <si>
+    <t>01/04/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272139/fr/soins-et-surveillance-des-abords-digestifs-pour-l-alimentation-enterale-chez-l-adulte-en-hospitalisation-et-a-domicile</t>
   </si>
   <si>
     <t>c_272139</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
+    <t>Liberté d’aller et venir dans les établissements sanitaires et médico-sociaux, et obligation de soins et de sécurité</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Quelles sont les raisons invoquées pour justifier des restrictions au principe fondamental d’aller et venir ? Lesquelles peut-on retenir ? Comment sont appréciées les raisons justifiant les restrictions aux libertés selon le lieu, le moment et la situation dans lesquels la personne se trouve ? Quelles doivent être les conditions d’application des raisons invoquées pour justifier des restrictions au principe fondamental d’aller et venir ? Comment concilier d’éventuelles restrictions à la liberté d’aller et venir en établissement sanitaire et médico-social et le droit à la vie privée ? Quelles sont les attentes et les responsabilités des usagers et de leur entourage sur le dilemme entre la liberté d’aller et venir et les obligations de soins et de sécurité dans les établissements ?</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272394/fr/liberte-d-aller-et-venir-dans-les-etablissements-sanitaires-et-medico-sociaux-et-obligation-de-soins-et-de-securite</t>
+  </si>
+  <si>
+    <t>c_272394</t>
+  </si>
+  <si>
+    <t>Prise en charge de la psychopathie</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations pour : Le diagnostic et la prise en charge des adultes dont l’organisation de la personnalité est à expression psychopathique, tant dans le domaine psychiatrique, que social, que judiciaire. Le repérage et la prise en charge des enfants et des adolescents ayant des troubles des conduites potentiellement à risque d’évolution vers une organisation de la personnalité à expression psychopathique.</t>
+  </si>
+  <si>
+    <t>01/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2006 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272478/fr/prise-en-charge-de-la-psychopathie</t>
+  </si>
+  <si>
+    <t>c_272478</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>FALC - Mon avis est important - Il aide à améliorer ce que je vis</t>
+  </si>
+  <si>
+    <t>Vous êtes accompagné(e) par un service ou un établissement social ou médico-social ? Donner votre avis est important. votre avis permettra d'améliorer la qualité de votre accompagnement. Ce document en FALC est fait pour vous.</t>
+  </si>
+  <si>
+    <t>06/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2025 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3768119/fr/falc-mon-avis-est-important-il-aide-a-ameliorer-ce-que-je-vis</t>
+  </si>
+  <si>
+    <t>p_3768119</t>
+  </si>
+  <si>
+    <t>FALC - Accompagner la personne nécessitant une mesure de protection juridique</t>
+  </si>
+  <si>
+    <t>Certaines personnes ont besoin d’une mesure de protection juridique, par exemple : une tutelle, une curatelle, une habilitation familiale, une sauvegarde de justice. Il est important qu’elles connaissent leurs droits pour les actes de la vie de tous les jours. Par exemple, pour leurs relations avec leur famille, pour voter, pour leur santé, pour se loger, pour gérer leur argent. Ce texte écrit en « facile à lire et à comprendre » fait le point sur ces droits et le rôle du mandataire.</t>
+  </si>
+  <si>
+    <t>15/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2025 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585752/fr/falc-accompagner-la-personne-necessitant-une-mesure-de-protection-juridique</t>
+  </si>
+  <si>
+    <t>p_3585752</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
+    <t>Transplantation d’îlots pancréatiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la sécurité, l’efficacité et les conditions de réalisation de l’acte de transplantation d’îlots pancréatiques (ou de Langerhans) (TIL) dans plusieurs indications. Elle recommande une réévaluation de cet acte à cinq ans pour tenir compte des avancées thérapeutiques et scientifiques potentielles.</t>
+  </si>
+  <si>
+    <t>16/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
   </si>
   <si>
     <t>p_3114652</t>
   </si>
   <si>
-    <t>Assessment of the placement of a provisional crown for restorations - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893770/en/assessment-of-the-placement-of-a-provisional-crown-for-restorations-inahta-brief</t>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic de rechute de maladie inflammatoire chronique intestinale (MICI) chez des sujets ne présentant ni évacuation fécale sanglante ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer le diagnostic étiologique de poussées de symptômes digestifs venant interrompre une phase de rémission de maladie inflammatoire chronique intestinale (MICI).</t>
+  </si>
+  <si>
+    <t>28/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2020 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854253/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-de-rechute-de-maladie-inflammatoire-chronique-intestinale-mici-chez-des-sujets-ne-presentant-ni-evacuation-fecale-sanglante-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>c_2854253</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic étiologique de troubles digestifs chroniques survenant chez des sujets de moins de 50 ans sans signe d’alarme ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer les démarches de diagnostic étiologique qui sont actuellement menées auprès de sujets de moins de 50 ans consultant pour des manifestations digestives chroniques dominées par une douleur abdominale et par des troubles du transit.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189133/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-etiologique-de-troubles-digestifs-chroniques-survenant-chez-des-sujets-de-moins-de-50-ans-sans-signe-d-alarme-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>p_3189133</t>
+  </si>
+  <si>
+    <t>Évaluation de la pose d’une couronne dentaire transitoire pour couronne dentoportée - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt de la pose d’une couronne transitoire pendant l’intervalle de temps entre la préparation de la dent et la pose de la couronne définitive.</t>
+  </si>
+  <si>
+    <t>07/03/2019 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893770/fr/evaluation-de-la-pose-d-une-couronne-dentaire-transitoire-pour-couronne-dentoportee-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2893770</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...2 lines deleted...]
-    <t>A summary statement in English will be available in due course.</t>
+    <t>Évaluation des orthèses plantaires et des coques talonnières</t>
+  </si>
+  <si>
+    <t>En s’appuyant essentiellement sur la position du groupe de travail, compte tenu du caractère parcellaire et des limites de la littérature disponible, la CNEDiMTS confirme l’intérêt des orthèses plantaires sur mesure, ainsi que celui des coques talonnières.</t>
+  </si>
+  <si>
+    <t>17/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849694/fr/evaluation-des-ortheses-plantaires-et-des-coques-talonnieres</t>
+  </si>
+  <si>
+    <t>c_2849694</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs de drainage et de recueil des urines et des selles</t>
+  </si>
+  <si>
+    <t>En s’appuyant sur l’analyse de la littérature, dont la CNEDiMTS souligne le manque de recommandations professionnelles et d’études cliniques comparatives bien conduites, ainsi que sur la position du groupe de travail, fondée essentiellement sur la pratique des participants, la Commission recommande la modification de la nomenclature actuelle relative aux dispositifs médicaux cités ci-dessus.</t>
+  </si>
+  <si>
+    <t>01/06/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2017 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2775413/fr/evaluation-des-dispositifs-de-drainage-et-de-recueil-des-urines-et-des-selles</t>
+  </si>
+  <si>
+    <t>c_2775413</t>
+  </si>
+  <si>
+    <t>Évaluation des sondes de défibrillation cardiaque</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
   </si>
   <si>
     <t>01/01/2017 00:00:00</t>
   </si>
   <si>
-    <t>03/01/2017 10:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
+    <t>01/03/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
   </si>
   <si>
     <t>c_2744218</t>
   </si>
   <si>
-    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Assessment of elbow joint implants</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1528391/en/assessment-of-elbow-joint-implants</t>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Recommandations organisationnelles de la chirurgie ambulatoire : outils et guide</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est de proposer des processus organisationnels opérationnels et des outils associés permettant aux acteurs de terrain de développer la chirurgie ambulatoire.</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/05/2013 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1337911/fr/recommandations-organisationnelles-de-la-chirurgie-ambulatoire-outils-et-guide</t>
+  </si>
+  <si>
+    <t>c_1337911</t>
+  </si>
+  <si>
+    <t>Évaluation des implants de pontage</t>
+  </si>
+  <si>
+    <t>Evaluation des implants de pontage en vue du renouvellement de la prise en charge par l’assurance maladie</t>
+  </si>
+  <si>
+    <t>23/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2013 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528391/fr/evaluation-des-implants-de-pontage</t>
   </si>
   <si>
     <t>c_1528391</t>
   </si>
   <si>
-    <t>Assessment of spinal implants (interbody cage, interspinous process spacer, spacer, lumbosacral support implant)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1517325/en/assessment-of-spinal-implants-interbody-cage-interspinous-process-spacer-spacer-lumbosacral-support-implant</t>
+    <t>Évaluation des implants du rachis (cage intersomatique, cale métallique interépineuse, coussinet, implant d’appui sacré)</t>
+  </si>
+  <si>
+    <t>Evaluation des implants du rachis (cage intersomatique, cale métallique interépineuse, coussinet, implant d’appui sacré) en vue du renouvellement de la prise en charge par l’assurance maladie.</t>
+  </si>
+  <si>
+    <t>01/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2013 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517325/fr/evaluation-des-implants-du-rachis-cage-intersomatique-cale-metallique-interepineuse-coussinet-implant-d-appui-sacre</t>
   </si>
   <si>
     <t>c_1517325</t>
   </si>
   <si>
-    <t>Wound dressings: Indications and recommended uses - April 2011</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1438004/en/wound-dressings-indications-and-recommended-uses-april-2011</t>
+    <t>Les pansements : Indications et utilisations recommandées - Fiche BUTS</t>
+  </si>
+  <si>
+    <t>La HAS a procédé à la réévaluation des descriptions génériques des articles pour pansements. Ceci a permis de préciser les indications des pansements primaires, placés au contact direct de la plaie, et des pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2010 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1438004/fr/les-pansements-indications-et-utilisations-recommandees-fiche-buts</t>
   </si>
   <si>
     <t>r_1438004</t>
   </si>
   <si>
-    <t>Summary - Tubular Orthoses and Bandages used in orthopaedics/degenerative rheumatology/traumatology</t>
-[...5 lines deleted...]
-    <t>10/01/2012 00:00:00</t>
+    <t>Dispositifs de Compression/Contention médicale à usage individuel - Utilisation en Orthopédie/Rhumatologie/Traumatologie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt thérapeutique des orthèses tubulaires et des bandes pour leur usage en orthopédie/traumatologie/rhumatologie en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise in fine à établir des recommandations sur leurs indications en vue du remboursement en précisant si besoin, leurs modalités d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/10/2012 00:00:00</t>
   </si>
   <si>
     <t>10/10/2012 11:15:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1318289/en/summary-tubular-orthoses-and-bandages-used-in-orthopaedics/degenerative-rheumatology/traumatology</t>
+    <t>https://www.has-sante.fr/jcms/c_1318289/fr/dispositifs-de-compression/contention-medicale-a-usage-individuel-utilisation-en-orthopedie/rhumatologie/traumatologie</t>
   </si>
   <si>
     <t>c_1318289</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...71 lines deleted...]
-    <t>p_3201812</t>
+    <t>Évaluation des pansements</t>
+  </si>
+  <si>
+    <t>La révision des descriptions génériques des articles pour pansements a été réalisée dans le cadre de l’arrêté du 25 juillet 2005. Elle a concerné les pansements primaires, placés au contact direct de la plaie, et les pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
+  </si>
+  <si>
+    <t>03/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2008 13:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717899/fr/evaluation-des-pansements</t>
+  </si>
+  <si>
+    <t>c_717899</t>
+  </si>
+  <si>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Évaluation des implants de renfort pour le traitement de l’incontinence urinaire d’effort féminine et du prolapsus des organes pelviens de la femme</t>
+  </si>
+  <si>
+    <t>La HAS a procédé à l’évaluation du service rendu des différents implants de renfort utilisés dans le traitement de l’incontinence urinaire d’effort féminine et dans le prolapsus des organes pelviens. Cette révision propose une mise à jour des indications, des caractéristiques techniques et des conditions de prise en charge de ces implants.</t>
+  </si>
+  <si>
+    <t>04/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2007 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_701682/fr/evaluation-des-implants-de-renfort-pour-le-traitement-de-l-incontinence-urinaire-d-effort-feminine-et-du-prolapsus-des-organes-pelviens-de-la-femme</t>
+  </si>
+  <si>
+    <t>c_701682</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0062/AC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de scellement thérapeutique</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>04/12/2025 16:18:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784829/fr/avis-n2025-0062/ac/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-scellement-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784829</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0063/AC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de traitement restaurateur atraumatique</t>
+  </si>
+  <si>
+    <t>04/12/2025 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784830/fr/avis-n2025-0063/ac/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-traitement-restaurateur-atraumatique</t>
+  </si>
+  <si>
+    <t>p_3784830</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0289/DC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique intitulé « Actes d’odontologie conservatrice 1/ Traitement restaurateur atraumatique, 2/ Scellement thérapeutique, 3/ Application de fluorure diamine d’argent »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>04/12/2025 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784833/fr/decision-n2025-0289/dc/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-portant-adoption-du-rapport-d-evaluation-technologique-intitule-actes-d-odontologie-conservatrice-1/-traitement-restaurateur-atraumatique-2/-scellement-therapeutique-3/-application-de-fluorure-diamine-d-argent</t>
+  </si>
+  <si>
+    <t>p_3784833</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>STILLARGOL (protéinate d’argent)</t>
+  </si>
+  <si>
+    <t>08/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985711/fr/stillargol-proteinate-d-argent</t>
+  </si>
+  <si>
+    <t>pprd_2985711</t>
+  </si>
+  <si>
+    <t>protéinate d’argent</t>
+  </si>
+  <si>
+    <t>MAYOLI SPINDLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400559/fr/stillargol-1-collyre-flacon-de-25-ml-code-cip-309-996-7-stillargol-5-collyre-flacon-de-25-ml-code-cip-309-995-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400558/fr/stillargol-2-pour-cent-solution-pour-instillation-nasale-25-ml-en-flacon-code-cip-309-995-0</t>
+  </si>
+  <si>
+    <t>CUIVRE-OR-ARGENT OLIGOSOL (gluconate de cuivre/ or colloïdal/ gluconate d’argent)</t>
+  </si>
+  <si>
+    <t>30/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985789/fr/cuivre-or-argent-oligosol-gluconate-de-cuivre/-or-colloidal/-gluconate-d-argent</t>
+  </si>
+  <si>
+    <t>pprd_2985789</t>
+  </si>
+  <si>
+    <t>gluconate de cuivre,or colloïdal,gluconate d’argent</t>
+  </si>
+  <si>
+    <t>LABCATAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400427/fr/cuivre-or-argent-oligosol-gluconate-de-cuivre/-or-colloidal/-gluconate-d-argent</t>
+  </si>
+  <si>
+    <t>NITRATE D'ARGENT 1 % FAURE (nitrate d’argent)</t>
+  </si>
+  <si>
+    <t>29/10/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985922/fr/nitrate-d-argent-1-faure-nitrate-d-argent</t>
+  </si>
+  <si>
+    <t>pprd_2985922</t>
+  </si>
+  <si>
+    <t>nitrate d’argent</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399911/fr/nitrate-d-argent-1-faure-collyre-en-recipient-unidose-de-0-4-ml-boite-de-100</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Installation autonome de chirurgie esthétique</t>
+  </si>
+  <si>
+    <t>La certification des installations autonomes de chirurgie esthétique (IACE) s’inscrit dans le cadre général de la certification des établissements de santé (article L.6322-1 du Code de la santé publique). Il s’agit d’une évaluation du niveau de qualité et de sécurité des soins au regard d’un référentiel adapté aux spécificités importantes de la chirurgie esthétique.</t>
+  </si>
+  <si>
+    <t>02/09/2024 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531734/fr/installation-autonome-de-chirurgie-esthetique</t>
+  </si>
+  <si>
+    <t>p_3531734</t>
+  </si>
+  <si>
+    <t>IQSS 2019 - psychiatrie et santé mentale : développement d'indicateurs des thèmes « Prise en charge somatique en établissement de santé » et « Coordination entre l’hôpital et la ville » - ambulatoire</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a débuté en 2018 des travaux de développement de nouveaux indicateurs de qualité et de sécurité des soins pour le secteur de la psychiatrie et de la santé mentale sur les trois thèmes suivants : « Prise en charge somatique en établissement de santé », « Coordination entre l’hôpital et la ville », « Pratiques d’isolement et de contention mécanique ». En fonction du thème, un ou deux périmètres hospitaliers peuvent être concernés : hospitalisation à temps plein et/ou ambulatoire.</t>
+  </si>
+  <si>
+    <t>09/06/2022 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913016/fr/iqss-2019-psychiatrie-et-sante-mentale-developpement-d-indicateurs-des-themes-prise-en-charge-somatique-en-etablissement-de-sante-et-coordination-entre-l-hopital-et-la-ville-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_2913016</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>Insuffisance cardiaque - Parcours de soins</t>
+  </si>
+  <si>
+    <t>L’insuffisance cardiaque (IC) est une maladie chronique grave caractérisée par des symptômes (dyspnée, fatigue), des signes cliniques tels que la tachycardie, les râles pulmonaires et une anomalie à l’échocardiogramme. Les données épidémiologiques sont peu précises mais l’insuffisance cardiaque concernerait environ 500 000 français et représente la première cause d’hospitalisation. Sa prévalence est croissante et serait de 12 % chez les personnes âgées de plus de 60 ans. En 2010, 165 000 personnes sont en ALD au titre de cette pathologie. Ce nombre ne reflète que partiellement la prévalence réelle de l’insuffisance cardiaque car elle concerne parfois des malades déjà en ALD car atteint d’une autre pathologie chronique grave, notamment la maladie coronaire et le diabète.</t>
+  </si>
+  <si>
+    <t>30/06/2014 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906058/fr/insuffisance-cardiaque-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906058</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
+  </si>
+  <si>
+    <t>Séminaire IFAQ du 13 décembre 2013 : point d’étape et d’échange pour les établissements expérimentateurs</t>
+  </si>
+  <si>
+    <t>La direction générale de l’offre de soins (DGOS) et la Haute Autorité de santé (HAS) ont lancé en juillet dernier le projet de recherche « Incitation financière à l’amélioration de la qualité » (IFAQ), par le biais d’un appel à candidatures auprès des établissements de santé, publics et privés exerçant une activité MCO.</t>
+  </si>
+  <si>
+    <t>24/12/2013 14:29:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715049/fr/seminaire-ifaq-du-13-decembre-2013-point-d-etape-et-d-echange-pour-les-etablissements-experimentateurs</t>
+  </si>
+  <si>
+    <t>c_1715049</t>
+  </si>
+  <si>
+    <t>Participation des usagers dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>La Loi du 4 mars 2002 a étendu et généralisé la représentation des usagers dans les instances des établissements de santé, impulsée par les ordonnances de 1996 portant réforme hospitalière. La mise en place effective de la Commission des relations avec les usagers et de la qualité de la prise en charge (CRUQPC) en 2005 propose un cadre solide aux représentants des usagers afin de faire valoir leur point de vue sur la politique qualité de l’établissement.</t>
+  </si>
+  <si>
+    <t>14/09/2012 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1293689/fr/participation-des-usagers-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_1293689</t>
+  </si>
+  <si>
+    <t>Syndrome fibromyalgique de l'adulte</t>
+  </si>
+  <si>
+    <t>Rédigé par la HAS à la demande du Ministère de la santé, ce rapport d'orientation fait un état des lieux des données disponibles (hors sciences fondamentales) concernant le syndrome fibromyalgique de l’adulte et propose des orientations aux professionnels de santé pour prendre en charge les personnes qui en souffrent. Ce rapport d'orientation repose sur une analyse des recommandations étrangères existantes et sur les résultats d’enquêtes qui dessinent les contours de la réalité de ce syndrome en France.</t>
+  </si>
+  <si>
+    <t>25/10/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993899/fr/syndrome-fibromyalgique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_993899</t>
+  </si>
+  <si>
+    <t>Actes d’ergothérapie et de psychomotricité susceptibles d’être réalisés pour la réadaptation à domicile des personnes souffrant de la maladie d’Alzheimer ou d’une maladie apparentée</t>
+  </si>
+  <si>
+    <t>Ce document fait un état des lieux des actes de bilan et des modalités de réadaptation et d’accompagnement, susceptibles d’être réalisés par les ergothérapeutes ou les psychomotriciens au domicile d’un patient souffrant de la maladie Alzheimer ou d’une maladie apparentée. Il est destiné à informer les professionnels de santé sur les interventions possibles de ces professionnels paramédicaux dans ce contexte.</t>
+  </si>
+  <si>
+    <t>26/03/2010 11:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937359/fr/actes-d-ergotherapie-et-de-psychomotricite-susceptibles-d-etre-realises-pour-la-readaptation-a-domicile-des-personnes-souffrant-de-la-maladie-d-alzheimer-ou-d-une-maladie-apparentee</t>
+  </si>
+  <si>
+    <t>c_937359</t>
+  </si>
+  <si>
+    <t>Critères d’évaluation des pratiques professionnelles (EPP)</t>
+  </si>
+  <si>
+    <t>Un critère d’évaluation de la pratique professionnelle est un élément mesurable qui témoigne, de manière prouvée ou consensuelle, de la qualité ou de la sécurité des soins délivrés aux patients.</t>
+  </si>
+  <si>
+    <t>13/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438005/fr/criteres-d-evaluation-des-pratiques-professionnelles-epp</t>
+  </si>
+  <si>
+    <t>c_438005</t>
+  </si>
+  <si>
+    <t>Rapport : Définir, ensemble, les nouveaux horizons de la qualité en santé</t>
+  </si>
+  <si>
+    <t>Ce document a vocation à enrichir le débat sur la qualité de notre système de santé. Engagée depuis trois ans au service de l’amélioration de la qualité en santé, la Haute Autorité de Santé (HAS) considère que sa mission est aussi, au-delà de son action quotidienne, de susciter le débat public et la réflexion sur l’avenir du système de santé - Décembre 2007</t>
+  </si>
+  <si>
+    <t>17/12/2007 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_613048/fr/rapport-definir-ensemble-les-nouveaux-horizons-de-la-qualite-en-sante</t>
+  </si>
+  <si>
+    <t>c_613048</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1181</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>1182</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1188</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D6" t="s">
+        <v>954</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1209</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1213</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1231</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1232</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1251</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1279</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1280</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1281</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1286</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1288</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1291</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="J1" t="s">
+        <v>28</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1305</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1306</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1307</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1308</v>
+      </c>
+      <c r="L2" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1311</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1313</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1315</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1318</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1320</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1321</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1322</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1327</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1337</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1352</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1357</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1358</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1362</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1363</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1367</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1368</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D11" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1372</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1378</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1382</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1383</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1384</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J73"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>27</v>
+      </c>
+      <c r="J1" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+      <c r="I2" t="s">
+        <v>35</v>
+      </c>
+      <c r="J2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>38</v>
+      </c>
+      <c r="E3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>40</v>
+      </c>
+      <c r="H3" t="s">
+        <v>41</v>
+      </c>
+      <c r="I3" t="s">
+        <v>42</v>
+      </c>
+      <c r="J3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4" t="s">
+        <v>48</v>
+      </c>
+      <c r="I4" t="s">
+        <v>49</v>
+      </c>
+      <c r="J4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5" t="s">
+        <v>55</v>
+      </c>
+      <c r="I5" t="s">
+        <v>56</v>
+      </c>
+      <c r="J5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>60</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6" t="s">
+        <v>62</v>
+      </c>
+      <c r="I6" t="s">
+        <v>63</v>
+      </c>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
+        <v>67</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>68</v>
+      </c>
+      <c r="H7" t="s">
+        <v>69</v>
+      </c>
+      <c r="I7" t="s">
+        <v>70</v>
+      </c>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>73</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>74</v>
+      </c>
+      <c r="H8" t="s">
+        <v>75</v>
+      </c>
+      <c r="I8" t="s">
+        <v>76</v>
+      </c>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>80</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>81</v>
+      </c>
+      <c r="H9" t="s">
+        <v>82</v>
+      </c>
+      <c r="I9" t="s">
+        <v>83</v>
+      </c>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" t="s">
+        <v>86</v>
+      </c>
+      <c r="E10" t="s">
+        <v>87</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>88</v>
+      </c>
+      <c r="H10" t="s">
+        <v>89</v>
+      </c>
+      <c r="I10" t="s">
+        <v>90</v>
+      </c>
+      <c r="J10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>93</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>94</v>
+      </c>
+      <c r="H11" t="s">
+        <v>95</v>
+      </c>
+      <c r="I11" t="s">
+        <v>96</v>
+      </c>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
+        <v>100</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>101</v>
+      </c>
+      <c r="H12" t="s">
+        <v>102</v>
+      </c>
+      <c r="I12" t="s">
+        <v>103</v>
+      </c>
+      <c r="J12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>100</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" t="s">
+        <v>105</v>
+      </c>
+      <c r="H13" t="s">
+        <v>106</v>
+      </c>
+      <c r="I13" t="s">
+        <v>107</v>
+      </c>
+      <c r="J13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
+        <v>110</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
+        <v>111</v>
+      </c>
+      <c r="H14" t="s">
+        <v>112</v>
+      </c>
+      <c r="I14" t="s">
+        <v>113</v>
+      </c>
+      <c r="J14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>116</v>
+      </c>
+      <c r="E15" t="s">
+        <v>117</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
+        <v>118</v>
+      </c>
+      <c r="H15" t="s">
+        <v>119</v>
+      </c>
+      <c r="I15" t="s">
+        <v>120</v>
+      </c>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>29</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>123</v>
+      </c>
+      <c r="E16" t="s">
+        <v>124</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>125</v>
+      </c>
+      <c r="H16" t="s">
+        <v>126</v>
+      </c>
+      <c r="I16" t="s">
+        <v>127</v>
+      </c>
+      <c r="J16" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>29</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" t="s">
+        <v>129</v>
+      </c>
+      <c r="E17" t="s">
+        <v>130</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
+        <v>131</v>
+      </c>
+      <c r="H17" t="s">
+        <v>132</v>
+      </c>
+      <c r="I17" t="s">
+        <v>133</v>
+      </c>
+      <c r="J17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>29</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" t="s">
+        <v>136</v>
+      </c>
+      <c r="E18" t="s">
+        <v>137</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" t="s">
+        <v>138</v>
+      </c>
+      <c r="H18" t="s">
+        <v>139</v>
+      </c>
+      <c r="I18" t="s">
+        <v>140</v>
+      </c>
+      <c r="J18" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>29</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" t="s">
+        <v>143</v>
+      </c>
+      <c r="E19" t="s">
+        <v>144</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+      <c r="G19" t="s">
+        <v>145</v>
+      </c>
+      <c r="H19" t="s">
+        <v>146</v>
+      </c>
+      <c r="I19" t="s">
+        <v>147</v>
+      </c>
+      <c r="J19" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>29</v>
+      </c>
+      <c r="B20" t="s">
+        <v>149</v>
+      </c>
+      <c r="C20" t="s">
+        <v>150</v>
+      </c>
+      <c r="D20" t="s">
+        <v>151</v>
+      </c>
+      <c r="E20" t="s">
+        <v>152</v>
+      </c>
+      <c r="F20" t="s">
+        <v>10</v>
+      </c>
+      <c r="G20" t="s">
+        <v>153</v>
+      </c>
+      <c r="H20" t="s">
+        <v>154</v>
+      </c>
+      <c r="I20" t="s">
+        <v>150</v>
+      </c>
+      <c r="J20" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>29</v>
+      </c>
+      <c r="B21" t="s">
+        <v>156</v>
+      </c>
+      <c r="C21" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21" t="s">
+        <v>157</v>
+      </c>
+      <c r="E21" t="s">
+        <v>158</v>
+      </c>
+      <c r="F21" t="s">
+        <v>10</v>
+      </c>
+      <c r="G21" t="s">
+        <v>159</v>
+      </c>
+      <c r="H21" t="s">
+        <v>160</v>
+      </c>
+      <c r="I21" t="s">
+        <v>10</v>
+      </c>
+      <c r="J21" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>29</v>
+      </c>
+      <c r="B22" t="s">
+        <v>162</v>
+      </c>
+      <c r="C22" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" t="s">
+        <v>163</v>
+      </c>
+      <c r="E22" t="s">
+        <v>164</v>
+      </c>
+      <c r="F22" t="s">
+        <v>10</v>
+      </c>
+      <c r="G22" t="s">
+        <v>165</v>
+      </c>
+      <c r="H22" t="s">
+        <v>166</v>
+      </c>
+      <c r="I22" t="s">
+        <v>10</v>
+      </c>
+      <c r="J22" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>29</v>
+      </c>
+      <c r="B23" t="s">
+        <v>168</v>
+      </c>
+      <c r="C23" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" t="s">
+        <v>163</v>
+      </c>
+      <c r="E23" t="s">
+        <v>164</v>
+      </c>
+      <c r="F23" t="s">
+        <v>10</v>
+      </c>
+      <c r="G23" t="s">
+        <v>169</v>
+      </c>
+      <c r="H23" t="s">
+        <v>170</v>
+      </c>
+      <c r="I23" t="s">
+        <v>10</v>
+      </c>
+      <c r="J23" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B24" t="s">
+        <v>172</v>
+      </c>
+      <c r="C24" t="s">
+        <v>173</v>
+      </c>
+      <c r="D24" t="s">
+        <v>174</v>
+      </c>
+      <c r="E24" t="s">
+        <v>175</v>
+      </c>
+      <c r="F24" t="s">
+        <v>10</v>
+      </c>
+      <c r="G24" t="s">
+        <v>176</v>
+      </c>
+      <c r="H24" t="s">
+        <v>177</v>
+      </c>
+      <c r="I24" t="s">
+        <v>173</v>
+      </c>
+      <c r="J24" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>29</v>
+      </c>
+      <c r="B25" t="s">
+        <v>122</v>
+      </c>
+      <c r="C25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" t="s">
+        <v>178</v>
+      </c>
+      <c r="E25" t="s">
+        <v>179</v>
+      </c>
+      <c r="F25" t="s">
+        <v>10</v>
+      </c>
+      <c r="G25" t="s">
+        <v>180</v>
+      </c>
+      <c r="H25" t="s">
+        <v>181</v>
+      </c>
+      <c r="I25" t="s">
+        <v>10</v>
+      </c>
+      <c r="J25" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>29</v>
+      </c>
+      <c r="B26" t="s">
+        <v>182</v>
+      </c>
+      <c r="C26" t="s">
+        <v>183</v>
+      </c>
+      <c r="D26" t="s">
+        <v>184</v>
+      </c>
+      <c r="E26" t="s">
+        <v>185</v>
+      </c>
+      <c r="F26" t="s">
+        <v>10</v>
+      </c>
+      <c r="G26" t="s">
+        <v>186</v>
+      </c>
+      <c r="H26" t="s">
+        <v>187</v>
+      </c>
+      <c r="I26" t="s">
+        <v>183</v>
+      </c>
+      <c r="J26" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>29</v>
+      </c>
+      <c r="B27" t="s">
+        <v>189</v>
+      </c>
+      <c r="C27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" t="s">
+        <v>190</v>
+      </c>
+      <c r="E27" t="s">
+        <v>191</v>
+      </c>
+      <c r="F27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G27" t="s">
+        <v>192</v>
+      </c>
+      <c r="H27" t="s">
+        <v>193</v>
+      </c>
+      <c r="I27" t="s">
+        <v>10</v>
+      </c>
+      <c r="J27" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>29</v>
+      </c>
+      <c r="B28" t="s">
+        <v>195</v>
+      </c>
+      <c r="C28" t="s">
+        <v>196</v>
+      </c>
+      <c r="D28" t="s">
+        <v>197</v>
+      </c>
+      <c r="E28" t="s">
+        <v>198</v>
+      </c>
+      <c r="F28" t="s">
+        <v>10</v>
+      </c>
+      <c r="G28" t="s">
+        <v>199</v>
+      </c>
+      <c r="H28" t="s">
+        <v>200</v>
+      </c>
+      <c r="I28" t="s">
+        <v>196</v>
+      </c>
+      <c r="J28" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>29</v>
+      </c>
+      <c r="B29" t="s">
+        <v>201</v>
+      </c>
+      <c r="C29" t="s">
+        <v>202</v>
+      </c>
+      <c r="D29" t="s">
+        <v>197</v>
+      </c>
+      <c r="E29" t="s">
+        <v>198</v>
+      </c>
+      <c r="F29" t="s">
+        <v>10</v>
+      </c>
+      <c r="G29" t="s">
+        <v>203</v>
+      </c>
+      <c r="H29" t="s">
+        <v>204</v>
+      </c>
+      <c r="I29" t="s">
+        <v>202</v>
+      </c>
+      <c r="J29" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>29</v>
+      </c>
+      <c r="B30" t="s">
+        <v>206</v>
+      </c>
+      <c r="C30" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" t="s">
+        <v>207</v>
+      </c>
+      <c r="E30" t="s">
+        <v>208</v>
+      </c>
+      <c r="F30" t="s">
+        <v>10</v>
+      </c>
+      <c r="G30" t="s">
+        <v>209</v>
+      </c>
+      <c r="H30" t="s">
+        <v>210</v>
+      </c>
+      <c r="I30" t="s">
+        <v>10</v>
+      </c>
+      <c r="J30" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>29</v>
+      </c>
+      <c r="B31" t="s">
+        <v>212</v>
+      </c>
+      <c r="C31" t="s">
+        <v>10</v>
+      </c>
+      <c r="D31" t="s">
+        <v>213</v>
+      </c>
+      <c r="E31" t="s">
+        <v>214</v>
+      </c>
+      <c r="F31" t="s">
+        <v>10</v>
+      </c>
+      <c r="G31" t="s">
+        <v>215</v>
+      </c>
+      <c r="H31" t="s">
+        <v>216</v>
+      </c>
+      <c r="I31" t="s">
+        <v>10</v>
+      </c>
+      <c r="J31" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>29</v>
+      </c>
+      <c r="B32" t="s">
+        <v>218</v>
+      </c>
+      <c r="C32" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" t="s">
+        <v>213</v>
+      </c>
+      <c r="E32" t="s">
+        <v>219</v>
+      </c>
+      <c r="F32" t="s">
+        <v>10</v>
+      </c>
+      <c r="G32" t="s">
+        <v>220</v>
+      </c>
+      <c r="H32" t="s">
+        <v>221</v>
+      </c>
+      <c r="I32" t="s">
+        <v>10</v>
+      </c>
+      <c r="J32" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>29</v>
+      </c>
+      <c r="B33" t="s">
+        <v>223</v>
+      </c>
+      <c r="C33" t="s">
+        <v>224</v>
+      </c>
+      <c r="D33" t="s">
+        <v>225</v>
+      </c>
+      <c r="E33" t="s">
+        <v>226</v>
+      </c>
+      <c r="F33" t="s">
+        <v>10</v>
+      </c>
+      <c r="G33" t="s">
+        <v>227</v>
+      </c>
+      <c r="H33" t="s">
+        <v>228</v>
+      </c>
+      <c r="I33" t="s">
+        <v>10</v>
+      </c>
+      <c r="J33" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>29</v>
+      </c>
+      <c r="B34" t="s">
+        <v>230</v>
+      </c>
+      <c r="C34" t="s">
+        <v>231</v>
+      </c>
+      <c r="D34" t="s">
+        <v>232</v>
+      </c>
+      <c r="E34" t="s">
+        <v>233</v>
+      </c>
+      <c r="F34" t="s">
+        <v>10</v>
+      </c>
+      <c r="G34" t="s">
+        <v>234</v>
+      </c>
+      <c r="H34" t="s">
+        <v>235</v>
+      </c>
+      <c r="I34" t="s">
+        <v>10</v>
+      </c>
+      <c r="J34" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>29</v>
+      </c>
+      <c r="B35" t="s">
+        <v>236</v>
+      </c>
+      <c r="C35" t="s">
+        <v>10</v>
+      </c>
+      <c r="D35" t="s">
+        <v>237</v>
+      </c>
+      <c r="E35" t="s">
+        <v>238</v>
+      </c>
+      <c r="F35" t="s">
+        <v>10</v>
+      </c>
+      <c r="G35" t="s">
+        <v>239</v>
+      </c>
+      <c r="H35" t="s">
+        <v>240</v>
+      </c>
+      <c r="I35" t="s">
+        <v>10</v>
+      </c>
+      <c r="J35" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>29</v>
+      </c>
+      <c r="B36" t="s">
+        <v>242</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>243</v>
+      </c>
+      <c r="E36" t="s">
+        <v>244</v>
+      </c>
+      <c r="F36" t="s">
+        <v>10</v>
+      </c>
+      <c r="G36" t="s">
+        <v>245</v>
+      </c>
+      <c r="H36" t="s">
+        <v>246</v>
+      </c>
+      <c r="I36" t="s">
+        <v>10</v>
+      </c>
+      <c r="J36" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>29</v>
+      </c>
+      <c r="B37" t="s">
+        <v>248</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>243</v>
+      </c>
+      <c r="E37" t="s">
+        <v>244</v>
+      </c>
+      <c r="F37" t="s">
+        <v>10</v>
+      </c>
+      <c r="G37" t="s">
+        <v>249</v>
+      </c>
+      <c r="H37" t="s">
+        <v>250</v>
+      </c>
+      <c r="I37" t="s">
+        <v>10</v>
+      </c>
+      <c r="J37" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>29</v>
+      </c>
+      <c r="B38" t="s">
+        <v>252</v>
+      </c>
+      <c r="C38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" t="s">
+        <v>253</v>
+      </c>
+      <c r="E38" t="s">
+        <v>254</v>
+      </c>
+      <c r="F38" t="s">
+        <v>10</v>
+      </c>
+      <c r="G38" t="s">
+        <v>255</v>
+      </c>
+      <c r="H38" t="s">
+        <v>256</v>
+      </c>
+      <c r="I38" t="s">
+        <v>10</v>
+      </c>
+      <c r="J38" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>29</v>
+      </c>
+      <c r="B39" t="s">
+        <v>258</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" t="s">
+        <v>259</v>
+      </c>
+      <c r="E39" t="s">
+        <v>260</v>
+      </c>
+      <c r="F39" t="s">
+        <v>10</v>
+      </c>
+      <c r="G39" t="s">
+        <v>261</v>
+      </c>
+      <c r="H39" t="s">
+        <v>262</v>
+      </c>
+      <c r="I39" t="s">
+        <v>10</v>
+      </c>
+      <c r="J39" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>29</v>
+      </c>
+      <c r="B40" t="s">
+        <v>264</v>
+      </c>
+      <c r="C40" t="s">
+        <v>265</v>
+      </c>
+      <c r="D40" t="s">
+        <v>266</v>
+      </c>
+      <c r="E40" t="s">
+        <v>267</v>
+      </c>
+      <c r="F40" t="s">
+        <v>10</v>
+      </c>
+      <c r="G40" t="s">
+        <v>268</v>
+      </c>
+      <c r="H40" t="s">
+        <v>269</v>
+      </c>
+      <c r="I40" t="s">
+        <v>10</v>
+      </c>
+      <c r="J40" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>29</v>
+      </c>
+      <c r="B41" t="s">
+        <v>271</v>
+      </c>
+      <c r="C41" t="s">
+        <v>272</v>
+      </c>
+      <c r="D41" t="s">
+        <v>273</v>
+      </c>
+      <c r="E41" t="s">
+        <v>274</v>
+      </c>
+      <c r="F41" t="s">
+        <v>10</v>
+      </c>
+      <c r="G41" t="s">
+        <v>275</v>
+      </c>
+      <c r="H41" t="s">
+        <v>276</v>
+      </c>
+      <c r="I41" t="s">
+        <v>10</v>
+      </c>
+      <c r="J41" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>29</v>
+      </c>
+      <c r="B42" t="s">
+        <v>278</v>
+      </c>
+      <c r="C42" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" t="s">
+        <v>279</v>
+      </c>
+      <c r="E42" t="s">
+        <v>280</v>
+      </c>
+      <c r="F42" t="s">
+        <v>10</v>
+      </c>
+      <c r="G42" t="s">
+        <v>281</v>
+      </c>
+      <c r="H42" t="s">
+        <v>282</v>
+      </c>
+      <c r="I42" t="s">
+        <v>10</v>
+      </c>
+      <c r="J42" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>29</v>
+      </c>
+      <c r="B43" t="s">
+        <v>284</v>
+      </c>
+      <c r="C43" t="s">
+        <v>10</v>
+      </c>
+      <c r="D43" t="s">
+        <v>279</v>
+      </c>
+      <c r="E43" t="s">
+        <v>285</v>
+      </c>
+      <c r="F43" t="s">
+        <v>10</v>
+      </c>
+      <c r="G43" t="s">
+        <v>286</v>
+      </c>
+      <c r="H43" t="s">
+        <v>287</v>
+      </c>
+      <c r="I43" t="s">
+        <v>10</v>
+      </c>
+      <c r="J43" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>29</v>
+      </c>
+      <c r="B44" t="s">
+        <v>289</v>
+      </c>
+      <c r="C44" t="s">
+        <v>10</v>
+      </c>
+      <c r="D44" t="s">
+        <v>290</v>
+      </c>
+      <c r="E44" t="s">
+        <v>291</v>
+      </c>
+      <c r="F44" t="s">
+        <v>10</v>
+      </c>
+      <c r="G44" t="s">
+        <v>292</v>
+      </c>
+      <c r="H44" t="s">
+        <v>293</v>
+      </c>
+      <c r="I44" t="s">
+        <v>10</v>
+      </c>
+      <c r="J44" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>29</v>
+      </c>
+      <c r="B45" t="s">
+        <v>294</v>
+      </c>
+      <c r="C45" t="s">
+        <v>10</v>
+      </c>
+      <c r="D45" t="s">
+        <v>295</v>
+      </c>
+      <c r="E45" t="s">
+        <v>296</v>
+      </c>
+      <c r="F45" t="s">
+        <v>10</v>
+      </c>
+      <c r="G45" t="s">
+        <v>297</v>
+      </c>
+      <c r="H45" t="s">
+        <v>298</v>
+      </c>
+      <c r="I45" t="s">
+        <v>10</v>
+      </c>
+      <c r="J45" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>29</v>
+      </c>
+      <c r="B46" t="s">
+        <v>299</v>
+      </c>
+      <c r="C46" t="s">
+        <v>300</v>
+      </c>
+      <c r="D46" t="s">
+        <v>301</v>
+      </c>
+      <c r="E46" t="s">
+        <v>302</v>
+      </c>
+      <c r="F46" t="s">
+        <v>10</v>
+      </c>
+      <c r="G46" t="s">
+        <v>303</v>
+      </c>
+      <c r="H46" t="s">
+        <v>304</v>
+      </c>
+      <c r="I46" t="s">
+        <v>300</v>
+      </c>
+      <c r="J46" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>29</v>
+      </c>
+      <c r="B47" t="s">
+        <v>306</v>
+      </c>
+      <c r="C47" t="s">
+        <v>10</v>
+      </c>
+      <c r="D47" t="s">
+        <v>307</v>
+      </c>
+      <c r="E47" t="s">
+        <v>308</v>
+      </c>
+      <c r="F47" t="s">
+        <v>10</v>
+      </c>
+      <c r="G47" t="s">
+        <v>309</v>
+      </c>
+      <c r="H47" t="s">
+        <v>310</v>
+      </c>
+      <c r="I47" t="s">
+        <v>10</v>
+      </c>
+      <c r="J47" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>29</v>
+      </c>
+      <c r="B48" t="s">
+        <v>311</v>
+      </c>
+      <c r="C48" t="s">
+        <v>10</v>
+      </c>
+      <c r="D48" t="s">
+        <v>301</v>
+      </c>
+      <c r="E48" t="s">
+        <v>312</v>
+      </c>
+      <c r="F48" t="s">
+        <v>10</v>
+      </c>
+      <c r="G48" t="s">
+        <v>313</v>
+      </c>
+      <c r="H48" t="s">
+        <v>314</v>
+      </c>
+      <c r="I48" t="s">
+        <v>10</v>
+      </c>
+      <c r="J48" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>29</v>
+      </c>
+      <c r="B49" t="s">
+        <v>315</v>
+      </c>
+      <c r="C49" t="s">
+        <v>10</v>
+      </c>
+      <c r="D49" t="s">
+        <v>316</v>
+      </c>
+      <c r="E49" t="s">
+        <v>317</v>
+      </c>
+      <c r="F49" t="s">
+        <v>10</v>
+      </c>
+      <c r="G49" t="s">
+        <v>318</v>
+      </c>
+      <c r="H49" t="s">
+        <v>319</v>
+      </c>
+      <c r="I49" t="s">
+        <v>10</v>
+      </c>
+      <c r="J49" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>29</v>
+      </c>
+      <c r="B50" t="s">
+        <v>321</v>
+      </c>
+      <c r="C50" t="s">
+        <v>10</v>
+      </c>
+      <c r="D50" t="s">
+        <v>322</v>
+      </c>
+      <c r="E50" t="s">
+        <v>323</v>
+      </c>
+      <c r="F50" t="s">
+        <v>10</v>
+      </c>
+      <c r="G50" t="s">
+        <v>324</v>
+      </c>
+      <c r="H50" t="s">
+        <v>325</v>
+      </c>
+      <c r="I50" t="s">
+        <v>10</v>
+      </c>
+      <c r="J50" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>29</v>
+      </c>
+      <c r="B51" t="s">
+        <v>326</v>
+      </c>
+      <c r="C51" t="s">
+        <v>10</v>
+      </c>
+      <c r="D51" t="s">
+        <v>322</v>
+      </c>
+      <c r="E51" t="s">
+        <v>327</v>
+      </c>
+      <c r="F51" t="s">
+        <v>10</v>
+      </c>
+      <c r="G51" t="s">
+        <v>328</v>
+      </c>
+      <c r="H51" t="s">
+        <v>329</v>
+      </c>
+      <c r="I51" t="s">
+        <v>10</v>
+      </c>
+      <c r="J51" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>29</v>
+      </c>
+      <c r="B52" t="s">
+        <v>330</v>
+      </c>
+      <c r="C52" t="s">
+        <v>10</v>
+      </c>
+      <c r="D52" t="s">
+        <v>322</v>
+      </c>
+      <c r="E52" t="s">
+        <v>331</v>
+      </c>
+      <c r="F52" t="s">
+        <v>10</v>
+      </c>
+      <c r="G52" t="s">
+        <v>332</v>
+      </c>
+      <c r="H52" t="s">
+        <v>333</v>
+      </c>
+      <c r="I52" t="s">
+        <v>10</v>
+      </c>
+      <c r="J52" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>29</v>
+      </c>
+      <c r="B53" t="s">
+        <v>334</v>
+      </c>
+      <c r="C53" t="s">
+        <v>10</v>
+      </c>
+      <c r="D53" t="s">
+        <v>335</v>
+      </c>
+      <c r="E53" t="s">
+        <v>336</v>
+      </c>
+      <c r="F53" t="s">
+        <v>10</v>
+      </c>
+      <c r="G53" t="s">
+        <v>337</v>
+      </c>
+      <c r="H53" t="s">
+        <v>338</v>
+      </c>
+      <c r="I53" t="s">
+        <v>10</v>
+      </c>
+      <c r="J53" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>29</v>
+      </c>
+      <c r="B54" t="s">
+        <v>339</v>
+      </c>
+      <c r="C54" t="s">
+        <v>10</v>
+      </c>
+      <c r="D54" t="s">
+        <v>340</v>
+      </c>
+      <c r="E54" t="s">
+        <v>341</v>
+      </c>
+      <c r="F54" t="s">
+        <v>10</v>
+      </c>
+      <c r="G54" t="s">
+        <v>342</v>
+      </c>
+      <c r="H54" t="s">
+        <v>343</v>
+      </c>
+      <c r="I54" t="s">
+        <v>10</v>
+      </c>
+      <c r="J54" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>29</v>
+      </c>
+      <c r="B55" t="s">
+        <v>345</v>
+      </c>
+      <c r="C55" t="s">
+        <v>10</v>
+      </c>
+      <c r="D55" t="s">
+        <v>346</v>
+      </c>
+      <c r="E55" t="s">
+        <v>347</v>
+      </c>
+      <c r="F55" t="s">
+        <v>10</v>
+      </c>
+      <c r="G55" t="s">
+        <v>348</v>
+      </c>
+      <c r="H55" t="s">
+        <v>349</v>
+      </c>
+      <c r="I55" t="s">
+        <v>10</v>
+      </c>
+      <c r="J55" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>29</v>
+      </c>
+      <c r="B56" t="s">
+        <v>350</v>
+      </c>
+      <c r="C56" t="s">
+        <v>351</v>
+      </c>
+      <c r="D56" t="s">
+        <v>352</v>
+      </c>
+      <c r="E56" t="s">
+        <v>353</v>
+      </c>
+      <c r="F56" t="s">
+        <v>10</v>
+      </c>
+      <c r="G56" t="s">
+        <v>354</v>
+      </c>
+      <c r="H56" t="s">
+        <v>355</v>
+      </c>
+      <c r="I56" t="s">
+        <v>351</v>
+      </c>
+      <c r="J56" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>29</v>
+      </c>
+      <c r="B57" t="s">
+        <v>172</v>
+      </c>
+      <c r="C57" t="s">
+        <v>10</v>
+      </c>
+      <c r="D57" t="s">
+        <v>356</v>
+      </c>
+      <c r="E57" t="s">
+        <v>356</v>
+      </c>
+      <c r="F57" t="s">
+        <v>10</v>
+      </c>
+      <c r="G57" t="s">
+        <v>357</v>
+      </c>
+      <c r="H57" t="s">
+        <v>358</v>
+      </c>
+      <c r="I57" t="s">
+        <v>10</v>
+      </c>
+      <c r="J57" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>29</v>
+      </c>
+      <c r="B58" t="s">
+        <v>360</v>
+      </c>
+      <c r="C58" t="s">
+        <v>10</v>
+      </c>
+      <c r="D58" t="s">
+        <v>361</v>
+      </c>
+      <c r="E58" t="s">
+        <v>361</v>
+      </c>
+      <c r="F58" t="s">
+        <v>10</v>
+      </c>
+      <c r="G58" t="s">
+        <v>362</v>
+      </c>
+      <c r="H58" t="s">
+        <v>363</v>
+      </c>
+      <c r="I58" t="s">
+        <v>10</v>
+      </c>
+      <c r="J58" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>29</v>
+      </c>
+      <c r="B59" t="s">
+        <v>365</v>
+      </c>
+      <c r="C59" t="s">
+        <v>10</v>
+      </c>
+      <c r="D59" t="s">
+        <v>366</v>
+      </c>
+      <c r="E59" t="s">
+        <v>366</v>
+      </c>
+      <c r="F59" t="s">
+        <v>10</v>
+      </c>
+      <c r="G59" t="s">
+        <v>367</v>
+      </c>
+      <c r="H59" t="s">
+        <v>368</v>
+      </c>
+      <c r="I59" t="s">
+        <v>10</v>
+      </c>
+      <c r="J59" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>29</v>
+      </c>
+      <c r="B60" t="s">
+        <v>172</v>
+      </c>
+      <c r="C60" t="s">
+        <v>10</v>
+      </c>
+      <c r="D60" t="s">
+        <v>356</v>
+      </c>
+      <c r="E60" t="s">
+        <v>356</v>
+      </c>
+      <c r="F60" t="s">
+        <v>10</v>
+      </c>
+      <c r="G60" t="s">
+        <v>370</v>
+      </c>
+      <c r="H60" t="s">
+        <v>371</v>
+      </c>
+      <c r="I60" t="s">
+        <v>10</v>
+      </c>
+      <c r="J60" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>29</v>
+      </c>
+      <c r="B61" t="s">
+        <v>372</v>
+      </c>
+      <c r="C61" t="s">
+        <v>10</v>
+      </c>
+      <c r="D61" t="s">
+        <v>373</v>
+      </c>
+      <c r="E61" t="s">
+        <v>373</v>
+      </c>
+      <c r="F61" t="s">
+        <v>10</v>
+      </c>
+      <c r="G61" t="s">
+        <v>374</v>
+      </c>
+      <c r="H61" t="s">
+        <v>375</v>
+      </c>
+      <c r="I61" t="s">
+        <v>10</v>
+      </c>
+      <c r="J61" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>29</v>
+      </c>
+      <c r="B62" t="s">
+        <v>377</v>
+      </c>
+      <c r="C62" t="s">
+        <v>10</v>
+      </c>
+      <c r="D62" t="s">
+        <v>378</v>
+      </c>
+      <c r="E62" t="s">
+        <v>378</v>
+      </c>
+      <c r="F62" t="s">
+        <v>10</v>
+      </c>
+      <c r="G62" t="s">
+        <v>379</v>
+      </c>
+      <c r="H62" t="s">
+        <v>380</v>
+      </c>
+      <c r="I62" t="s">
+        <v>10</v>
+      </c>
+      <c r="J62" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>29</v>
+      </c>
+      <c r="B63" t="s">
+        <v>382</v>
+      </c>
+      <c r="C63" t="s">
+        <v>10</v>
+      </c>
+      <c r="D63" t="s">
+        <v>383</v>
+      </c>
+      <c r="E63" t="s">
+        <v>383</v>
+      </c>
+      <c r="F63" t="s">
+        <v>10</v>
+      </c>
+      <c r="G63" t="s">
+        <v>384</v>
+      </c>
+      <c r="H63" t="s">
+        <v>385</v>
+      </c>
+      <c r="I63" t="s">
+        <v>10</v>
+      </c>
+      <c r="J63" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>29</v>
+      </c>
+      <c r="B64" t="s">
+        <v>387</v>
+      </c>
+      <c r="C64" t="s">
+        <v>10</v>
+      </c>
+      <c r="D64" t="s">
+        <v>388</v>
+      </c>
+      <c r="E64" t="s">
+        <v>388</v>
+      </c>
+      <c r="F64" t="s">
+        <v>10</v>
+      </c>
+      <c r="G64" t="s">
+        <v>389</v>
+      </c>
+      <c r="H64" t="s">
+        <v>390</v>
+      </c>
+      <c r="I64" t="s">
+        <v>10</v>
+      </c>
+      <c r="J64" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>29</v>
+      </c>
+      <c r="B65" t="s">
+        <v>156</v>
+      </c>
+      <c r="C65" t="s">
+        <v>10</v>
+      </c>
+      <c r="D65" t="s">
+        <v>373</v>
+      </c>
+      <c r="E65" t="s">
+        <v>373</v>
+      </c>
+      <c r="F65" t="s">
+        <v>10</v>
+      </c>
+      <c r="G65" t="s">
+        <v>392</v>
+      </c>
+      <c r="H65" t="s">
+        <v>393</v>
+      </c>
+      <c r="I65" t="s">
+        <v>10</v>
+      </c>
+      <c r="J65" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>29</v>
+      </c>
+      <c r="B66" t="s">
+        <v>395</v>
+      </c>
+      <c r="C66" t="s">
+        <v>10</v>
+      </c>
+      <c r="D66" t="s">
+        <v>396</v>
+      </c>
+      <c r="E66" t="s">
+        <v>396</v>
+      </c>
+      <c r="F66" t="s">
+        <v>10</v>
+      </c>
+      <c r="G66" t="s">
+        <v>397</v>
+      </c>
+      <c r="H66" t="s">
+        <v>398</v>
+      </c>
+      <c r="I66" t="s">
+        <v>10</v>
+      </c>
+      <c r="J66" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>29</v>
+      </c>
+      <c r="B67" t="s">
+        <v>400</v>
+      </c>
+      <c r="C67" t="s">
+        <v>10</v>
+      </c>
+      <c r="D67" t="s">
+        <v>401</v>
+      </c>
+      <c r="E67" t="s">
+        <v>401</v>
+      </c>
+      <c r="F67" t="s">
+        <v>10</v>
+      </c>
+      <c r="G67" t="s">
+        <v>402</v>
+      </c>
+      <c r="H67" t="s">
+        <v>403</v>
+      </c>
+      <c r="I67" t="s">
+        <v>10</v>
+      </c>
+      <c r="J67" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>29</v>
+      </c>
+      <c r="B68" t="s">
+        <v>405</v>
+      </c>
+      <c r="C68" t="s">
+        <v>10</v>
+      </c>
+      <c r="D68" t="s">
+        <v>406</v>
+      </c>
+      <c r="E68" t="s">
+        <v>406</v>
+      </c>
+      <c r="F68" t="s">
+        <v>10</v>
+      </c>
+      <c r="G68" t="s">
+        <v>407</v>
+      </c>
+      <c r="H68" t="s">
+        <v>408</v>
+      </c>
+      <c r="I68" t="s">
+        <v>10</v>
+      </c>
+      <c r="J68" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>29</v>
+      </c>
+      <c r="B69" t="s">
+        <v>410</v>
+      </c>
+      <c r="C69" t="s">
+        <v>10</v>
+      </c>
+      <c r="D69" t="s">
+        <v>411</v>
+      </c>
+      <c r="E69" t="s">
+        <v>411</v>
+      </c>
+      <c r="F69" t="s">
+        <v>10</v>
+      </c>
+      <c r="G69" t="s">
+        <v>412</v>
+      </c>
+      <c r="H69" t="s">
+        <v>413</v>
+      </c>
+      <c r="I69" t="s">
+        <v>10</v>
+      </c>
+      <c r="J69" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>29</v>
+      </c>
+      <c r="B70" t="s">
+        <v>415</v>
+      </c>
+      <c r="C70" t="s">
+        <v>10</v>
+      </c>
+      <c r="D70" t="s">
+        <v>416</v>
+      </c>
+      <c r="E70" t="s">
+        <v>416</v>
+      </c>
+      <c r="F70" t="s">
+        <v>10</v>
+      </c>
+      <c r="G70" t="s">
+        <v>417</v>
+      </c>
+      <c r="H70" t="s">
+        <v>418</v>
+      </c>
+      <c r="I70" t="s">
+        <v>10</v>
+      </c>
+      <c r="J70" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>29</v>
+      </c>
+      <c r="B71" t="s">
+        <v>122</v>
+      </c>
+      <c r="C71" t="s">
+        <v>10</v>
+      </c>
+      <c r="D71" t="s">
+        <v>416</v>
+      </c>
+      <c r="E71" t="s">
+        <v>416</v>
+      </c>
+      <c r="F71" t="s">
+        <v>10</v>
+      </c>
+      <c r="G71" t="s">
+        <v>420</v>
+      </c>
+      <c r="H71" t="s">
+        <v>421</v>
+      </c>
+      <c r="I71" t="s">
+        <v>10</v>
+      </c>
+      <c r="J71" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>29</v>
+      </c>
+      <c r="B72" t="s">
+        <v>423</v>
+      </c>
+      <c r="C72" t="s">
+        <v>10</v>
+      </c>
+      <c r="D72" t="s">
+        <v>424</v>
+      </c>
+      <c r="E72" t="s">
+        <v>424</v>
+      </c>
+      <c r="F72" t="s">
+        <v>10</v>
+      </c>
+      <c r="G72" t="s">
+        <v>425</v>
+      </c>
+      <c r="H72" t="s">
+        <v>426</v>
+      </c>
+      <c r="I72" t="s">
+        <v>10</v>
+      </c>
+      <c r="J72" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>29</v>
+      </c>
+      <c r="B73" t="s">
+        <v>428</v>
+      </c>
+      <c r="C73" t="s">
+        <v>10</v>
+      </c>
+      <c r="D73" t="s">
+        <v>429</v>
+      </c>
+      <c r="E73" t="s">
+        <v>429</v>
+      </c>
+      <c r="F73" t="s">
+        <v>10</v>
+      </c>
+      <c r="G73" t="s">
+        <v>430</v>
+      </c>
+      <c r="H73" t="s">
+        <v>431</v>
+      </c>
+      <c r="I73" t="s">
+        <v>10</v>
+      </c>
+      <c r="J73" t="s">
+        <v>432</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>433</v>
+      </c>
+      <c r="B2" t="s">
+        <v>434</v>
+      </c>
+      <c r="C2" t="s">
+        <v>435</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>436</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>437</v>
+      </c>
+      <c r="H2" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>433</v>
+      </c>
+      <c r="B3" t="s">
+        <v>439</v>
+      </c>
+      <c r="C3" t="s">
+        <v>440</v>
+      </c>
+      <c r="D3" t="s">
+        <v>441</v>
+      </c>
+      <c r="E3" t="s">
+        <v>442</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>443</v>
+      </c>
+      <c r="H3" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>433</v>
+      </c>
+      <c r="B4" t="s">
+        <v>445</v>
+      </c>
+      <c r="C4" t="s">
+        <v>446</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>447</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>448</v>
+      </c>
+      <c r="H4" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>433</v>
+      </c>
+      <c r="B5" t="s">
+        <v>450</v>
+      </c>
+      <c r="C5" t="s">
+        <v>451</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
+        <v>452</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>453</v>
+      </c>
+      <c r="H5" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>433</v>
+      </c>
+      <c r="B6" t="s">
+        <v>455</v>
+      </c>
+      <c r="C6" t="s">
+        <v>456</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>457</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>458</v>
+      </c>
+      <c r="H6" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>433</v>
+      </c>
+      <c r="B7" t="s">
+        <v>460</v>
+      </c>
+      <c r="C7" t="s">
+        <v>461</v>
+      </c>
+      <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" t="s">
+        <v>462</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>463</v>
+      </c>
+      <c r="H7" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>433</v>
+      </c>
+      <c r="B8" t="s">
+        <v>465</v>
+      </c>
+      <c r="C8" t="s">
+        <v>466</v>
+      </c>
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
+        <v>467</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>468</v>
+      </c>
+      <c r="H8" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>433</v>
+      </c>
+      <c r="B9" t="s">
+        <v>470</v>
+      </c>
+      <c r="C9" t="s">
+        <v>471</v>
+      </c>
+      <c r="D9" t="s">
+        <v>472</v>
+      </c>
+      <c r="E9" t="s">
+        <v>473</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>474</v>
+      </c>
+      <c r="H9" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>433</v>
+      </c>
+      <c r="B10" t="s">
+        <v>476</v>
+      </c>
+      <c r="C10" t="s">
+        <v>477</v>
+      </c>
+      <c r="D10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" t="s">
+        <v>478</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>479</v>
+      </c>
+      <c r="H10" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>433</v>
+      </c>
+      <c r="B11" t="s">
+        <v>481</v>
+      </c>
+      <c r="C11" t="s">
+        <v>482</v>
+      </c>
+      <c r="D11" t="s">
+        <v>483</v>
+      </c>
+      <c r="E11" t="s">
+        <v>484</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>485</v>
+      </c>
+      <c r="H11" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>433</v>
+      </c>
+      <c r="B12" t="s">
+        <v>487</v>
+      </c>
+      <c r="C12" t="s">
+        <v>488</v>
+      </c>
+      <c r="D12" t="s">
+        <v>489</v>
+      </c>
+      <c r="E12" t="s">
+        <v>490</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>491</v>
+      </c>
+      <c r="H12" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>433</v>
+      </c>
+      <c r="B13" t="s">
+        <v>493</v>
+      </c>
+      <c r="C13" t="s">
+        <v>494</v>
+      </c>
+      <c r="D13" t="s">
+        <v>495</v>
+      </c>
+      <c r="E13" t="s">
+        <v>496</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" t="s">
+        <v>497</v>
+      </c>
+      <c r="H13" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>433</v>
+      </c>
+      <c r="B14" t="s">
+        <v>499</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
+        <v>500</v>
+      </c>
+      <c r="E14" t="s">
+        <v>501</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
+        <v>502</v>
+      </c>
+      <c r="H14" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>433</v>
+      </c>
+      <c r="B15" t="s">
+        <v>504</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>500</v>
+      </c>
+      <c r="E15" t="s">
+        <v>500</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
+        <v>505</v>
+      </c>
+      <c r="H15" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>433</v>
+      </c>
+      <c r="B16" t="s">
+        <v>507</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>500</v>
+      </c>
+      <c r="E16" t="s">
+        <v>500</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>508</v>
+      </c>
+      <c r="H16" t="s">
+        <v>509</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I42"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>511</v>
+      </c>
+      <c r="B2" t="s">
+        <v>512</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>513</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>514</v>
+      </c>
+      <c r="H2" t="s">
+        <v>515</v>
+      </c>
+      <c r="I2" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>511</v>
+      </c>
+      <c r="B3" t="s">
+        <v>517</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>519</v>
+      </c>
+      <c r="H3" t="s">
+        <v>520</v>
+      </c>
+      <c r="I3" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>511</v>
+      </c>
+      <c r="B4" t="s">
+        <v>521</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>522</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>523</v>
+      </c>
+      <c r="H4" t="s">
+        <v>524</v>
+      </c>
+      <c r="I4" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>511</v>
+      </c>
+      <c r="B5" t="s">
+        <v>526</v>
+      </c>
+      <c r="C5" t="s">
+        <v>527</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
+        <v>528</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>529</v>
+      </c>
+      <c r="H5" t="s">
+        <v>530</v>
+      </c>
+      <c r="I5" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>511</v>
+      </c>
+      <c r="B6" t="s">
+        <v>532</v>
+      </c>
+      <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>533</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>534</v>
+      </c>
+      <c r="H6" t="s">
+        <v>535</v>
+      </c>
+      <c r="I6" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>511</v>
+      </c>
+      <c r="B7" t="s">
+        <v>536</v>
+      </c>
+      <c r="C7" t="s">
+        <v>537</v>
+      </c>
+      <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" t="s">
+        <v>538</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>539</v>
+      </c>
+      <c r="H7" t="s">
+        <v>540</v>
+      </c>
+      <c r="I7" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>511</v>
+      </c>
+      <c r="B8" t="s">
+        <v>541</v>
+      </c>
+      <c r="C8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
+        <v>542</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>543</v>
+      </c>
+      <c r="H8" t="s">
+        <v>544</v>
+      </c>
+      <c r="I8" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>511</v>
+      </c>
+      <c r="B9" t="s">
+        <v>545</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" t="s">
+        <v>546</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>547</v>
+      </c>
+      <c r="H9" t="s">
+        <v>548</v>
+      </c>
+      <c r="I9" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>511</v>
+      </c>
+      <c r="B10" t="s">
+        <v>549</v>
+      </c>
+      <c r="C10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" t="s">
+        <v>546</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>550</v>
+      </c>
+      <c r="H10" t="s">
+        <v>551</v>
+      </c>
+      <c r="I10" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>511</v>
+      </c>
+      <c r="B11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C11" t="s">
+        <v>553</v>
+      </c>
+      <c r="D11" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" t="s">
+        <v>554</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>555</v>
+      </c>
+      <c r="H11" t="s">
+        <v>556</v>
+      </c>
+      <c r="I11" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>511</v>
+      </c>
+      <c r="B12" t="s">
+        <v>558</v>
+      </c>
+      <c r="C12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" t="s">
+        <v>559</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>560</v>
+      </c>
+      <c r="H12" t="s">
+        <v>561</v>
+      </c>
+      <c r="I12" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>511</v>
+      </c>
+      <c r="B13" t="s">
+        <v>562</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
+        <v>563</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" t="s">
+        <v>564</v>
+      </c>
+      <c r="H13" t="s">
+        <v>565</v>
+      </c>
+      <c r="I13" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>511</v>
+      </c>
+      <c r="B14" t="s">
+        <v>566</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
+        <v>567</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
+        <v>568</v>
+      </c>
+      <c r="H14" t="s">
+        <v>569</v>
+      </c>
+      <c r="I14" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>511</v>
+      </c>
+      <c r="B15" t="s">
+        <v>570</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" t="s">
+        <v>571</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
+        <v>572</v>
+      </c>
+      <c r="H15" t="s">
+        <v>573</v>
+      </c>
+      <c r="I15" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>511</v>
+      </c>
+      <c r="B16" t="s">
+        <v>570</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>10</v>
+      </c>
+      <c r="E16" t="s">
+        <v>574</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>575</v>
+      </c>
+      <c r="H16" t="s">
+        <v>576</v>
+      </c>
+      <c r="I16" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>511</v>
+      </c>
+      <c r="B17" t="s">
+        <v>577</v>
+      </c>
+      <c r="C17" t="s">
+        <v>578</v>
+      </c>
+      <c r="D17" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" t="s">
+        <v>579</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
+        <v>580</v>
+      </c>
+      <c r="H17" t="s">
+        <v>581</v>
+      </c>
+      <c r="I17" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>511</v>
+      </c>
+      <c r="B18" t="s">
+        <v>582</v>
+      </c>
+      <c r="C18" t="s">
+        <v>583</v>
+      </c>
+      <c r="D18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" t="s">
+        <v>584</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" t="s">
+        <v>585</v>
+      </c>
+      <c r="H18" t="s">
+        <v>586</v>
+      </c>
+      <c r="I18" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>511</v>
+      </c>
+      <c r="B19" t="s">
+        <v>587</v>
+      </c>
+      <c r="C19" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" t="s">
+        <v>588</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+      <c r="G19" t="s">
+        <v>589</v>
+      </c>
+      <c r="H19" t="s">
+        <v>590</v>
+      </c>
+      <c r="I19" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>511</v>
+      </c>
+      <c r="B20" t="s">
+        <v>591</v>
+      </c>
+      <c r="C20" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" t="s">
+        <v>592</v>
+      </c>
+      <c r="F20" t="s">
+        <v>10</v>
+      </c>
+      <c r="G20" t="s">
+        <v>593</v>
+      </c>
+      <c r="H20" t="s">
+        <v>594</v>
+      </c>
+      <c r="I20" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>511</v>
+      </c>
+      <c r="B21" t="s">
+        <v>595</v>
+      </c>
+      <c r="C21" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" t="s">
+        <v>596</v>
+      </c>
+      <c r="F21" t="s">
+        <v>10</v>
+      </c>
+      <c r="G21" t="s">
+        <v>597</v>
+      </c>
+      <c r="H21" t="s">
+        <v>598</v>
+      </c>
+      <c r="I21" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>511</v>
+      </c>
+      <c r="B22" t="s">
+        <v>599</v>
+      </c>
+      <c r="C22" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" t="s">
+        <v>600</v>
+      </c>
+      <c r="F22" t="s">
+        <v>10</v>
+      </c>
+      <c r="G22" t="s">
+        <v>601</v>
+      </c>
+      <c r="H22" t="s">
+        <v>602</v>
+      </c>
+      <c r="I22" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>511</v>
+      </c>
+      <c r="B23" t="s">
+        <v>603</v>
+      </c>
+      <c r="C23" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
+        <v>604</v>
+      </c>
+      <c r="F23" t="s">
+        <v>10</v>
+      </c>
+      <c r="G23" t="s">
+        <v>605</v>
+      </c>
+      <c r="H23" t="s">
+        <v>606</v>
+      </c>
+      <c r="I23" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>511</v>
+      </c>
+      <c r="B24" t="s">
+        <v>607</v>
+      </c>
+      <c r="C24" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
+        <v>608</v>
+      </c>
+      <c r="F24" t="s">
+        <v>10</v>
+      </c>
+      <c r="G24" t="s">
+        <v>609</v>
+      </c>
+      <c r="H24" t="s">
+        <v>610</v>
+      </c>
+      <c r="I24" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>511</v>
+      </c>
+      <c r="B25" t="s">
+        <v>611</v>
+      </c>
+      <c r="C25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>612</v>
+      </c>
+      <c r="F25" t="s">
+        <v>10</v>
+      </c>
+      <c r="G25" t="s">
+        <v>613</v>
+      </c>
+      <c r="H25" t="s">
+        <v>614</v>
+      </c>
+      <c r="I25" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>511</v>
+      </c>
+      <c r="B26" t="s">
+        <v>615</v>
+      </c>
+      <c r="C26" t="s">
+        <v>10</v>
+      </c>
+      <c r="D26" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" t="s">
+        <v>616</v>
+      </c>
+      <c r="F26" t="s">
+        <v>10</v>
+      </c>
+      <c r="G26" t="s">
+        <v>617</v>
+      </c>
+      <c r="H26" t="s">
+        <v>618</v>
+      </c>
+      <c r="I26" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>511</v>
+      </c>
+      <c r="B27" t="s">
+        <v>619</v>
+      </c>
+      <c r="C27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" t="s">
+        <v>620</v>
+      </c>
+      <c r="F27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G27" t="s">
+        <v>621</v>
+      </c>
+      <c r="H27" t="s">
+        <v>622</v>
+      </c>
+      <c r="I27" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>511</v>
+      </c>
+      <c r="B28" t="s">
+        <v>623</v>
+      </c>
+      <c r="C28" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" t="s">
+        <v>624</v>
+      </c>
+      <c r="F28" t="s">
+        <v>10</v>
+      </c>
+      <c r="G28" t="s">
+        <v>625</v>
+      </c>
+      <c r="H28" t="s">
+        <v>626</v>
+      </c>
+      <c r="I28" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>511</v>
+      </c>
+      <c r="B29" t="s">
+        <v>627</v>
+      </c>
+      <c r="C29" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" t="s">
+        <v>628</v>
+      </c>
+      <c r="F29" t="s">
+        <v>10</v>
+      </c>
+      <c r="G29" t="s">
+        <v>629</v>
+      </c>
+      <c r="H29" t="s">
+        <v>630</v>
+      </c>
+      <c r="I29" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>511</v>
+      </c>
+      <c r="B30" t="s">
+        <v>631</v>
+      </c>
+      <c r="C30" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" t="s">
+        <v>632</v>
+      </c>
+      <c r="F30" t="s">
+        <v>10</v>
+      </c>
+      <c r="G30" t="s">
+        <v>633</v>
+      </c>
+      <c r="H30" t="s">
+        <v>634</v>
+      </c>
+      <c r="I30" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>511</v>
+      </c>
+      <c r="B31" t="s">
+        <v>635</v>
+      </c>
+      <c r="C31" t="s">
+        <v>10</v>
+      </c>
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
+        <v>636</v>
+      </c>
+      <c r="F31" t="s">
+        <v>10</v>
+      </c>
+      <c r="G31" t="s">
+        <v>637</v>
+      </c>
+      <c r="H31" t="s">
+        <v>638</v>
+      </c>
+      <c r="I31" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>511</v>
+      </c>
+      <c r="B32" t="s">
+        <v>639</v>
+      </c>
+      <c r="C32" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" t="s">
+        <v>640</v>
+      </c>
+      <c r="F32" t="s">
+        <v>10</v>
+      </c>
+      <c r="G32" t="s">
+        <v>641</v>
+      </c>
+      <c r="H32" t="s">
+        <v>642</v>
+      </c>
+      <c r="I32" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>511</v>
+      </c>
+      <c r="B33" t="s">
+        <v>643</v>
+      </c>
+      <c r="C33" t="s">
+        <v>10</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
+        <v>644</v>
+      </c>
+      <c r="F33" t="s">
+        <v>10</v>
+      </c>
+      <c r="G33" t="s">
+        <v>645</v>
+      </c>
+      <c r="H33" t="s">
+        <v>646</v>
+      </c>
+      <c r="I33" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>511</v>
+      </c>
+      <c r="B34" t="s">
+        <v>647</v>
+      </c>
+      <c r="C34" t="s">
+        <v>648</v>
+      </c>
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>649</v>
+      </c>
+      <c r="F34" t="s">
+        <v>10</v>
+      </c>
+      <c r="G34" t="s">
+        <v>650</v>
+      </c>
+      <c r="H34" t="s">
+        <v>651</v>
+      </c>
+      <c r="I34" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>511</v>
+      </c>
+      <c r="B35" t="s">
+        <v>652</v>
+      </c>
+      <c r="C35" t="s">
+        <v>10</v>
+      </c>
+      <c r="D35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" t="s">
+        <v>653</v>
+      </c>
+      <c r="F35" t="s">
+        <v>10</v>
+      </c>
+      <c r="G35" t="s">
+        <v>654</v>
+      </c>
+      <c r="H35" t="s">
+        <v>655</v>
+      </c>
+      <c r="I35" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>511</v>
+      </c>
+      <c r="B36" t="s">
+        <v>656</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" t="s">
+        <v>657</v>
+      </c>
+      <c r="F36" t="s">
+        <v>10</v>
+      </c>
+      <c r="G36" t="s">
+        <v>658</v>
+      </c>
+      <c r="H36" t="s">
+        <v>659</v>
+      </c>
+      <c r="I36" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>511</v>
+      </c>
+      <c r="B37" t="s">
+        <v>660</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" t="s">
+        <v>661</v>
+      </c>
+      <c r="F37" t="s">
+        <v>10</v>
+      </c>
+      <c r="G37" t="s">
+        <v>662</v>
+      </c>
+      <c r="H37" t="s">
+        <v>663</v>
+      </c>
+      <c r="I37" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>511</v>
+      </c>
+      <c r="B38" t="s">
+        <v>664</v>
+      </c>
+      <c r="C38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" t="s">
+        <v>665</v>
+      </c>
+      <c r="F38" t="s">
+        <v>10</v>
+      </c>
+      <c r="G38" t="s">
+        <v>666</v>
+      </c>
+      <c r="H38" t="s">
+        <v>667</v>
+      </c>
+      <c r="I38" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>511</v>
+      </c>
+      <c r="B39" t="s">
+        <v>668</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" t="s">
+        <v>10</v>
+      </c>
+      <c r="E39" t="s">
+        <v>665</v>
+      </c>
+      <c r="F39" t="s">
+        <v>10</v>
+      </c>
+      <c r="G39" t="s">
+        <v>669</v>
+      </c>
+      <c r="H39" t="s">
+        <v>670</v>
+      </c>
+      <c r="I39" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>511</v>
+      </c>
+      <c r="B40" t="s">
+        <v>671</v>
+      </c>
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" t="s">
+        <v>665</v>
+      </c>
+      <c r="F40" t="s">
+        <v>10</v>
+      </c>
+      <c r="G40" t="s">
+        <v>672</v>
+      </c>
+      <c r="H40" t="s">
+        <v>673</v>
+      </c>
+      <c r="I40" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>511</v>
+      </c>
+      <c r="B41" t="s">
+        <v>674</v>
+      </c>
+      <c r="C41" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" t="s">
+        <v>10</v>
+      </c>
+      <c r="E41" t="s">
+        <v>665</v>
+      </c>
+      <c r="F41" t="s">
+        <v>10</v>
+      </c>
+      <c r="G41" t="s">
+        <v>675</v>
+      </c>
+      <c r="H41" t="s">
+        <v>676</v>
+      </c>
+      <c r="I41" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>511</v>
+      </c>
+      <c r="B42" t="s">
+        <v>677</v>
+      </c>
+      <c r="C42" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" t="s">
+        <v>678</v>
+      </c>
+      <c r="F42" t="s">
+        <v>10</v>
+      </c>
+      <c r="G42" t="s">
+        <v>679</v>
+      </c>
+      <c r="H42" t="s">
+        <v>680</v>
+      </c>
+      <c r="I42" t="s">
+        <v>525</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>681</v>
+      </c>
+      <c r="B2" t="s">
+        <v>682</v>
+      </c>
+      <c r="C2" t="s">
+        <v>683</v>
+      </c>
+      <c r="D2" t="s">
+        <v>684</v>
+      </c>
+      <c r="E2" t="s">
+        <v>685</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>686</v>
+      </c>
+      <c r="H2" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>681</v>
+      </c>
+      <c r="B3" t="s">
+        <v>688</v>
+      </c>
+      <c r="C3" t="s">
+        <v>689</v>
+      </c>
+      <c r="D3" t="s">
+        <v>690</v>
+      </c>
+      <c r="E3" t="s">
+        <v>691</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H3" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>681</v>
+      </c>
+      <c r="B4" t="s">
+        <v>694</v>
+      </c>
+      <c r="C4" t="s">
+        <v>695</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>696</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>697</v>
+      </c>
+      <c r="H4" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>681</v>
+      </c>
+      <c r="B5" t="s">
+        <v>699</v>
+      </c>
+      <c r="C5" t="s">
+        <v>700</v>
+      </c>
+      <c r="D5" t="s">
+        <v>701</v>
+      </c>
+      <c r="E5" t="s">
+        <v>702</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>703</v>
+      </c>
+      <c r="H5" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>681</v>
+      </c>
+      <c r="B6" t="s">
+        <v>705</v>
+      </c>
+      <c r="C6" t="s">
+        <v>706</v>
+      </c>
+      <c r="D6" t="s">
+        <v>707</v>
+      </c>
+      <c r="E6" t="s">
+        <v>708</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>709</v>
+      </c>
+      <c r="H6" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>681</v>
+      </c>
+      <c r="B7" t="s">
+        <v>711</v>
+      </c>
+      <c r="C7" t="s">
+        <v>712</v>
+      </c>
+      <c r="D7" t="s">
+        <v>713</v>
+      </c>
+      <c r="E7" t="s">
+        <v>714</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>715</v>
+      </c>
+      <c r="H7" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>681</v>
+      </c>
+      <c r="B8" t="s">
+        <v>717</v>
+      </c>
+      <c r="C8" t="s">
+        <v>718</v>
+      </c>
+      <c r="D8" t="s">
+        <v>719</v>
+      </c>
+      <c r="E8" t="s">
+        <v>720</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>721</v>
+      </c>
+      <c r="H8" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>681</v>
+      </c>
+      <c r="B9" t="s">
+        <v>723</v>
+      </c>
+      <c r="C9" t="s">
+        <v>724</v>
+      </c>
+      <c r="D9" t="s">
+        <v>725</v>
+      </c>
+      <c r="E9" t="s">
+        <v>726</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>727</v>
+      </c>
+      <c r="H9" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>681</v>
+      </c>
+      <c r="B10" t="s">
+        <v>729</v>
+      </c>
+      <c r="C10" t="s">
+        <v>730</v>
+      </c>
+      <c r="D10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" t="s">
+        <v>731</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>732</v>
+      </c>
+      <c r="H10" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>681</v>
+      </c>
+      <c r="B11" t="s">
+        <v>734</v>
+      </c>
+      <c r="C11" t="s">
+        <v>735</v>
+      </c>
+      <c r="D11" t="s">
+        <v>736</v>
+      </c>
+      <c r="E11" t="s">
+        <v>737</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>738</v>
+      </c>
+      <c r="H11" t="s">
+        <v>739</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>740</v>
+      </c>
+      <c r="B2" t="s">
+        <v>741</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>742</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>743</v>
+      </c>
+      <c r="H2" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>740</v>
+      </c>
+      <c r="B3" t="s">
+        <v>745</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>746</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>747</v>
+      </c>
+      <c r="H3" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>740</v>
+      </c>
+      <c r="B4" t="s">
+        <v>749</v>
+      </c>
+      <c r="C4" t="s">
+        <v>750</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>751</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>752</v>
+      </c>
+      <c r="H4" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>740</v>
+      </c>
+      <c r="B5" t="s">
+        <v>754</v>
+      </c>
+      <c r="C5" t="s">
+        <v>755</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
+        <v>756</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>757</v>
+      </c>
+      <c r="H5" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>740</v>
+      </c>
+      <c r="B6" t="s">
+        <v>759</v>
+      </c>
+      <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>429</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>760</v>
+      </c>
+      <c r="H6" t="s">
+        <v>761</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>762</v>
+      </c>
+      <c r="B2" t="s">
+        <v>763</v>
+      </c>
+      <c r="C2" t="s">
+        <v>764</v>
+      </c>
+      <c r="D2" t="s">
+        <v>765</v>
+      </c>
+      <c r="E2" t="s">
+        <v>766</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>767</v>
+      </c>
+      <c r="H2" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>762</v>
+      </c>
+      <c r="B3" t="s">
+        <v>769</v>
+      </c>
+      <c r="C3" t="s">
+        <v>770</v>
+      </c>
+      <c r="D3" t="s">
+        <v>771</v>
+      </c>
+      <c r="E3" t="s">
+        <v>772</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>773</v>
+      </c>
+      <c r="H3" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>762</v>
+      </c>
+      <c r="B4" t="s">
+        <v>775</v>
+      </c>
+      <c r="C4" t="s">
+        <v>776</v>
+      </c>
+      <c r="D4" t="s">
+        <v>777</v>
+      </c>
+      <c r="E4" t="s">
+        <v>778</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>779</v>
+      </c>
+      <c r="H4" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>762</v>
+      </c>
+      <c r="B5" t="s">
+        <v>781</v>
+      </c>
+      <c r="C5" t="s">
+        <v>782</v>
+      </c>
+      <c r="D5" t="s">
+        <v>783</v>
+      </c>
+      <c r="E5" t="s">
+        <v>784</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>785</v>
+      </c>
+      <c r="H5" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>762</v>
+      </c>
+      <c r="B6" t="s">
+        <v>787</v>
+      </c>
+      <c r="C6" t="s">
+        <v>788</v>
+      </c>
+      <c r="D6" t="s">
+        <v>789</v>
+      </c>
+      <c r="E6" t="s">
+        <v>790</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>791</v>
+      </c>
+      <c r="H6" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>762</v>
+      </c>
+      <c r="B7" t="s">
+        <v>793</v>
+      </c>
+      <c r="C7" t="s">
+        <v>794</v>
+      </c>
+      <c r="D7" t="s">
+        <v>795</v>
+      </c>
+      <c r="E7" t="s">
+        <v>796</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>797</v>
+      </c>
+      <c r="H7" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>762</v>
+      </c>
+      <c r="B8" t="s">
+        <v>799</v>
+      </c>
+      <c r="C8" t="s">
+        <v>800</v>
+      </c>
+      <c r="D8" t="s">
+        <v>801</v>
+      </c>
+      <c r="E8" t="s">
+        <v>802</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>803</v>
+      </c>
+      <c r="H8" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>762</v>
+      </c>
+      <c r="B9" t="s">
+        <v>805</v>
+      </c>
+      <c r="C9" t="s">
+        <v>806</v>
+      </c>
+      <c r="D9" t="s">
+        <v>807</v>
+      </c>
+      <c r="E9" t="s">
+        <v>808</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>809</v>
+      </c>
+      <c r="H9" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>762</v>
+      </c>
+      <c r="B10" t="s">
+        <v>811</v>
+      </c>
+      <c r="C10" t="s">
+        <v>812</v>
+      </c>
+      <c r="D10" t="s">
+        <v>813</v>
+      </c>
+      <c r="E10" t="s">
+        <v>814</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>815</v>
+      </c>
+      <c r="H10" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>762</v>
+      </c>
+      <c r="B11" t="s">
+        <v>817</v>
+      </c>
+      <c r="C11" t="s">
+        <v>818</v>
+      </c>
+      <c r="D11" t="s">
+        <v>819</v>
+      </c>
+      <c r="E11" t="s">
+        <v>820</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>821</v>
+      </c>
+      <c r="H11" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>762</v>
+      </c>
+      <c r="B12" t="s">
+        <v>823</v>
+      </c>
+      <c r="C12" t="s">
+        <v>824</v>
+      </c>
+      <c r="D12" t="s">
+        <v>825</v>
+      </c>
+      <c r="E12" t="s">
+        <v>826</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>827</v>
+      </c>
+      <c r="H12" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>762</v>
+      </c>
+      <c r="B13" t="s">
+        <v>829</v>
+      </c>
+      <c r="C13" t="s">
+        <v>830</v>
+      </c>
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
+        <v>831</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" t="s">
+        <v>832</v>
+      </c>
+      <c r="H13" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>762</v>
+      </c>
+      <c r="B14" t="s">
+        <v>834</v>
+      </c>
+      <c r="C14" t="s">
+        <v>835</v>
+      </c>
+      <c r="D14" t="s">
+        <v>836</v>
+      </c>
+      <c r="E14" t="s">
+        <v>837</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
+        <v>838</v>
+      </c>
+      <c r="H14" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>762</v>
+      </c>
+      <c r="B15" t="s">
+        <v>840</v>
+      </c>
+      <c r="C15" t="s">
+        <v>841</v>
+      </c>
+      <c r="D15" t="s">
+        <v>842</v>
+      </c>
+      <c r="E15" t="s">
+        <v>843</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
+        <v>844</v>
+      </c>
+      <c r="H15" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>762</v>
+      </c>
+      <c r="B16" t="s">
+        <v>846</v>
+      </c>
+      <c r="C16" t="s">
+        <v>847</v>
+      </c>
+      <c r="D16" t="s">
+        <v>848</v>
+      </c>
+      <c r="E16" t="s">
+        <v>849</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>850</v>
+      </c>
+      <c r="H16" t="s">
+        <v>851</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H55"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>852</v>
+      </c>
+      <c r="B2" t="s">
+        <v>853</v>
+      </c>
+      <c r="C2" t="s">
+        <v>854</v>
+      </c>
+      <c r="D2" t="s">
+        <v>855</v>
+      </c>
+      <c r="E2" t="s">
+        <v>856</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>857</v>
+      </c>
+      <c r="H2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>852</v>
+      </c>
+      <c r="B3" t="s">
+        <v>859</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>860</v>
+      </c>
+      <c r="E3" t="s">
+        <v>861</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>862</v>
+      </c>
+      <c r="H3" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>852</v>
+      </c>
+      <c r="B4" t="s">
+        <v>864</v>
+      </c>
+      <c r="C4" t="s">
+        <v>865</v>
+      </c>
+      <c r="D4" t="s">
+        <v>866</v>
+      </c>
+      <c r="E4" t="s">
+        <v>867</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>868</v>
+      </c>
+      <c r="H4" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>852</v>
+      </c>
+      <c r="B5" t="s">
+        <v>870</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
+        <v>871</v>
+      </c>
+      <c r="E5" t="s">
+        <v>872</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>873</v>
+      </c>
+      <c r="H5" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>852</v>
+      </c>
+      <c r="B6" t="s">
+        <v>875</v>
+      </c>
+      <c r="C6" t="s">
+        <v>876</v>
+      </c>
+      <c r="D6" t="s">
+        <v>877</v>
+      </c>
+      <c r="E6" t="s">
+        <v>878</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>879</v>
+      </c>
+      <c r="H6" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>852</v>
+      </c>
+      <c r="B7" t="s">
+        <v>881</v>
+      </c>
+      <c r="C7" t="s">
+        <v>882</v>
+      </c>
+      <c r="D7" t="s">
+        <v>441</v>
+      </c>
+      <c r="E7" t="s">
+        <v>883</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>884</v>
+      </c>
+      <c r="H7" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>852</v>
+      </c>
+      <c r="B8" t="s">
+        <v>886</v>
+      </c>
+      <c r="C8" t="s">
+        <v>887</v>
+      </c>
+      <c r="D8" t="s">
+        <v>888</v>
+      </c>
+      <c r="E8" t="s">
+        <v>889</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>890</v>
+      </c>
+      <c r="H8" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>852</v>
+      </c>
+      <c r="B9" t="s">
+        <v>892</v>
+      </c>
+      <c r="C9" t="s">
+        <v>893</v>
+      </c>
+      <c r="D9" t="s">
+        <v>894</v>
+      </c>
+      <c r="E9" t="s">
+        <v>895</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>896</v>
+      </c>
+      <c r="H9" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>852</v>
+      </c>
+      <c r="B10" t="s">
+        <v>898</v>
+      </c>
+      <c r="C10" t="s">
+        <v>899</v>
+      </c>
+      <c r="D10" t="s">
+        <v>900</v>
+      </c>
+      <c r="E10" t="s">
+        <v>901</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>902</v>
+      </c>
+      <c r="H10" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>852</v>
+      </c>
+      <c r="B11" t="s">
+        <v>904</v>
+      </c>
+      <c r="C11" t="s">
+        <v>905</v>
+      </c>
+      <c r="D11" t="s">
+        <v>906</v>
+      </c>
+      <c r="E11" t="s">
+        <v>907</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>908</v>
+      </c>
+      <c r="H11" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>852</v>
+      </c>
+      <c r="B12" t="s">
+        <v>910</v>
+      </c>
+      <c r="C12" t="s">
+        <v>911</v>
+      </c>
+      <c r="D12" t="s">
+        <v>912</v>
+      </c>
+      <c r="E12" t="s">
+        <v>913</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>914</v>
+      </c>
+      <c r="H12" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>852</v>
+      </c>
+      <c r="B13" t="s">
+        <v>916</v>
+      </c>
+      <c r="C13" t="s">
+        <v>917</v>
+      </c>
+      <c r="D13" t="s">
+        <v>918</v>
+      </c>
+      <c r="E13" t="s">
+        <v>919</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" t="s">
+        <v>920</v>
+      </c>
+      <c r="H13" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>852</v>
+      </c>
+      <c r="B14" t="s">
+        <v>922</v>
+      </c>
+      <c r="C14" t="s">
+        <v>923</v>
+      </c>
+      <c r="D14" t="s">
+        <v>924</v>
+      </c>
+      <c r="E14" t="s">
+        <v>925</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
+        <v>926</v>
+      </c>
+      <c r="H14" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>852</v>
+      </c>
+      <c r="B15" t="s">
+        <v>928</v>
+      </c>
+      <c r="C15" t="s">
+        <v>929</v>
+      </c>
+      <c r="D15" t="s">
+        <v>930</v>
+      </c>
+      <c r="E15" t="s">
+        <v>931</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
+        <v>932</v>
+      </c>
+      <c r="H15" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>852</v>
+      </c>
+      <c r="B16" t="s">
+        <v>934</v>
+      </c>
+      <c r="C16" t="s">
+        <v>935</v>
+      </c>
+      <c r="D16" t="s">
+        <v>936</v>
+      </c>
+      <c r="E16" t="s">
+        <v>937</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>938</v>
+      </c>
+      <c r="H16" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>852</v>
+      </c>
+      <c r="B17" t="s">
+        <v>940</v>
+      </c>
+      <c r="C17" t="s">
+        <v>941</v>
+      </c>
+      <c r="D17" t="s">
+        <v>942</v>
+      </c>
+      <c r="E17" t="s">
+        <v>943</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
+        <v>944</v>
+      </c>
+      <c r="H17" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>852</v>
+      </c>
+      <c r="B18" t="s">
+        <v>946</v>
+      </c>
+      <c r="C18" t="s">
+        <v>947</v>
+      </c>
+      <c r="D18" t="s">
+        <v>948</v>
+      </c>
+      <c r="E18" t="s">
+        <v>949</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" t="s">
+        <v>950</v>
+      </c>
+      <c r="H18" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>852</v>
+      </c>
+      <c r="B19" t="s">
+        <v>952</v>
+      </c>
+      <c r="C19" t="s">
+        <v>953</v>
+      </c>
+      <c r="D19" t="s">
+        <v>954</v>
+      </c>
+      <c r="E19" t="s">
+        <v>955</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+      <c r="G19" t="s">
+        <v>956</v>
+      </c>
+      <c r="H19" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>852</v>
+      </c>
+      <c r="B20" t="s">
+        <v>958</v>
+      </c>
+      <c r="C20" t="s">
+        <v>959</v>
+      </c>
+      <c r="D20" t="s">
+        <v>960</v>
+      </c>
+      <c r="E20" t="s">
+        <v>961</v>
+      </c>
+      <c r="F20" t="s">
+        <v>10</v>
+      </c>
+      <c r="G20" t="s">
+        <v>962</v>
+      </c>
+      <c r="H20" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>852</v>
+      </c>
+      <c r="B21" t="s">
+        <v>964</v>
+      </c>
+      <c r="C21" t="s">
+        <v>965</v>
+      </c>
+      <c r="D21" t="s">
+        <v>966</v>
+      </c>
+      <c r="E21" t="s">
+        <v>967</v>
+      </c>
+      <c r="F21" t="s">
+        <v>10</v>
+      </c>
+      <c r="G21" t="s">
+        <v>968</v>
+      </c>
+      <c r="H21" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>852</v>
+      </c>
+      <c r="B22" t="s">
+        <v>970</v>
+      </c>
+      <c r="C22" t="s">
+        <v>971</v>
+      </c>
+      <c r="D22" t="s">
+        <v>972</v>
+      </c>
+      <c r="E22" t="s">
+        <v>973</v>
+      </c>
+      <c r="F22" t="s">
+        <v>10</v>
+      </c>
+      <c r="G22" t="s">
+        <v>974</v>
+      </c>
+      <c r="H22" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>852</v>
+      </c>
+      <c r="B23" t="s">
+        <v>976</v>
+      </c>
+      <c r="C23" t="s">
+        <v>977</v>
+      </c>
+      <c r="D23" t="s">
+        <v>972</v>
+      </c>
+      <c r="E23" t="s">
+        <v>978</v>
+      </c>
+      <c r="F23" t="s">
+        <v>10</v>
+      </c>
+      <c r="G23" t="s">
+        <v>979</v>
+      </c>
+      <c r="H23" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>852</v>
+      </c>
+      <c r="B24" t="s">
+        <v>981</v>
+      </c>
+      <c r="C24" t="s">
+        <v>982</v>
+      </c>
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
+        <v>983</v>
+      </c>
+      <c r="F24" t="s">
+        <v>10</v>
+      </c>
+      <c r="G24" t="s">
+        <v>984</v>
+      </c>
+      <c r="H24" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>852</v>
+      </c>
+      <c r="B25" t="s">
+        <v>986</v>
+      </c>
+      <c r="C25" t="s">
+        <v>987</v>
+      </c>
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>988</v>
+      </c>
+      <c r="F25" t="s">
+        <v>10</v>
+      </c>
+      <c r="G25" t="s">
+        <v>989</v>
+      </c>
+      <c r="H25" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>852</v>
+      </c>
+      <c r="B26" t="s">
+        <v>991</v>
+      </c>
+      <c r="C26" t="s">
+        <v>992</v>
+      </c>
+      <c r="D26" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" t="s">
+        <v>993</v>
+      </c>
+      <c r="F26" t="s">
+        <v>10</v>
+      </c>
+      <c r="G26" t="s">
+        <v>994</v>
+      </c>
+      <c r="H26" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>852</v>
+      </c>
+      <c r="B27" t="s">
+        <v>996</v>
+      </c>
+      <c r="C27" t="s">
+        <v>997</v>
+      </c>
+      <c r="D27" t="s">
+        <v>998</v>
+      </c>
+      <c r="E27" t="s">
+        <v>998</v>
+      </c>
+      <c r="F27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G27" t="s">
+        <v>999</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>852</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F28" t="s">
+        <v>10</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>852</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F29" t="s">
+        <v>10</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>852</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D30" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F30" t="s">
+        <v>10</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>852</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F31" t="s">
+        <v>10</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>852</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1026</v>
+      </c>
+      <c r="F32" t="s">
+        <v>10</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>852</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F33" t="s">
+        <v>10</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>852</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F34" t="s">
+        <v>10</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>852</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F35" t="s">
+        <v>10</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>852</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F36" t="s">
+        <v>10</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>852</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F37" t="s">
+        <v>10</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>852</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F38" t="s">
+        <v>10</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>852</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F39" t="s">
+        <v>10</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>852</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F40" t="s">
+        <v>10</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>852</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F41" t="s">
+        <v>10</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>852</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1083</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F42" t="s">
+        <v>10</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>852</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1089</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F43" t="s">
+        <v>10</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>852</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F44" t="s">
+        <v>10</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>852</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1101</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1102</v>
+      </c>
+      <c r="F45" t="s">
+        <v>10</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>852</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1107</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F46" t="s">
+        <v>10</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>852</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F47" t="s">
+        <v>10</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>852</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F48" t="s">
+        <v>10</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>852</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F49" t="s">
+        <v>10</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>852</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1131</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F50" t="s">
+        <v>10</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>852</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F51" t="s">
+        <v>10</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>852</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F52" t="s">
+        <v>10</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>852</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F53" t="s">
+        <v>10</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>852</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1154</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F54" t="s">
+        <v>10</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>852</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1160</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F55" t="s">
+        <v>10</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>1164</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>1165</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>1166</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>1167</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>1168</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>1169</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>1164</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>1171</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>1172</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>1173</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>1174</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>1175</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
-[...768 lines deleted...]
-        <v>151</v>
+        <v>1176</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>