--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="574" uniqueCount="366">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="590" uniqueCount="377">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -761,50 +761,65 @@
   <si>
     <t>c_2833702</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Générique obésités de causes rares</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/07/2021 00:00:00</t>
   </si>
   <si>
     <t>29/07/2021 17:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
   </si>
   <si>
     <t>p_3280217</t>
   </si>
   <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
     <t>Fibrodysplasie Ossifiante Progressive (FOP)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de FOP. Il a été élaboré par le Centre de référence des maladies osseuses constitutionnelles (CRMR MOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>22/04/2024 08:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3503200/fr/fibrodysplasie-ossifiante-progressive-fop</t>
   </si>
   <si>
     <t>p_3503200</t>
   </si>
   <si>
     <t>Syndrome Prader Willi</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
@@ -924,50 +939,68 @@
     <t>10/10/2012 11:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1318289/fr/dispositifs-de-compression/contention-medicale-a-usage-individuel-utilisation-en-orthopedie/rhumatologie/traumatologie</t>
   </si>
   <si>
     <t>c_1318289</t>
   </si>
   <si>
     <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
   </si>
   <si>
     <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
   </si>
   <si>
     <t>25/11/2009 00:00:00</t>
   </si>
   <si>
     <t>18/02/2010 18:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
   </si>
   <si>
     <t>c_894315</t>
+  </si>
+  <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>CSMS - Réunion du 5 octobre  2021</t>
   </si>
   <si>
     <t>02/11/2021 15:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3296301/fr/csms-reunion-du-5-octobre-2021</t>
   </si>
   <si>
     <t>p_3296301</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>17/09/2021 15:03:00</t>
   </si>
@@ -2272,51 +2305,51 @@
       </c>
       <c r="D35" t="s">
         <v>232</v>
       </c>
       <c r="E35" t="s">
         <v>233</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
         <v>234</v>
       </c>
       <c r="H35" t="s">
         <v>235</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2393,103 +2426,103 @@
       </c>
       <c r="E4" t="s">
         <v>250</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>251</v>
       </c>
       <c r="H4" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>236</v>
       </c>
       <c r="B5" t="s">
         <v>253</v>
       </c>
       <c r="C5" t="s">
         <v>254</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>255</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>256</v>
       </c>
       <c r="H5" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>236</v>
       </c>
       <c r="B6" t="s">
         <v>258</v>
       </c>
       <c r="C6" t="s">
         <v>259</v>
       </c>
       <c r="D6" t="s">
+        <v>226</v>
+      </c>
+      <c r="E6" t="s">
         <v>260</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>261</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>236</v>
       </c>
       <c r="B7" t="s">
+        <v>263</v>
+      </c>
+      <c r="C7" t="s">
         <v>264</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>266</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>267</v>
       </c>
       <c r="H7" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>236</v>
       </c>
       <c r="B8" t="s">
         <v>269</v>
       </c>
       <c r="C8" t="s">
         <v>270</v>
       </c>
       <c r="D8" t="s">
@@ -2510,679 +2543,731 @@
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>236</v>
       </c>
       <c r="B9" t="s">
         <v>274</v>
       </c>
       <c r="C9" t="s">
         <v>275</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>276</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>277</v>
       </c>
       <c r="H9" t="s">
         <v>278</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>236</v>
+      </c>
+      <c r="B10" t="s">
+        <v>279</v>
+      </c>
+      <c r="C10" t="s">
+        <v>280</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>281</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>282</v>
+      </c>
+      <c r="H10" t="s">
+        <v>283</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="B2" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C2" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="D2" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="E2" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="H2" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="B3" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="C3" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="D3" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="E3" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="H3" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="B4" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="C4" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="D4" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E4" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="H4" t="s">
-        <v>297</v>
+        <v>302</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>284</v>
+      </c>
+      <c r="B5" t="s">
+        <v>303</v>
+      </c>
+      <c r="C5" t="s">
+        <v>304</v>
+      </c>
+      <c r="D5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E5" t="s">
+        <v>306</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>307</v>
+      </c>
+      <c r="H5" t="s">
+        <v>308</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>298</v>
+        <v>309</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="B2" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="H2" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="I2" t="s">
-        <v>304</v>
+        <v>315</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="B3" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>305</v>
+        <v>316</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="H3" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
       <c r="I3" t="s">
-        <v>304</v>
+        <v>315</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="B4" t="s">
-        <v>308</v>
+        <v>319</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>309</v>
+        <v>320</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>310</v>
+        <v>321</v>
       </c>
       <c r="H4" t="s">
-        <v>311</v>
+        <v>322</v>
       </c>
       <c r="I4" t="s">
-        <v>304</v>
+        <v>315</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="B5" t="s">
-        <v>312</v>
+        <v>323</v>
       </c>
       <c r="C5" t="s">
-        <v>313</v>
+        <v>324</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>314</v>
+        <v>325</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>315</v>
+        <v>326</v>
       </c>
       <c r="H5" t="s">
-        <v>316</v>
+        <v>327</v>
       </c>
       <c r="I5" t="s">
-        <v>317</v>
+        <v>328</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="B6" t="s">
-        <v>318</v>
+        <v>329</v>
       </c>
       <c r="C6" t="s">
-        <v>319</v>
+        <v>330</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>320</v>
+        <v>331</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>321</v>
+        <v>332</v>
       </c>
       <c r="H6" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
       <c r="I6" t="s">
-        <v>304</v>
+        <v>315</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>323</v>
+        <v>334</v>
       </c>
       <c r="B2" t="s">
-        <v>324</v>
+        <v>335</v>
       </c>
       <c r="C2" t="s">
-        <v>325</v>
+        <v>336</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>326</v>
+        <v>337</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>327</v>
+        <v>338</v>
       </c>
       <c r="H2" t="s">
-        <v>328</v>
+        <v>339</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>323</v>
+        <v>334</v>
       </c>
       <c r="B3" t="s">
-        <v>329</v>
+        <v>340</v>
       </c>
       <c r="C3" t="s">
-        <v>330</v>
+        <v>341</v>
       </c>
       <c r="D3" t="s">
-        <v>331</v>
+        <v>342</v>
       </c>
       <c r="E3" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>333</v>
+        <v>344</v>
       </c>
       <c r="H3" t="s">
-        <v>334</v>
+        <v>345</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>323</v>
+        <v>334</v>
       </c>
       <c r="B4" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="C4" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="D4" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="E4" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="H4" t="s">
-        <v>340</v>
+        <v>351</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="B2" t="s">
-        <v>342</v>
+        <v>353</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c r="H2" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="B3" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>348</v>
+        <v>359</v>
       </c>
       <c r="H3" t="s">
-        <v>349</v>
+        <v>360</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="B4" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="C4" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>352</v>
+        <v>363</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>353</v>
+        <v>364</v>
       </c>
       <c r="H4" t="s">
-        <v>354</v>
+        <v>365</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="B5" t="s">
-        <v>355</v>
+        <v>366</v>
       </c>
       <c r="C5" t="s">
-        <v>356</v>
+        <v>367</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>357</v>
+        <v>368</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>358</v>
+        <v>369</v>
       </c>
       <c r="H5" t="s">
-        <v>359</v>
+        <v>370</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>360</v>
+        <v>371</v>
       </c>
       <c r="B2" t="s">
-        <v>361</v>
+        <v>372</v>
       </c>
       <c r="C2" t="s">
-        <v>362</v>
+        <v>373</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>363</v>
+        <v>374</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>364</v>
+        <v>375</v>
       </c>
       <c r="H2" t="s">
-        <v>365</v>
+        <v>376</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>