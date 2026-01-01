--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -9,167 +9,149 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...2 lines deleted...]
-    <t>Place et gestion de la trachéotomie dans la prise en charge de la dépendance ventilatoire des patients atteints de maladies neuromusculaires lentement évolutives</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Role and management of tracheostomy in the care of ventilator-dependent patients with slowly progressive neuromuscular diseases</t>
   </si>
   <si>
     <t>Objectifs Il s’agit d’aider la prise de décision dans le choix des soins, améliorer et harmoniser les pratiques. La finalité est d’améliorer la prise en charge des patients, et donc la qualité et la sécurité des soins qui leur sont apportés, ainsi que leur qualité de vie</t>
   </si>
   <si>
-    <t>05/11/2020 00:00:00</t>
-[...2 lines deleted...]
-    <t>02/12/2020 08:39:00</t>
+    <t>11/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2020 08:39:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3217806/fr/place-et-gestion-de-la-tracheotomie-dans-la-prise-en-charge-de-la-dependance-ventilatoire-des-patients-atteints-de-maladies-neuromusculaires-lentement-evolutives</t>
+    <t>https://www.has-sante.fr/jcms/p_3217806/en/role-and-management-of-tracheostomy-in-the-care-of-ventilator-dependent-patients-with-slowly-progressive-neuromuscular-diseases</t>
   </si>
   <si>
     <t>p_3217806</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_1718021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -183,69 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>