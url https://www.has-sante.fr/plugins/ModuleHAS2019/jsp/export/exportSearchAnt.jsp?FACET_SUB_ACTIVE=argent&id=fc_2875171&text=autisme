--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -1,2320 +1,298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="413" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...2 lines deleted...]
-    <t>Déploiement de la bientraitance et gestion des signaux de maltraitance en institutions sanitaires, médico-sociales et sociales (repérage et analyse) - Note de cadrage</t>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>26/04/2023 00:00:00</t>
-[...263 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3289276/fr/grande-precarite-et-troubles-psychiques-intervenir-aupres-des-personnes-en-situation-de-grande-precarite-presentant-des-troubles-psychiques</t>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
+  </si>
+  <si>
+    <t>p_3223570</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Improving health and social care for people experiencing homelessness and living with mental health disorders</t>
+  </si>
+  <si>
+    <t>People living in very precarious conditions and suffering from mental health problems face many difficulties and obstacles in gaining access to the care and social services available at local and national level. The Haute Autorité de santé provides professionals in the health, social and medico-social sectors with recommendations for good practice, offering benchmarks and a common approach to improving care and support for the people concerned.</t>
+  </si>
+  <si>
+    <t>11/30/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/18/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/en/improving-health-and-social-care-for-people-experiencing-homelessness-and-living-with-mental-health-disorders</t>
   </si>
   <si>
     <t>p_3289276</t>
   </si>
   <si>
-    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
-[...182 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
+    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
+  </si>
+  <si>
+    <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
+  </si>
+  <si>
+    <t>12/16/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
   </si>
   <si>
     <t>c_922867</t>
-  </si>
-[...259 lines deleted...]
-    <t>c_646948</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...43 lines deleted...]
-      <c r="A2" t="s">
         <v>15</v>
-      </c>
-[...85 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...19 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>39</v>
-[...1202 lines deleted...]
-        <v>250</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>