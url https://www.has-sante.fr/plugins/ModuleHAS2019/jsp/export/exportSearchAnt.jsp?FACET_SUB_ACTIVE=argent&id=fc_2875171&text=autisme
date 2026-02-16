--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -1,298 +1,2405 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="429" uniqueCount="262">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Studies and Reports</t>
-[...11 lines deleted...]
-    <t>12/14/2020 15:49:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Déploiement de la bientraitance et gestion des signaux de maltraitance en institutions sanitaires, médico-sociales et sociales (repérage et analyse) - Note de cadrage</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
+    <t>26/04/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2023 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431803/fr/deploiement-de-la-bientraitance-et-gestion-des-signaux-de-maltraitance-en-institutions-sanitaires-medico-sociales-et-sociales-reperage-et-analyse-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3431803</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Le Recours à l'hôpital en Europe</t>
+  </si>
+  <si>
+    <t>Ce rapport s’intègre dans une réflexion plus large sur le recours à l’hôpital en France, et la prévention des hospitalisations injustifiées. Dans ce travail, il s’est agi de fournir un cadrage général, en situant d’un point de vue organisationnel la place qu’occupe l’hôpital dans les systèmes de santé européens.</t>
+  </si>
+  <si>
+    <t>30/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_766081/fr/le-recours-a-l-hopital-en-europe</t>
+  </si>
+  <si>
+    <t>c_766081</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Pour un accompagnement de qualité des personnes avec autisme ou autres troubles envahissants du développement</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de contribuer à l’amélioration de l’accompagnement des personnes avec autisme et autres troubles envahissants du développement (TED) et de leur entourage, conjuguant interventions éducatives, pédagogiques et thérapeutiques, dans la perspective d’une meilleure participation sociale et d’un bien-être accru. Ce document définit également les critères permettant d’identifier les risques de dérives dangereuses.</t>
+  </si>
+  <si>
+    <t>05/01/2010 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835258/fr/pour-un-accompagnement-de-qualite-des-personnes-avec-autisme-ou-autres-troubles-envahissants-du-developpement</t>
+  </si>
+  <si>
+    <t>c_2835258</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne polyhandicapée dans sa spécificité</t>
+  </si>
+  <si>
+    <t>Les recommandations sur l’accompagnement de la personne polyhandicapée (enfants et adultes) à domicile ou en établissement s’adressent à tous les professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’aux aidants (parents, fratrie…). L'objectif est de les aider dans un accompagnement personnalisé et centré sur les capacités de la personne tout au long de son parcours de vie.</t>
+  </si>
+  <si>
+    <t>13/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215404/fr/l-accompagnement-de-la-personne-polyhandicapee-dans-sa-specificite</t>
+  </si>
+  <si>
+    <t>p_3215404</t>
+  </si>
+  <si>
+    <t>Programme « Qualité de vie en Maison d’accueil spécialisée (MAS) et en Foyer d’accueil médicalisé (FAM) »</t>
+  </si>
+  <si>
+    <t>3 volets seront déclinés : l’expression, la communication, la participation et la citoyenneté, la vie quotidienne,sociale, la culture et les loisirs et le parcours, les formes souples d’accueil, l’articulation avec les autres partenaires et le lien avec les proches.</t>
+  </si>
+  <si>
+    <t>01/12/2014 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835860/fr/programme-qualite-de-vie-en-maison-d-accueil-specialisee-mas-et-en-foyer-d-accueil-medicalise-fam</t>
+  </si>
+  <si>
+    <t>c_2835860</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 1</t>
+  </si>
+  <si>
+    <t>05/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2022 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237847/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-1</t>
+  </si>
+  <si>
+    <t>p_3237847</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>L’adaptation de l’intervention auprès des personnes handicapées vieillissantes</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’apporter des jalons et des pistes pour l’action, destinés à permettre aux professionnels d’évaluer et de faire évoluer leurs pratiques d’accompagnement des personnes handicapées avançant en âge.</t>
+  </si>
+  <si>
+    <t>17/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835720/fr/l-adaptation-de-l-intervention-aupres-des-personnes-handicapees-vieillissantes</t>
+  </si>
+  <si>
+    <t>c_2835720</t>
+  </si>
+  <si>
+    <t>L’accompagnement des mineurs non accompagnés dits "Mineurs isolés étrangers (MNA)"</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été élaborées dans un contexte de forte augmentation du nombre de mineurs non accompagnés (MNA) accueillis au sein du dispositif français de protection de l’enfance.</t>
+  </si>
+  <si>
+    <t>07/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2018 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833668/fr/l-accompagnement-des-mineurs-non-accompagnes-dits-mineurs-isoles-etrangers-mna</t>
+  </si>
+  <si>
+    <t>c_2833668</t>
+  </si>
+  <si>
+    <t>Accompagner l’accès aux droits dans les établissements ou services de l’inclusion sociale relevant de l’article L312-1 du code de l’action sociale et des familles</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est de mettre en évidence les conditions et pratiques d’accompagnement qui facilitent et étayent l’accès aux droits des personnes accueillies.Elle s’adresse aux établissements/services relevant de l’inclusion sociale.</t>
+  </si>
+  <si>
+    <t>13/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836381/fr/accompagner-l-acces-aux-droits-dans-les-etablissements-ou-services-de-l-inclusion-sociale-relevant-de-l-article-l312-1-du-code-de-l-action-sociale-et-des-familles</t>
+  </si>
+  <si>
+    <t>c_2836381</t>
+  </si>
+  <si>
+    <t>Ouverture de l’établissement à et sur son environnement</t>
+  </si>
+  <si>
+    <t>L’objectif de la recommandation consiste à définir les conditions et les bénéfices de l’ouverture des établissements à et sur leur environnement, en les précisant au regard des types d’établissement concernés et des situations spécifiques des usagers accueillis ou accompagnés.</t>
+  </si>
+  <si>
+    <t>01/12/2008 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835189/fr/ouverture-de-l-etablissement-a-et-sur-son-environnement</t>
+  </si>
+  <si>
+    <t>c_2835189</t>
+  </si>
+  <si>
+    <t>L’exercice de l’autorité parentale dans le cadre du placement</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif de promouvoir des pratiques professionnelles basées sur une prise en compte réfléchie et articulée des dimensions juridique, affective, sociale, et institutionnelle, qui traversent l’exercice de l’autorité parentale dans le cadre du placement. La recommandation met en évidence des points de repère qui intègrent la collaboration avec les parents dans le cadre de la mission psycho-socio-éducative dévolue aux professionnels.</t>
+  </si>
+  <si>
+    <t>16/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2012 14:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835334/fr/l-exercice-de-l-autorite-parentale-dans-le-cadre-du-placement</t>
+  </si>
+  <si>
+    <t>c_2835334</t>
+  </si>
+  <si>
+    <t>La réduction des risques et des dommages dans les Centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (CAARUD)</t>
+  </si>
+  <si>
+    <t>Ces recommandations identifient les bonnes pratiques professionnelles concourant à la prévention des risques et la réduction des dommages sanitaires et sociaux afin de préserver ou d’améliorer l’état de santé et les conditions de vie des personnes usagères de drogues, le recours à l’expertise et la participation des personnes usagères de drogues dans la construction des interventions et des parcours d’accompagnement proposés par le Centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (CAARUD) et l’implantation de celui-ci dans son territoire d’intervention et le développement d’un environnement partenarial facilitateur.</t>
+  </si>
+  <si>
+    <t>07/09/2017 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833717/fr/la-reduction-des-risques-et-des-dommages-dans-les-centres-d-accueil-et-d-accompagnement-a-la-reduction-des-risques-pour-usagers-de-drogues-caarud</t>
+  </si>
+  <si>
+    <t>c_2833717</t>
+  </si>
+  <si>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 7 à 18 ans, destinées aux médecins généralistes, pédiatres et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 7 à 18 ans : les trouble des apprentissages les troubles d’hyperactivité avec déficit de l’attention les anomalies du développement pubertaire la scoliose l'obésité l'asthme et la rhino-conjonctivite allergique les troubles de la vision et de l’audition les risques liés à la sexualité les troubles anxieux les conduites à risque, troubles des conduites, troubles oppositionnels les conduites suicidaires les consommations de produits les troubles du comportement alimentaire la dépression</t>
+  </si>
+  <si>
+    <t>01/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2005 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451142/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-7-a-18-ans-destinees-aux-medecins-generalistes-pediatres-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451142</t>
+  </si>
+  <si>
+    <t>Grande Précarité et troubles psychiques - Intervenir auprès des personnes en situation de grande précarité présentant des troubles psychiques</t>
+  </si>
+  <si>
+    <t>Les personnes en situation de grande précarité présentant des troubles psychiques cumulent les difficultés et rencontrent de multiples obstacles pour accéder aux soins et aux dispositifs sociaux qui existent au niveau local et national. La Haute Autorité de santé met à disposition des professionnels des secteurs du sanitaire, social et médico-social, des recommandations de bonnes pratiques qui proposent des repères et une démarche commune afin d’améliorer les soins et l’accompagnement des personnes concernées.</t>
+  </si>
+  <si>
+    <t>30/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/fr/grande-precarite-et-troubles-psychiques-intervenir-aupres-des-personnes-en-situation-de-grande-precarite-presentant-des-troubles-psychiques</t>
+  </si>
+  <si>
+    <t>p_3289276</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>L’expression et la participation du mineur, de ses parents et du jeune majeur dans le champ de la protection de l’enfance</t>
+  </si>
+  <si>
+    <t>Comment favoriser l’expression et la participation du mineur, du jeune majeur et des parents en protection de l’enfance ? Comment la participation renforce-t-elle le développement de l’autonomie et de la responsabilisation ? En se basant sur le cadre réglementaire et l’éthique professionnelle cette recommandation vise à promouvoir les pratiques professionnelles garantissant le droit des usagers et l’intérêt du mineur.</t>
+  </si>
+  <si>
+    <t>01/12/2014 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836142/fr/l-expression-et-la-participation-du-mineur-de-ses-parents-et-du-jeune-majeur-dans-le-champ-de-la-protection-de-l-enfance</t>
+  </si>
+  <si>
+    <t>c_2836142</t>
+  </si>
+  <si>
+    <t>Programme Qualité de vie en Ehpad</t>
+  </si>
+  <si>
+    <t>Les éléments concourant à la qualité de vie de la personne accueillie en Ehpad se situent à quatre niveaux distincts et complémentaires. L’Anesm a donc conçu un programme spécifique Qualité de vie en Ehpad qui sera décliné à travers quatre recommandations.</t>
+  </si>
+  <si>
+    <t>10/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835485/fr/programme-qualite-de-vie-en-ehpad</t>
+  </si>
+  <si>
+    <t>c_2835485</t>
+  </si>
+  <si>
+    <t>Spécificités de l’accompagnement des adultes handicapés psychiques</t>
+  </si>
+  <si>
+    <t>Cette programmation répond aux profondes transformations engendrées par la loi n° 2005-102 du 11 février 2005 « pour l’égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées », qui « reconnaît » le handicap psychique et a impulsé le développement ou la création de nouveaux dispositifs d’accompagnement dans le champ social et médico-social (les Savs, les Samsah, les résidences accueils, etc.).</t>
+  </si>
+  <si>
+    <t>18/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2015 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835191/fr/specificites-de-l-accompagnement-des-adultes-handicapes-psychiques</t>
+  </si>
+  <si>
+    <t>c_2835191</t>
+  </si>
+  <si>
+    <t>Prévention des addictions et réduction des risques et des dommages (RdRD) dans les établissements et services sociaux et médico-sociaux (ESSMS)</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent à l’ensemble des professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’à leurs partenaires, en particulier les acteurs de l’addictologie, ainsi qu’aux personnes accompagnées et à leur entourage.</t>
+  </si>
+  <si>
+    <t>29/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2023 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218478/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-rdrd-dans-les-etablissements-et-services-sociaux-et-medico-sociaux-essms</t>
+  </si>
+  <si>
+    <t>p_3218478</t>
+  </si>
+  <si>
+    <t>La prévention de la violence entre les mineurs adolescents au sein des établissements d’accueil</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’accentuer encore l’individualisation de l’accompagnement et de systématiser l’analyse des cas de passages à l’acte pour mieux protéger les adolescents et soutenir les professionnels.</t>
+  </si>
+  <si>
+    <t>31/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2019 13:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903292/fr/la-prevention-de-la-violence-entre-les-mineurs-adolescents-au-sein-des-etablissements-d-accueil</t>
+  </si>
+  <si>
+    <t>c_2903292</t>
+  </si>
+  <si>
+    <t>La personnalisation de l’accompagnement des personnes accueillies dans les centres d’accueil pour demandeurs d’asile (Cada)</t>
+  </si>
+  <si>
+    <t>Les recommandations couvrent l’accompagnement des demandeurs d’asile de leur entrée en Cada jusqu’à leur sortie. Elles s’adressent aux professionnels intervenant au sein des Cada et chargés de l’accompagnement des demandeurs d’asile, tel que défini par la loi. Ce document peut constituer un support d’échanges et de réflexion avec les associations d’usagers, les demandeurs d’asile, leurs proches, les partenaires et les bénévoles.</t>
+  </si>
+  <si>
+    <t>02/05/2014 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836176/fr/la-personnalisation-de-l-accompagnement-des-personnes-accueillies-dans-les-centres-d-accueil-pour-demandeurs-d-asile-cada</t>
+  </si>
+  <si>
+    <t>c_2836176</t>
+  </si>
+  <si>
+    <t>Participation des personnes protégées dans la mise en œuvre des mesures de protection juridique</t>
+  </si>
+  <si>
+    <t>La recommandation a pour objet de donner aux professionnels « des repères, des orientations, des pistes pour l’action » afin de rendre effectif le droit à la participation et la promotion de l’autonomie des personnes protégées. La recommandation décline les pratiques dans la relation entre les professionnels et les personnes protégées et au niveau du projet du service, de son organisation et du travail d’équipe. Elle s’adresse à l’ensemble des professionnels exerçant dans les services mandataires ainsi qu'aux préposés travaillant dans les établissements de santé ou médico-sociaux.</t>
+  </si>
+  <si>
+    <t>15/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836363/fr/participation-des-personnes-protegees-dans-la-mise-en-oeuvre-des-mesures-de-protection-juridique</t>
+  </si>
+  <si>
+    <t>c_2836363</t>
+  </si>
+  <si>
+    <t>Repérage et accompagnement des situations de ruptures dans les parcours des personnes accueillies en centre d’hébergement et de réinsertion sociale (CHRS)</t>
+  </si>
+  <si>
+    <t>Le document aborde les risques relatifs aux modifications de santé, relationnelles, économiques et spatiales dans lesquelles la personne évolue. Il envisage ces risques alors même que le projet personnalisé est élaboré et en cours de réalisation. La rupture d’un projet implique souvent, tant pour la personne elle-même que pour les professionnels de l’accompagnement, un questionnement quant aux causes de la rupture et aux conséquences sur le devenir de la personne.</t>
+  </si>
+  <si>
+    <t>09/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2015 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835658/fr/reperage-et-accompagnement-des-situations-de-ruptures-dans-les-parcours-des-personnes-accueillies-en-centre-d-hebergement-et-de-reinsertion-sociale-chrs</t>
+  </si>
+  <si>
+    <t>c_2835658</t>
+  </si>
+  <si>
+    <t>Dangerosité psychiatrique : étude et évaluation des facteurs de risque de violence hétéro-agressive chez les personnes ayant des troubles schizophréniques ou des troubles de l’humeur</t>
+  </si>
+  <si>
+    <t>A la demande du Ministère de la Santé, la HAS a organisé une audition publique sur l'évaluation de la dangerosité psychiatrique. Il s’agissait d'aborder la dimension psychiatrique de la dangerosité et de son évaluation pour aider la prise en charge des patients dans un objectif de prévention des passages à l'acte violent par une meilleure prise en compte de la clinique.</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2011 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069220/fr/dangerosite-psychiatrique-etude-et-evaluation-des-facteurs-de-risque-de-violence-hetero-agressive-chez-les-personnes-ayant-des-troubles-schizophreniques-ou-des-troubles-de-l-humeur</t>
+  </si>
+  <si>
+    <t>c_1069220</t>
+  </si>
+  <si>
+    <t>Surdité de l’enfant : accompagnement des familles et suivi de l’enfant de 0 à 6 ans, hors accompagnement scolaire</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les enfants, et leur famille, qui présentent une surdité bilatérale permanente, et dont le seuil auditif &gt; 40 dB HL peut entraîner des retards importants de développement du langage si l’environnement de l’enfant n’est pas très précocement adapté à ses besoins particuliers. L’objectif principal de ces recommandations est de favoriser l’accès au langage par l’enfant sourd au sein de sa famille, quelle que soit la langue choisie – français ou langue des signes française. Il s’agit de : - développer la communication et le langage et suivre leur évolution - informer et accompagner les parents - prévenir les éventuels troubles psychiques et relationnels de l’enfant - identifier les lieux d’accueil et d’accompagnement des familles et de suivi des enfants sourds</t>
+  </si>
+  <si>
+    <t>16/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
+  </si>
+  <si>
+    <t>c_922867</t>
+  </si>
+  <si>
+    <t>Prise en charge de la psychopathie</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations pour : Le diagnostic et la prise en charge des adultes dont l’organisation de la personnalité est à expression psychopathique, tant dans le domaine psychiatrique, que social, que judiciaire. Le repérage et la prise en charge des enfants et des adolescents ayant des troubles des conduites potentiellement à risque d’évolution vers une organisation de la personnalité à expression psychopathique.</t>
+  </si>
+  <si>
+    <t>01/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2006 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272478/fr/prise-en-charge-de-la-psychopathie</t>
+  </si>
+  <si>
+    <t>c_272478</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Aniridie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'Aniridie. Il a été élaboré par le Centre de référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>10/04/2019 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963463/fr/aniridie</t>
+  </si>
+  <si>
+    <t>c_2963463</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 5 octobre  2021</t>
+  </si>
+  <si>
+    <t>02/11/2021 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296301/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3296301</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>17/09/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286847/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3286847</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 31 mars 2020</t>
+  </si>
+  <si>
+    <t>08/04/2020 11:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178215/fr/csms-reunion-du-31-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3178215</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 17 septembre 2019</t>
+  </si>
+  <si>
+    <t>09/10/2019 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112132/fr/csms-reunion-du-17-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3112132</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Point de vue des personnes accompagnées par les ESSMS</t>
+  </si>
+  <si>
+    <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2025 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
+  </si>
+  <si>
+    <t>p_3606889</t>
+  </si>
+  <si>
+    <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
+  </si>
+  <si>
+    <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...35 lines deleted...]
-    <t>c_922867</t>
+    <t>Étude relative à la participation des usagers au fonctionnement des ESSMS</t>
+  </si>
+  <si>
+    <t>Menée auprès de 33 structures cette étude qualitative a eu pour objectifs de dresser un état des lieux sur la mise en place des modalités de participation au fonctionnement des ESSMS et d’identifier les points positifs et les axes d’amélioration des différentes formes de participation mises en place. L’enquête détaille les pratiques professionnelles développées au sein des structures pour permettre la participation. Elle analyse le regard des professionnels et des usagers, qu’ils soient impliqués directement ou non dans les dispositifs de participation collectifs mis en œuvre.</t>
+  </si>
+  <si>
+    <t>01/09/2014 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838280/fr/etude-relative-a-la-participation-des-usagers-au-fonctionnement-des-essms</t>
+  </si>
+  <si>
+    <t>c_2838280</t>
+  </si>
+  <si>
+    <t>L'expertise publique en santé en situation de crise - Rapport d'analyse prospective 2022</t>
+  </si>
+  <si>
+    <t>La HAS analyse la manière dont l’expertise publique en santé a été mobilisée et produite au cours de la pandémie de Covid-19 tout en tirant des enseignements et des axes d’amélioration pour l’avenir.</t>
+  </si>
+  <si>
+    <t>20/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410771/fr/l-expertise-publique-en-sante-en-situation-de-crise-rapport-d-analyse-prospective-2022</t>
+  </si>
+  <si>
+    <t>p_3410771</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H28"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>60</v>
+      </c>
+      <c r="H8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>63</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>65</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>66</v>
+      </c>
+      <c r="H9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>71</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>72</v>
+      </c>
+      <c r="H10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>77</v>
+      </c>
+      <c r="H11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" t="s">
+        <v>80</v>
+      </c>
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" t="s">
+        <v>81</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>82</v>
+      </c>
+      <c r="H12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" t="s">
+        <v>88</v>
+      </c>
+      <c r="H13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>91</v>
+      </c>
+      <c r="D14" t="s">
+        <v>70</v>
+      </c>
+      <c r="E14" t="s">
+        <v>92</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
+        <v>93</v>
+      </c>
+      <c r="H14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D15" t="s">
+        <v>97</v>
+      </c>
+      <c r="E15" t="s">
+        <v>98</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
+        <v>99</v>
+      </c>
+      <c r="H15" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" t="s">
+        <v>101</v>
+      </c>
+      <c r="C16" t="s">
+        <v>102</v>
+      </c>
+      <c r="D16" t="s">
+        <v>103</v>
+      </c>
+      <c r="E16" t="s">
+        <v>104</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>105</v>
+      </c>
+      <c r="H16" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B17" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" t="s">
+        <v>108</v>
+      </c>
+      <c r="D17" t="s">
+        <v>109</v>
+      </c>
+      <c r="E17" t="s">
+        <v>110</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
+        <v>111</v>
+      </c>
+      <c r="H17" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>22</v>
+      </c>
+      <c r="B18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" t="s">
+        <v>114</v>
+      </c>
+      <c r="D18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" t="s">
+        <v>115</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" t="s">
+        <v>116</v>
+      </c>
+      <c r="H18" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" t="s">
+        <v>118</v>
+      </c>
+      <c r="C19" t="s">
+        <v>119</v>
+      </c>
+      <c r="D19" t="s">
+        <v>120</v>
+      </c>
+      <c r="E19" t="s">
+        <v>121</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+      <c r="G19" t="s">
+        <v>122</v>
+      </c>
+      <c r="H19" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>22</v>
+      </c>
+      <c r="B20" t="s">
+        <v>124</v>
+      </c>
+      <c r="C20" t="s">
+        <v>125</v>
+      </c>
+      <c r="D20" t="s">
+        <v>126</v>
+      </c>
+      <c r="E20" t="s">
+        <v>127</v>
+      </c>
+      <c r="F20" t="s">
+        <v>10</v>
+      </c>
+      <c r="G20" t="s">
+        <v>128</v>
+      </c>
+      <c r="H20" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" t="s">
+        <v>130</v>
+      </c>
+      <c r="C21" t="s">
+        <v>131</v>
+      </c>
+      <c r="D21" t="s">
+        <v>132</v>
+      </c>
+      <c r="E21" t="s">
+        <v>133</v>
+      </c>
+      <c r="F21" t="s">
+        <v>10</v>
+      </c>
+      <c r="G21" t="s">
+        <v>134</v>
+      </c>
+      <c r="H21" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B22" t="s">
+        <v>136</v>
+      </c>
+      <c r="C22" t="s">
+        <v>137</v>
+      </c>
+      <c r="D22" t="s">
+        <v>138</v>
+      </c>
+      <c r="E22" t="s">
+        <v>139</v>
+      </c>
+      <c r="F22" t="s">
+        <v>10</v>
+      </c>
+      <c r="G22" t="s">
+        <v>140</v>
+      </c>
+      <c r="H22" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>22</v>
+      </c>
+      <c r="B23" t="s">
+        <v>142</v>
+      </c>
+      <c r="C23" t="s">
+        <v>143</v>
+      </c>
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
+        <v>144</v>
+      </c>
+      <c r="F23" t="s">
+        <v>10</v>
+      </c>
+      <c r="G23" t="s">
+        <v>145</v>
+      </c>
+      <c r="H23" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" t="s">
+        <v>147</v>
+      </c>
+      <c r="C24" t="s">
+        <v>148</v>
+      </c>
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
+        <v>149</v>
+      </c>
+      <c r="F24" t="s">
+        <v>10</v>
+      </c>
+      <c r="G24" t="s">
+        <v>150</v>
+      </c>
+      <c r="H24" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>22</v>
+      </c>
+      <c r="B25" t="s">
+        <v>152</v>
+      </c>
+      <c r="C25" t="s">
+        <v>153</v>
+      </c>
+      <c r="D25" t="s">
+        <v>154</v>
+      </c>
+      <c r="E25" t="s">
+        <v>155</v>
+      </c>
+      <c r="F25" t="s">
+        <v>10</v>
+      </c>
+      <c r="G25" t="s">
+        <v>156</v>
+      </c>
+      <c r="H25" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>22</v>
+      </c>
+      <c r="B26" t="s">
+        <v>158</v>
+      </c>
+      <c r="C26" t="s">
+        <v>159</v>
+      </c>
+      <c r="D26" t="s">
+        <v>160</v>
+      </c>
+      <c r="E26" t="s">
+        <v>161</v>
+      </c>
+      <c r="F26" t="s">
+        <v>10</v>
+      </c>
+      <c r="G26" t="s">
+        <v>162</v>
+      </c>
+      <c r="H26" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>22</v>
+      </c>
+      <c r="B27" t="s">
+        <v>164</v>
+      </c>
+      <c r="C27" t="s">
+        <v>165</v>
+      </c>
+      <c r="D27" t="s">
+        <v>166</v>
+      </c>
+      <c r="E27" t="s">
+        <v>167</v>
+      </c>
+      <c r="F27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G27" t="s">
+        <v>168</v>
+      </c>
+      <c r="H27" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>22</v>
+      </c>
+      <c r="B28" t="s">
+        <v>170</v>
+      </c>
+      <c r="C28" t="s">
+        <v>171</v>
+      </c>
+      <c r="D28" t="s">
+        <v>172</v>
+      </c>
+      <c r="E28" t="s">
+        <v>173</v>
+      </c>
+      <c r="F28" t="s">
+        <v>10</v>
+      </c>
+      <c r="G28" t="s">
+        <v>174</v>
+      </c>
+      <c r="H28" t="s">
+        <v>175</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B2" t="s">
+        <v>177</v>
+      </c>
+      <c r="C2" t="s">
+        <v>178</v>
+      </c>
+      <c r="D2" t="s">
+        <v>179</v>
+      </c>
+      <c r="E2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>181</v>
+      </c>
+      <c r="H2" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B3" t="s">
+        <v>183</v>
+      </c>
+      <c r="C3" t="s">
+        <v>184</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>186</v>
+      </c>
+      <c r="H3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>176</v>
+      </c>
+      <c r="B4" t="s">
+        <v>188</v>
+      </c>
+      <c r="C4" t="s">
+        <v>189</v>
+      </c>
+      <c r="D4" t="s">
+        <v>190</v>
+      </c>
+      <c r="E4" t="s">
+        <v>191</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>192</v>
+      </c>
+      <c r="H4" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>176</v>
+      </c>
+      <c r="B5" t="s">
+        <v>194</v>
+      </c>
+      <c r="C5" t="s">
+        <v>195</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
+        <v>196</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>197</v>
+      </c>
+      <c r="H5" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>176</v>
+      </c>
+      <c r="B6" t="s">
+        <v>199</v>
+      </c>
+      <c r="C6" t="s">
+        <v>200</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>201</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>202</v>
+      </c>
+      <c r="H6" t="s">
+        <v>203</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>205</v>
+      </c>
+      <c r="B2" t="s">
+        <v>206</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>207</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>208</v>
+      </c>
+      <c r="H2" t="s">
+        <v>209</v>
+      </c>
+      <c r="I2" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>205</v>
+      </c>
+      <c r="B3" t="s">
+        <v>206</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>212</v>
+      </c>
+      <c r="H3" t="s">
+        <v>213</v>
+      </c>
+      <c r="I3" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>205</v>
+      </c>
+      <c r="B4" t="s">
+        <v>214</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>215</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>216</v>
+      </c>
+      <c r="H4" t="s">
+        <v>217</v>
+      </c>
+      <c r="I4" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>205</v>
+      </c>
+      <c r="B5" t="s">
+        <v>218</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
+        <v>219</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>220</v>
+      </c>
+      <c r="H5" t="s">
+        <v>221</v>
+      </c>
+      <c r="I5" t="s">
+        <v>210</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>222</v>
+      </c>
+      <c r="B2" t="s">
+        <v>223</v>
+      </c>
+      <c r="C2" t="s">
+        <v>224</v>
+      </c>
+      <c r="D2" t="s">
+        <v>225</v>
+      </c>
+      <c r="E2" t="s">
+        <v>226</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>227</v>
+      </c>
+      <c r="H2" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>222</v>
+      </c>
+      <c r="B3" t="s">
+        <v>229</v>
+      </c>
+      <c r="C3" t="s">
+        <v>230</v>
+      </c>
+      <c r="D3" t="s">
+        <v>231</v>
+      </c>
+      <c r="E3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>233</v>
+      </c>
+      <c r="H3" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>222</v>
+      </c>
+      <c r="B4" t="s">
+        <v>235</v>
+      </c>
+      <c r="C4" t="s">
+        <v>236</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>237</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>238</v>
+      </c>
+      <c r="H4" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>222</v>
+      </c>
+      <c r="B5" t="s">
+        <v>240</v>
+      </c>
+      <c r="C5" t="s">
+        <v>241</v>
+      </c>
+      <c r="D5" t="s">
+        <v>242</v>
+      </c>
+      <c r="E5" t="s">
+        <v>243</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>244</v>
+      </c>
+      <c r="H5" t="s">
+        <v>245</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>246</v>
+      </c>
+      <c r="B2" t="s">
+        <v>247</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>249</v>
+      </c>
+      <c r="H2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>246</v>
+      </c>
+      <c r="B3" t="s">
+        <v>251</v>
+      </c>
+      <c r="C3" t="s">
+        <v>252</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>254</v>
+      </c>
+      <c r="H3" t="s">
+        <v>255</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>256</v>
+      </c>
+      <c r="B2" t="s">
+        <v>257</v>
+      </c>
+      <c r="C2" t="s">
+        <v>258</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>259</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>260</v>
+      </c>
+      <c r="H2" t="s">
+        <v>261</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>