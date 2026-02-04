--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -9,314 +9,170 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>11/07/2019 17:51:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Evaluation of human papillomavirus (HPV) tests for primary screening of precancerous and cancerous lesions of the cervix and the role of p16/Ki67 dual immunostaining</t>
+  </si>
+  <si>
+    <t>Since the decree of May 4, 2018, screening for cervical cancer has been based on a national organized screening program. In view of the evolution of the CCU screening context in France and the availability of new scientific data, the Directorate General of Health wanted the HAS to assess the place of the HPV test as well as the use of double immuno-labeling p16 / Ki67 in the primary screening strategy for precancerous and cancerous lesions of the CCU.</t>
+  </si>
+  <si>
+    <t>07/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2019 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2806160/fr/evaluation-de-la-recherche-des-papillomavirus-humains-hpv-en-depistage-primaire-des-lesions-precancereuses-et-cancereuses-du-col-de-l-uterus-et-de-la-place-du-double-immuno-marquage-p16/ki67</t>
+    <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
   </si>
   <si>
     <t>c_2806160</t>
   </si>
   <si>
-    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
-  </si>
-[...124 lines deleted...]
-    <t>c_646948</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -332,275 +188,67 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      <c r="A4" t="s">
         <v>22</v>
-      </c>
-[...201 lines deleted...]
-        <v>70</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>