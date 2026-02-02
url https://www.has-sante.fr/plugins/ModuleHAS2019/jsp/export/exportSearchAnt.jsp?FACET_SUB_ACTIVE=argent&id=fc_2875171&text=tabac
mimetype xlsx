--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -33,51 +33,51 @@
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="655" uniqueCount="417">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="663" uniqueCount="422">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -806,50 +806,65 @@
   <si>
     <t>24/07/2014 15:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1242988/fr/guide-parcours-de-soins-insuffisance-cardiaque</t>
   </si>
   <si>
     <t>c_1242988</t>
   </si>
   <si>
     <t>Syndrome Prader Willi</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
   </si>
   <si>
     <t>p_3291625</t>
   </si>
   <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
     <t>Générique obésités de causes rares</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/07/2021 00:00:00</t>
   </si>
   <si>
     <t>29/07/2021 17:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
   </si>
   <si>
     <t>p_3280217</t>
   </si>
   <si>
     <t>ALD hors liste - Syndrome de Prader-Willi</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins des patients atteints du Syndrome de Prader-Willi.</t>
   </si>
   <si>
     <t>01/05/2012 00:00:00</t>
@@ -1055,78 +1070,78 @@
   <si>
     <t>20/05/2025 15:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
   </si>
   <si>
     <t>p_3606889</t>
   </si>
   <si>
     <t>Étude relative à la participation des usagers au fonctionnement des ESSMS</t>
   </si>
   <si>
     <t>Menée auprès de 33 structures cette étude qualitative a eu pour objectifs de dresser un état des lieux sur la mise en place des modalités de participation au fonctionnement des ESSMS et d’identifier les points positifs et les axes d’amélioration des différentes formes de participation mises en place. L’enquête détaille les pratiques professionnelles développées au sein des structures pour permettre la participation. Elle analyse le regard des professionnels et des usagers, qu’ils soient impliqués directement ou non dans les dispositifs de participation collectifs mis en œuvre.</t>
   </si>
   <si>
     <t>01/09/2014 09:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2838280/fr/etude-relative-a-la-participation-des-usagers-au-fonctionnement-des-essms</t>
   </si>
   <si>
     <t>c_2838280</t>
   </si>
   <si>
+    <t>IQSS - e-Satis PSY : Mesure de l’expérience rapportée par les patients hospitalisés à temps plein en psychiatrie adulte</t>
+  </si>
+  <si>
+    <t>11/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2025 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609631/fr/iqss-e-satis-psy-mesure-de-l-experience-rapportee-par-les-patients-hospitalises-a-temps-plein-en-psychiatrie-adulte</t>
+  </si>
+  <si>
+    <t>p_3609631</t>
+  </si>
+  <si>
     <t>Développement de la mesure de l’expérience rapportée par les patients hospitalisés à temps plein en psychiatrie adulte (e-Satis PSY)</t>
   </si>
   <si>
     <t>La HAS développe un indicateur de mesure de l’expérience rapportée par les patients adultes hospitalisés à temps plein en psychiatrie. Il est important et légitime pour les patients en psychiatrie, comme pour ceux pris en charge dans les autres champs de la santé, d’exprimer leur point de vue sur la qualité des soins au moyen d’un questionnaire qui permet de compléter la gamme des indicateurs de qualité et de sécurité des soins disponibles dans le champ de la psychiatrie.</t>
   </si>
   <si>
     <t>29/04/2024 14:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3445075/fr/developpement-de-la-mesure-de-l-experience-rapportee-par-les-patients-hospitalises-a-temps-plein-en-psychiatrie-adulte-e-satis-psy</t>
   </si>
   <si>
     <t>p_3445075</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3609631</t>
   </si>
   <si>
     <t>Critères de qualité des revues et journaux de la presse médicale française</t>
   </si>
   <si>
     <t>Dans le cadre de son rôle d'information des professionnels de santé, la HAS a initié une démarche de réflexion sur la qualité de la presse médicale française, reposant sur l'identification de bonnes pratiques et de critères qualité. Trois axes de qualité ont été retenus porant sur la transparence, l'indépendance et l'éthique éditoriale. Les bonnes pratiques et critères de qualité qui en découlent sont utilisables : par les éditeurs et les rédacteurs : la démarche qualité peut se décliner dans le temps, en définissant des objectifs prioritaires pour chaque titre, en fonction de sa situation ; par exemple les revues de formation et de recherche peuvent prendre connaissance des recommandations ICMJE et COPE pour mettre en oeuvre leurs principes ; par les lecteurs qui peuvent élaborer une grille de lecture de qualité d'un titre.</t>
   </si>
   <si>
     <t>30/05/2013 00:00:00</t>
   </si>
   <si>
     <t>30/05/2013 14:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1018620/fr/criteres-de-qualite-des-revues-et-journaux-de-la-presse-medicale-francaise</t>
   </si>
   <si>
     <t>c_1018620</t>
   </si>
   <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
     <t>Agir en premier recours pour diminuer le risque alcool – Repérer tous les usages et accompagner chaque personne</t>
   </si>
@@ -2468,51 +2483,51 @@
       </c>
       <c r="D33" t="s">
         <v>236</v>
       </c>
       <c r="E33" t="s">
         <v>237</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>238</v>
       </c>
       <c r="H33" t="s">
         <v>239</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2589,1033 +2604,1059 @@
       </c>
       <c r="E4" t="s">
         <v>254</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>255</v>
       </c>
       <c r="H4" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>240</v>
       </c>
       <c r="B5" t="s">
         <v>257</v>
       </c>
       <c r="C5" t="s">
         <v>258</v>
       </c>
       <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>259</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>260</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>240</v>
       </c>
       <c r="B6" t="s">
+        <v>262</v>
+      </c>
+      <c r="C6" t="s">
         <v>263</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>264</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>265</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>266</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>267</v>
       </c>
-      <c r="H6" t="s">
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>240</v>
+      </c>
+      <c r="B7" t="s">
         <v>268</v>
+      </c>
+      <c r="C7" t="s">
+        <v>269</v>
+      </c>
+      <c r="D7" t="s">
+        <v>270</v>
+      </c>
+      <c r="E7" t="s">
+        <v>271</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>272</v>
+      </c>
+      <c r="H7" t="s">
+        <v>273</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="B2" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="C2" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="D2" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="E2" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="H2" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="B3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="C3" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="D3" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="E3" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="H3" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="B4" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="C4" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="D4" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="E4" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="H4" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="B2" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="H2" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="I2" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="B3" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="C3" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="H3" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="I3" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="B4" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="H4" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="I4" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="B5" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="H5" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="I5" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="B6" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="H6" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="I6" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="B7" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="H7" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="I7" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="B2" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="C2" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="D2" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="E2" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="H2" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="B3" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="C3" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="D3" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="E3" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="H3" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="B4" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="C4" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="D4" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="E4" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="H4" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="B5" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="C5" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="H5" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="B6" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="C6" t="s">
-        <v>341</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>346</v>
       </c>
       <c r="E6" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="H6" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="B7" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>351</v>
       </c>
       <c r="D7" t="s">
-        <v>346</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="H7" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="B8" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="C8" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="D8" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="E8" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="H8" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="B2" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="C2" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="H2" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="B3" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="H3" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="B4" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C4" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="H4" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="B2" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="C2" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="H2" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="B3" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="C3" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="H3" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="B4" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="C4" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="H4" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="B5" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="C5" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="H5" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="B6" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C6" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="H6" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="B7" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="C7" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="H7" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="H8" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="B9" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="C9" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="H9" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="B10" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="C10" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="H10" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>