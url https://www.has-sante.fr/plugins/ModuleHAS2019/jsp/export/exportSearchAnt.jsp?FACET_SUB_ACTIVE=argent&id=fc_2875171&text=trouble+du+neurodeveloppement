--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -1,178 +1,412 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="96">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>01/18/2024 16:02:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3289276/en/improving-health-and-social-care-for-people-experiencing-homelessness-and-living-with-mental-health-disorders</t>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 1</t>
+  </si>
+  <si>
+    <t>05/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2022 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237847/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-1</t>
+  </si>
+  <si>
+    <t>p_3237847</t>
+  </si>
+  <si>
+    <t>Grande Précarité et troubles psychiques - Intervenir auprès des personnes en situation de grande précarité présentant des troubles psychiques</t>
+  </si>
+  <si>
+    <t>Les personnes en situation de grande précarité présentant des troubles psychiques cumulent les difficultés et rencontrent de multiples obstacles pour accéder aux soins et aux dispositifs sociaux qui existent au niveau local et national. La Haute Autorité de santé met à disposition des professionnels des secteurs du sanitaire, social et médico-social, des recommandations de bonnes pratiques qui proposent des repères et une démarche commune afin d’améliorer les soins et l’accompagnement des personnes concernées.</t>
+  </si>
+  <si>
+    <t>30/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/fr/grande-precarite-et-troubles-psychiques-intervenir-aupres-des-personnes-en-situation-de-grande-precarite-presentant-des-troubles-psychiques</t>
   </si>
   <si>
     <t>p_3289276</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Améliorer la prise en charge à la sortie des dispositifs de protection de l’enfance : l'accompagnement vers l'autonomie</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles (RBPP), relatives à l’amélioration de la prise en charge des personnes accompagnées à leur sortie des dispositifs de protection de l’enfance, s’inscrivent dans un programme en deux volets. Le premier volet, publié en 2021, vise à améliorer la prise en charge des enfants à la sortie des dispositifs de protection de l’enfance, dans le cadre d’un retour en famille. Ce second volet s’attache à la sortie des dispositifs de protection de l’enfance des adolescents atteignant la majorité et des jeunes majeurs, ainsi que des mineurs émancipés de plus de 16 ans.</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2024 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352139/fr/ameliorer-la-prise-en-charge-a-la-sortie-des-dispositifs-de-protection-de-l-enfance-l-accompagnement-vers-l-autonomie</t>
+  </si>
+  <si>
+    <t>p_3352139</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 mai 2025</t>
+  </si>
+  <si>
+    <t>22/07/2025 18:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636696/fr/college-deliberatif-du-7-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3636696</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 5 octobre  2021</t>
+  </si>
+  <si>
+    <t>02/11/2021 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296301/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3296301</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>17/09/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286847/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3286847</t>
+  </si>
+  <si>
+    <t>Regarder en replay - Webinaire "Enfants en danger ou risque de danger : comment utiliser le guide d’évaluation ?</t>
+  </si>
+  <si>
+    <t>Consultez le replay, le support de présentation et la foire aux questions du webinaire "Enfants en danger ou risque de danger : comment utiliser le guide d’évaluation ?" du jeudi 11 mars 2021.</t>
+  </si>
+  <si>
+    <t>11/02/2021 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237161/fr/regarder-en-replay-webinaire-enfants-en-danger-ou-risque-de-danger-comment-utiliser-le-guide-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3237161</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Accompagner dès le premier recours pour diminuer le risque alcool des femmes</t>
+  </si>
+  <si>
+    <t>26/02/2025 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592850/fr/accompagner-des-le-premier-recours-pour-diminuer-le-risque-alcool-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3592850</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -188,67 +422,620 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>39</v>
+      </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>50</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C4" t="s">
+        <v>52</v>
+      </c>
+      <c r="D4" t="s">
+        <v>53</v>
+      </c>
+      <c r="E4" t="s">
+        <v>54</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>55</v>
+      </c>
+      <c r="H4" t="s">
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>68</v>
+      </c>
+      <c r="H2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I2" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>73</v>
+      </c>
+      <c r="H3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>65</v>
+      </c>
+      <c r="B4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>76</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>77</v>
+      </c>
+      <c r="H4" t="s">
+        <v>78</v>
+      </c>
+      <c r="I4" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>65</v>
+      </c>
+      <c r="B5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C5" t="s">
+        <v>80</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>81</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>82</v>
+      </c>
+      <c r="H5" t="s">
+        <v>83</v>
+      </c>
+      <c r="I5" t="s">
+        <v>84</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>88</v>
+      </c>
+      <c r="H2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>94</v>
+      </c>
+      <c r="H2" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>