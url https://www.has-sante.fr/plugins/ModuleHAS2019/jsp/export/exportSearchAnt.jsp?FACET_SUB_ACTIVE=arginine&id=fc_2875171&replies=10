--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -1,4197 +1,617 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="812" uniqueCount="448">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="61">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>ATEMPERO</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>22/11/2022 00:00:00</t>
-[...386 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...341 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
+    <t>Managing venous leg ulcers (excluding dressings)</t>
+  </si>
+  <si>
+    <t>1. Treat with high-pressure compression if PAOD1 is not present# 2. Use multilayered compression if possible# 3. Ensure that patients comply with compression# 4. Adapt treatment if there is associated PAOD# 5. Perform superficial venous surgery and/or prescribe long-term compression to prevent recurrence#</t>
+  </si>
+  <si>
+    <t>06/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/30/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
+    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. How does nutritional status affect the course of cystic fibrosis?# 2. Which strategy maintains optimum nutritional status?# 3. What diagnostic approach should be adopted when a patient with cystic fibrosis experiences abdominal pain?# 4. What diagnostic and treatment strategies should be adopted for disorders of carbohydrate metabolism in cystic fibrosis?# 5. How should hepatobiliary disorders be managed in cystic fibrosis?#</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
   </si>
   <si>
     <t>c_272207</t>
   </si>
   <si>
-    <t>Parodontopathies : diagnostic et traitements</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
+    <t>Periodontal disease: diagnosis and treatment</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. Definitions# 2. Classification of periodontal disease# 3. Epidemiology and risk factors# 4. Diagnosis# 5. Periodontal disease as risk factor for other diseases or situations# 6. Treatment ans treatment strategy#</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...197 lines deleted...]
-    <t>REVERPLEG (argipressine (arginine vasopressine))</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>REVERPLEG (argipressine (acétate d'))</t>
   </si>
   <si>
     <t>10/10/2024 10:00:42</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2982833/fr/reverpleg-argipressine-arginine-vasopressine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2982833/en/reverpleg-argipressine-acetate-d</t>
   </si>
   <si>
     <t>pprd_2982833</t>
   </si>
   <si>
     <t>argipressine (arginine vasopressine)</t>
   </si>
   <si>
     <t>AOP ORPHAN PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2909816/fr/reverpleg-argipressine-acetate-d</t>
-[...17 lines deleted...]
-    <t>périndopril arginine,bisoprolol (fumarate de)</t>
+    <t>https://www.has-sante.fr/jcms/c_2909816/en/reverpleg-argipressine-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546940/en/reverpleg-argipressin-catecholamine-refractory-hypotension-following-septic-shock</t>
+  </si>
+  <si>
+    <t>COVERAM (amlodipine (bésilate d')/ périndopril arginine)</t>
+  </si>
+  <si>
+    <t>06/26/2014 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984749/en/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
+  </si>
+  <si>
+    <t>pprd_2984749</t>
+  </si>
+  <si>
+    <t>amlodipine (bésilate d'),périndopril arginine</t>
   </si>
   <si>
     <t>SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2676787/fr/cosimprel-perindopril-arginine/-bisoprolol-fumarate-de</t>
-[...266 lines deleted...]
-    <t>c_935617</t>
+    <t>https://www.has-sante.fr/jcms/c_840942/en/coveram</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1750090/en/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J25"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
-[...743 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>131</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>132</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>133</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>134</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>135</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>136</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>137</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>131</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>138</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>141</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>142</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>143</v>
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:L3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>41</v>
+      </c>
+      <c r="J1" t="s">
+        <v>42</v>
+      </c>
+      <c r="K1" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>144</v>
+        <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>145</v>
+        <v>45</v>
       </c>
       <c r="C2" t="s">
-        <v>146</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>147</v>
+        <v>46</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="H2" t="s">
-        <v>149</v>
+        <v>48</v>
+      </c>
+      <c r="I2" t="s">
+        <v>49</v>
+      </c>
+      <c r="J2" t="s">
+        <v>50</v>
+      </c>
+      <c r="K2" t="s">
+        <v>51</v>
+      </c>
+      <c r="L2" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>144</v>
+        <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>150</v>
+        <v>53</v>
       </c>
       <c r="C3" t="s">
-        <v>151</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>152</v>
+        <v>54</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>153</v>
+        <v>55</v>
       </c>
       <c r="H3" t="s">
-        <v>154</v>
-[...827 lines deleted...]
-        <v>301</v>
+        <v>56</v>
       </c>
       <c r="I3" t="s">
-        <v>297</v>
-[...413 lines deleted...]
-        <v>356</v>
+        <v>57</v>
       </c>
       <c r="J3" t="s">
-        <v>357</v>
+        <v>58</v>
       </c>
       <c r="K3" t="s">
-        <v>358</v>
+        <v>59</v>
       </c>
       <c r="L3" t="s">
-        <v>359</v>
-[...391 lines deleted...]
-        <v>436</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...90 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>