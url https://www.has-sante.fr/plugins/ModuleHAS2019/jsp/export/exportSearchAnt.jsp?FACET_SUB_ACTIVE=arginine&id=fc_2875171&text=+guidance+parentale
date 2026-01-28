--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="195" uniqueCount="112">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -141,50 +141,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/08/2022 15:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
   </si>
   <si>
     <t>p_3358939</t>
   </si>
   <si>
     <t>Achondroplasie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ACH. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>18/04/2025 16:14:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3602116/fr/achondroplasie</t>
   </si>
   <si>
     <t>p_3602116</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
   </si>
   <si>
     <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
   </si>
   <si>
     <t>p_3187041</t>
   </si>
   <si>
     <t>Tyrosinémie type 1 (HT-1)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/10/2022 17:06:00</t>
   </si>
@@ -550,51 +565,51 @@
       </c>
       <c r="D2" t="s">
         <v>25</v>
       </c>
       <c r="E2" t="s">
         <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>27</v>
       </c>
       <c r="H2" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -892,212 +907,238 @@
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>85</v>
       </c>
       <c r="C13" t="s">
         <v>86</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>87</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>88</v>
       </c>
       <c r="H13" t="s">
         <v>89</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>91</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>92</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>93</v>
+      </c>
+      <c r="H14" t="s">
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="B2" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I2" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="B3" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="H3" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="I3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B2" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C2" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H2" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>