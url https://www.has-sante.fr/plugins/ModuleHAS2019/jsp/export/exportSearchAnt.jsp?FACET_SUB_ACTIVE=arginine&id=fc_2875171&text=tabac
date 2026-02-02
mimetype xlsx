--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,207 +1,827 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="86">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/01/2002 17:51:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ATEMPERO</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>22/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394153/fr/atempero</t>
+  </si>
+  <si>
+    <t>p_3394153</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins  médicales spéciales</t>
+  </si>
+  <si>
+    <t>NUTRISENS</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Programmes de récupération améliorée après chirurgie (RAAC)</t>
+  </si>
+  <si>
+    <t>Depuis son émergence dans les années 1990 par l’équipe danoise du Pr. Henrik Kehlet, la récupération améliorée après chirurgie (RAAC) est une approche de prise en charge globale du patient favorisant le rétablissement précoce de ses capacités après la chirurgie. Le rapport d’orientation est conçu pour aider les professionnels à mettre en place de programmes RAAC et à préparer leurs futures évaluations.</t>
+  </si>
+  <si>
+    <t>22/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763416/fr/programmes-de-recuperation-amelioree-apres-chirurgie-raac</t>
+  </si>
+  <si>
+    <t>c_1763416</t>
+  </si>
+  <si>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
+  </si>
+  <si>
+    <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
+  </si>
+  <si>
+    <t>11/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
+  </si>
+  <si>
+    <t>p_3592435</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
+  </si>
+  <si>
+    <t>c_459541</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Dysplasie et syndrome de McCune-Albright</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dysplasie fibreuse (DF), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de référence Dysplasie fibreuse et syndrome de McCune-Albright à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351116/fr/dysplasie-et-syndrome-de-mccune-albright</t>
+  </si>
+  <si>
+    <t>p_3351116</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H3" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>63</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>64</v>
+      </c>
+      <c r="H4" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>68</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H5" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>71</v>
+      </c>
+      <c r="C6" t="s">
+        <v>72</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>73</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>74</v>
+      </c>
+      <c r="H6" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>76</v>
+      </c>
+      <c r="C7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>78</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>79</v>
+      </c>
+      <c r="H7" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B8" t="s">
+        <v>81</v>
+      </c>
+      <c r="C8" t="s">
+        <v>82</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>83</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>84</v>
+      </c>
+      <c r="H8" t="s">
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>