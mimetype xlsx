--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="69">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -129,50 +129,65 @@
     <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’holoprosencéphalie (HPE) et/ou d’une microforme d’HPE (sans anomalie cérébrale). Il a été élaboré par les Centres de Référence CLAD Ouest et CRDI à l’aide d’une méthodologie proposée par la HAS.</t>
   </si>
   <si>
     <t>26/12/2018 16:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2895029/fr/holoprosencephalie-hpe-formes-apparentees</t>
   </si>
   <si>
     <t>c_2895029</t>
   </si>
   <si>
     <t>Acidurie glutarique type 1</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Acidurie glutarique type 1. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>23/04/2021 16:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3262535/fr/acidurie-glutarique-type-1</t>
   </si>
   <si>
     <t>p_3262535</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
   </si>
   <si>
     <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
   </si>
   <si>
     <t>p_3557813</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
   </si>
   <si>
     <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
   </si>
@@ -251,51 +266,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -467,119 +482,145 @@
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>42</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>43</v>
       </c>
       <c r="H8" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
         <v>45</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>46</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>47</v>
       </c>
-      <c r="D9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>48</v>
       </c>
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>49</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
         <v>52</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>54</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>55</v>
       </c>
       <c r="H10" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
         <v>57</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>58</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>59</v>
       </c>
-      <c r="D11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>60</v>
       </c>
-      <c r="E11" t="s">
+      <c r="H11" t="s">
         <v>61</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
         <v>62</v>
       </c>
-      <c r="H11" t="s">
+      <c r="B12" t="s">
         <v>63</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
+        <v>65</v>
+      </c>
+      <c r="E12" t="s">
+        <v>66</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>67</v>
+      </c>
+      <c r="H12" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>