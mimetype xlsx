--- v1 (2025-12-20)
+++ v2 (2026-02-04)
@@ -59,51 +59,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Dégénérescence frontotemporale – variante comportementale</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
   </si>
   <si>
     <t>p_3764532</t>
   </si>
   <si>
     <t>Syndrome de Myhre</t>
   </si>