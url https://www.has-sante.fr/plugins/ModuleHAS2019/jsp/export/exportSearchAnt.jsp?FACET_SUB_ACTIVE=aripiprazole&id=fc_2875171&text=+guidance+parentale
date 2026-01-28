--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="78">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,50 +77,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Syndrome de Smith-Lemli-Opitz</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une personne atteinte du SLOS. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de l’Ouest (CLAD-OUEST) Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>22/01/2025 08:56:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585083/fr/syndrome-de-smith-lemli-opitz</t>
   </si>
   <si>
     <t>p_3585083</t>
   </si>
   <si>
     <t>Schizophrénie à début précoce</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/10/2022 17:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
@@ -198,50 +213,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome SETD5. Il a été élaboré par le Centre de Compétence PsyRare (Maladies Rares à Expression Psychiatrique) et le Centre de Référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/09/2025 17:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643716/fr/syndrome-neurodeveloppemental-lie-a-setd5</t>
   </si>
   <si>
     <t>p_3643716</t>
   </si>
   <si>
     <t>Syndrome d’Angelman</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
   </si>
   <si>
     <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
   </si>
   <si>
     <t>Syndrome de l’X Fragile</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/08/2021 15:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
   </si>
   <si>
     <t>p_3264437</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -263,51 +293,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -410,132 +440,132 @@
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>30</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>34</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>35</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
         <v>38</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>39</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>40</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>41</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
         <v>44</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>45</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>51</v>
       </c>
       <c r="H9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>53</v>
       </c>
       <c r="C10" t="s">
         <v>54</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
@@ -579,45 +609,97 @@
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>63</v>
       </c>
       <c r="C12" t="s">
         <v>64</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>65</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>66</v>
       </c>
       <c r="H12" t="s">
         <v>67</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>70</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>71</v>
+      </c>
+      <c r="H13" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>75</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H14" t="s">
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>