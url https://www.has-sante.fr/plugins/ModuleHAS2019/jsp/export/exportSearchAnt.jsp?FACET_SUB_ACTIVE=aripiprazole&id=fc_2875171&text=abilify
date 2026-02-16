--- v0 (2025-11-10)
+++ v1 (2026-02-16)
@@ -3,103 +3,175 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="143">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Schizophrénie à début précoce</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>10/10/2022 17:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
   </si>
   <si>
     <t>p_3374374</t>
   </si>
   <si>
     <t>Syndrome Gilles de la Tourette</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/07/2022 13:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
   </si>
   <si>
     <t>p_3346137</t>
   </si>
   <si>
     <t>Syndrome de White-Sutton</t>
@@ -108,104 +180,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite, aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de White-Sutton. Il a été élaboré par le centre de référence anomalies du développement et syndromes malformatifs de l’Interrégion Est, filière AnDDI-Rares, le centre de référence déficience intellectuelle de causes rares et le centre de compétence maladies rares à expressions psychiatriques, filière DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/07/2022 11:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3350160/fr/syndrome-de-white-sutton</t>
   </si>
   <si>
     <t>p_3350160</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
-  </si>
-[...52 lines deleted...]
-    <t>c_819557</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 8 janvier 2020</t>
   </si>
   <si>
     <t>03/01/2020 14:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3145065/fr/commission-de-la-transparence-reunion-du-8-janvier-2020</t>
   </si>
   <si>
     <t>p_3145065</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 29 avril 2015</t>
   </si>
@@ -528,852 +546,878 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C2" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D2" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D3" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D4" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H4" t="s">
-        <v>47</v>
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B2" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="H2" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="I2" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B3" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="H3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="I3" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B4" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>67</v>
+      </c>
+      <c r="H4" t="s">
+        <v>68</v>
+      </c>
+      <c r="I4" t="s">
         <v>60</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B5" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="H5" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="I5" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="H6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="I6" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B7" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="H7" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="I7" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="H8" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="I8" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B9" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="H9" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="I9" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="H10" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="I10" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B11" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="H11" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="I11" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B12" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C12" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="H12" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="I12" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="H13" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="I13" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B14" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="H14" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="I14" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B15" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="H15" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="I15" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:W3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="J1" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="K1" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B2" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="H2" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="I2" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="J2" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="K2" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="L2" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="M2" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="N2" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="O2" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="P2" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="Q2" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="R2" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="S2" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="T2" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="U2" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="V2" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="W2" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B3" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="H3" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="I3" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="J3" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="K3" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>