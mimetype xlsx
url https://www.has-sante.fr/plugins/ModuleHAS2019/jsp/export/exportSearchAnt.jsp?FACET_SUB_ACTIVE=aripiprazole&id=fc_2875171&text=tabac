--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,101 +9,131 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="60">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge des consommateurs de cocaïne</t>
   </si>
   <si>
     <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
   </si>
   <si>
     <t>03/02/2010 00:00:00</t>
   </si>
   <si>
     <t>10/05/2010 09:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
   </si>
   <si>
     <t>c_951095</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
   </si>
   <si>
     <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
   </si>
   <si>
     <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
   </si>
   <si>
     <t>26/03/2018 00:00:00</t>
   </si>
@@ -209,51 +239,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -295,171 +325,223 @@
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>36</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
         <v>39</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>41</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>42</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>46</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>47</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>48</v>
       </c>
-      <c r="H8" t="s">
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
         <v>49</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>56</v>
+      </c>
+      <c r="E10" t="s">
+        <v>57</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>58</v>
+      </c>
+      <c r="H10" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>