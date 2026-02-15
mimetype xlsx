--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,18171 +1,1565 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...10 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...11 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...11 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3671" uniqueCount="2011">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="200">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>1 MINUTE POUR MON COEUR</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>08/04/2025 00:00:00</t>
-[...4052 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2774179/fr/pertinence-des-actes-et-prescriptions-medicamenteuses-chez-un-patient-adulte-infecte-par-helicobacter-pylori</t>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Atrial fibrillation</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: atrial fibrillation (AF).</t>
+  </si>
+  <si>
+    <t>10/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/17/2023 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_568395/en/atrial-fibrillation</t>
+  </si>
+  <si>
+    <t>c_568395</t>
+  </si>
+  <si>
+    <t>Coronary artery disease</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the best form of management and the care pathway for a patient entering the ALD [Long-term condition] scheme with ALD 13: coronary artery disease.</t>
+  </si>
+  <si>
+    <t>04/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>04/20/2021 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534304/en/coronary-artery-disease</t>
+  </si>
+  <si>
+    <t>c_534304</t>
+  </si>
+  <si>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Appropriateness of care – Diagnosis and treatment of Helicobacter pylori infection in adults</t>
+  </si>
+  <si>
+    <t>The appropriateness tools « Diagnosis of Helicobacter pylori infection in adults » and « Treatment of Helicobacter pylori infection in adults » were produced by the French National Authority for Health (HAS) in partnership with the French National Council of gastroenterologists.</t>
+  </si>
+  <si>
+    <t>06/21/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774179/en/appropriateness-of-care-diagnosis-and-treatment-of-helicobacter-pylori-infection-in-adults</t>
   </si>
   <si>
     <t>c_2774179</t>
   </si>
   <si>
-    <t>Mettre en oeuvre la gestion des risques associés aux soins en établissement de santé</t>
-[...404 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2674284/fr/prise-en-charge-de-la-fievre-chez-l-enfant</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Management of fever in children</t>
+  </si>
+  <si>
+    <t>This memo sheet offers a reminder of how to manage fever in children.</t>
+  </si>
+  <si>
+    <t>10/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>10/12/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2674284/en/management-of-fever-in-children</t>
   </si>
   <si>
     <t>c_2674284</t>
   </si>
   <si>
-    <t>Lombalgie chronique de l’adulte et chirurgie</t>
-[...212 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+    <t>Symptomatic chronic systolic heart failure</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
+  </si>
+  <si>
+    <t>07/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
+  </si>
+  <si>
+    <t>c_534689</t>
+  </si>
+  <si>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Companion diagnostic test associated with a targeted therapy: definitions and assessment method</t>
+  </si>
+  <si>
+    <t>Stratified medicine is a therapeutic approach based on drug/diagnostic test associations. The objective of the diagnostic test is to use a marker predictive for the effect of the treatment in order to select the patients to whom it is administered so as to treat only the subpopulation that will benefit from it. In this context, demonstrating the efficacy of the treatment in a limited subpopulation identified by its status for the marker logically leads to the prescription of the treatment being restricted to this subpopulation in its marketing authorisation, making this test a regulatory requirement.</t>
+  </si>
+  <si>
+    <t>02/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2014 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
+  </si>
+  <si>
+    <t>c_1735034</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Prise en charge diagnostique et traitement immédiat de l’accident ischémique transitoire de l’adulte</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272368/fr/prise-en-charge-diagnostique-et-traitement-immediat-de-l-accident-ischemique-transitoire-de-l-adulte</t>
+    <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
+  </si>
+  <si>
+    <t>These recommendations are aimed at : - Update the definition of TIA - Specify clinical symptoms for a diagnosis - Addresse TIA prognosis - Describe tests for positive and aetiological diagnosis - Describe immediate treatment</t>
+  </si>
+  <si>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
   </si>
   <si>
     <t>c_272368</t>
   </si>
   <si>
-    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
-[...113 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
+    <t>Managing venous leg ulcers (excluding dressings)</t>
+  </si>
+  <si>
+    <t>1. Treat with high-pressure compression if PAOD1 is not present# 2. Use multilayered compression if possible# 3. Ensure that patients comply with compression# 4. Adapt treatment if there is associated PAOD# 5. Perform superficial venous surgery and/or prescribe long-term compression to prevent recurrence#</t>
+  </si>
+  <si>
+    <t>06/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/30/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Comment mieux informer les femmes enceintes ?</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
+    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
+  </si>
+  <si>
+    <t>Chronic low back pain is defined as habitual pain in the lumbar region which has been present for more than three months. These guidelines concern chronic uncomplicated low back pain. They exclude the diagnosis and management of secondary low back pain caused by chronic inflammatory disease, trauma, tumour or infection.</t>
+  </si>
+  <si>
+    <t>12/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Éducation thérapeutique du patient asthmatique adulte et adolescent</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
+    <t>Therapeutic education for patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Therapeutic patient education is defined as helping patients acquire or maintain the competences they need to manage as well as possible their lives with a chronic disease.These guidleines concern patient education for adults and adolescents asthmatics. The topics of the guidelines are: 1. Benefit of patient education in the management of asthma 2. Place of patient education in the management of asthma 3. Approach to education of patients with asthma 4. Consistent information for continuity of care</t>
+  </si>
+  <si>
+    <t>06/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/en/therapeutic-education-for-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_271954</t>
   </si>
   <si>
-    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
+    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. How does nutritional status affect the course of cystic fibrosis?# 2. Which strategy maintains optimum nutritional status?# 3. What diagnostic approach should be adopted when a patient with cystic fibrosis experiences abdominal pain?# 4. What diagnostic and treatment strategies should be adopted for disorders of carbohydrate metabolism in cystic fibrosis?# 5. How should hepatobiliary disorders be managed in cystic fibrosis?#</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
   </si>
   <si>
     <t>c_272207</t>
   </si>
   <si>
-    <t>Prise en charge de l'urticaire chronique</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272236/fr/thrombophilie-et-grossesse-prevention-des-risques-thrombotiques-maternels-et-placentaires</t>
+    <t>Thrombophilia and pregnancy – Preventing maternal and placental thrombosis</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. What are the risk factors for maternal venous thromboembolism?# 2. What are the risk factors for placental vascular disease?# 3. Which further investigations should be performed, and for which patients?# 4. What treatments are available? Which patients should be treated, and what form should that treatment take? What information should patients be given?</t>
+  </si>
+  <si>
+    <t>04/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272236/en/thrombophilia-and-pregnancy-preventing-maternal-and-placental-thrombosis</t>
   </si>
   <si>
     <t>c_272236</t>
   </si>
   <si>
-    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Endoscopie digestive basse : indications en dehors du dépistage en population</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
+    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
+  </si>
+  <si>
+    <t>These guidelines cover indications for lower gastrointestinal endoscopy in all cases except screening for colorectal cancer in the general population and except diagnostic strategies for iron-deficiency anaemia, upper gastrointestinal adenoma, primary sclerosing cholangitis and gastric polyposis in the form of cysts in the gastric fundus.</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
   </si>
   <si>
     <t>c_272348</t>
   </si>
   <si>
-    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
+    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
+  </si>
+  <si>
+    <t>1. What is chronic daily headache (CDH)?# 2. How to diagnose CDH?# 3. How to manage CDH?# 4. How to identify at-risk patients ?#</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
   </si>
   <si>
     <t>c_272365</t>
   </si>
   <si>
-    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2911396/fr/helicobacter-pylori-recherche-et-traitement</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request by the French National Health Insurance concerning non-surgical periodontal therapy or scaling and root planing (SRP), this report focused on the assessment of the SRP procedure in the management of aggressive and chronic periodontal disease, in terms of its efficacy and safety. The assessment also studied the effects of the full-mouth disinfection method, with or without antiseptic agents, compared to SRP by quadrant / sextant. In addition, the report assessed whether the use of adjuncts to SRP, local antibiotic therapy, systemic antibiotic therapy, photodynamic therapy and different types of laser (Er:YAG laser, Nd:YAg laser, diode laser), were liable to improve the efficacy of treatment, compared to SRP alone</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2842270</t>
+  </si>
+  <si>
+    <t>Assessment of the complications of cryolipolysis  for aesthetic purpose - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to appraise the side effects of cryolipolysis, an aesthetic non-invasive fat reduction procedure carried out by a controlled cooling system to reduce localised subcutaneous adipose tissue (in abdomen, tights, flanks , back, upper arms, submental area, chest fat in men). This assessment is conducted in order to respond to the Health Ministry‘s request about the potential danger of this technique (article L.1151-3 of the Health National Law)</t>
+  </si>
+  <si>
+    <t>07/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/19/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/en/assessment-of-the-complications-of-cryolipolysis-for-aesthetic-purpose-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2865012</t>
+  </si>
+  <si>
+    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
+  </si>
+  <si>
+    <t>01/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2045264</t>
+  </si>
+  <si>
+    <t>Assessment of an Edge-to-Edge Mitral Valve Repair Clip and its Implantation</t>
+  </si>
+  <si>
+    <t>In the current state of knowledge, HAS recommends limiting implantations of the MITRACLIP device to patients with severe degenerative mitral insufficiency which is symptomatic despite optimal medical treatment, who are not eligible for valve replacement or repair surgery and who meet the echocardiographic eligibility criteria.</t>
+  </si>
+  <si>
+    <t>04/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/29/2015 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028916/en/assessment-of-an-edge-to-edge-mitral-valve-repair-clip-and-its-implantation</t>
+  </si>
+  <si>
+    <t>c_2028916</t>
+  </si>
+  <si>
+    <t>Fractional flow reserve (FFR) measurement during coronary angiography - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective was to assess the risk/benefit ratio of FFR (fractional flow reserve) measurement during coronary angiography, in order to obtaining reimbursement for this procedure, following an application from the French Society of Cardiology (SFC). The comparator was a treatment strategy involving a coronary angiogram without FFR measurement. It concerns patients with suspected stable angina or ACS (acute coronary syndrome), including STEMI and NSTEMI, and who have single-vessel or multivessel coronary stenosis</t>
+  </si>
+  <si>
+    <t>04/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/22/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009393/en/fractional-flow-reserve-ffr-measurement-during-coronary-angiography-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2009393</t>
+  </si>
+  <si>
+    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>05/21/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+  </si>
+  <si>
+    <t>c_1346147</t>
+  </si>
+  <si>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2013 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+  </si>
+  <si>
+    <t>c_827591</t>
+  </si>
+  <si>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>07/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+  </si>
+  <si>
+    <t>c_867966</t>
+  </si>
+  <si>
+    <t>Documents for Patients</t>
+  </si>
+  <si>
+    <t>Research and treatment of Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Your doctor has prescribed a medical test to screen for Helicobacter pylori or you will receive treatment to eliminate this infection. These information leaflets are intended to accompany you and provide you with all useful information.</t>
+  </si>
+  <si>
+    <t>03/13/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>03/26/2019 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911396/en/research-and-treatment-of-helicobacter-pylori</t>
   </si>
   <si>
     <t>c_2911396</t>
-  </si>
-[...856 lines deleted...]
-    <t>c_532116</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J192"/>
+  <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="H5" t="s">
         <v>34</v>
-      </c>
-[...16 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>40</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="H6" t="s">
         <v>41</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
         <v>47</v>
-      </c>
-[...22 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8" t="s">
         <v>54</v>
-      </c>
-[...22 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B9" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>56</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H9" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B10" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="C10" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="D10" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="E10" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="H10" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-        <v>71</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B11" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="E11" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="H11" t="s">
-        <v>76</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="C12" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="D12" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="E12" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="H12" t="s">
-        <v>84</v>
-[...5 lines deleted...]
-        <v>86</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B13" t="s">
-        <v>40</v>
+        <v>77</v>
       </c>
       <c r="C13" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="D13" t="s">
+        <v>79</v>
+      </c>
+      <c r="E13" t="s">
+        <v>80</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>81</v>
       </c>
-      <c r="E13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H13" t="s">
-        <v>89</v>
-[...5 lines deleted...]
-        <v>90</v>
+        <v>82</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B14" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="C14" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="D14" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="E14" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="F14" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="H14" t="s">
-        <v>96</v>
-[...5 lines deleted...]
-        <v>98</v>
+        <v>87</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
-        <v>99</v>
+        <v>88</v>
       </c>
       <c r="C15" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="D15" t="s">
-        <v>101</v>
+        <v>90</v>
       </c>
       <c r="E15" t="s">
-        <v>102</v>
+        <v>90</v>
       </c>
       <c r="F15" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="H15" t="s">
-        <v>104</v>
-[...5 lines deleted...]
-        <v>106</v>
+        <v>92</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="C16" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>108</v>
+        <v>95</v>
       </c>
       <c r="E16" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="F16" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="H16" t="s">
-        <v>111</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="C17" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="D17" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="E17" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="F17" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="H17" t="s">
-        <v>116</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>104</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B18" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="C18" t="s">
-        <v>12</v>
+        <v>106</v>
       </c>
       <c r="D18" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="E18" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="F18" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="H18" t="s">
-        <v>122</v>
-[...5 lines deleted...]
-        <v>123</v>
+        <v>110</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B19" t="s">
-        <v>124</v>
+        <v>111</v>
       </c>
       <c r="C19" t="s">
-        <v>12</v>
+        <v>112</v>
       </c>
       <c r="D19" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="E19" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="F19" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="H19" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>116</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B20" t="s">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="C20" t="s">
-        <v>12</v>
+        <v>118</v>
       </c>
       <c r="D20" t="s">
-        <v>131</v>
+        <v>119</v>
       </c>
       <c r="E20" t="s">
-        <v>132</v>
+        <v>120</v>
       </c>
       <c r="F20" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="H20" t="s">
-        <v>134</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>122</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B21" t="s">
-        <v>136</v>
+        <v>123</v>
       </c>
       <c r="C21" t="s">
-        <v>12</v>
+        <v>124</v>
       </c>
       <c r="D21" t="s">
-        <v>137</v>
+        <v>125</v>
       </c>
       <c r="E21" t="s">
-        <v>138</v>
+        <v>126</v>
       </c>
       <c r="F21" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="H21" t="s">
-        <v>140</v>
-[...5 lines deleted...]
-        <v>141</v>
+        <v>128</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B22" t="s">
-        <v>142</v>
+        <v>129</v>
       </c>
       <c r="C22" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
       <c r="D22" t="s">
-        <v>143</v>
+        <v>125</v>
       </c>
       <c r="E22" t="s">
-        <v>144</v>
+        <v>126</v>
       </c>
       <c r="F22" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="H22" t="s">
-        <v>146</v>
-[...5 lines deleted...]
-        <v>106</v>
+        <v>132</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B23" t="s">
-        <v>148</v>
+        <v>133</v>
       </c>
       <c r="C23" t="s">
-        <v>12</v>
+        <v>134</v>
       </c>
       <c r="D23" t="s">
-        <v>149</v>
+        <v>135</v>
       </c>
       <c r="E23" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
       <c r="F23" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>151</v>
+        <v>137</v>
       </c>
       <c r="H23" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>154</v>
+        <v>138</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>10</v>
+        <v>139</v>
       </c>
       <c r="B24" t="s">
-        <v>155</v>
+        <v>140</v>
       </c>
       <c r="C24" t="s">
-        <v>12</v>
+        <v>141</v>
       </c>
       <c r="D24" t="s">
-        <v>156</v>
+        <v>142</v>
       </c>
       <c r="E24" t="s">
-        <v>157</v>
+        <v>143</v>
       </c>
       <c r="F24" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>158</v>
+        <v>144</v>
       </c>
       <c r="H24" t="s">
-        <v>159</v>
-[...5 lines deleted...]
-        <v>161</v>
+        <v>145</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>10</v>
+        <v>139</v>
       </c>
       <c r="B25" t="s">
-        <v>162</v>
+        <v>146</v>
       </c>
       <c r="C25" t="s">
-        <v>12</v>
+        <v>147</v>
       </c>
       <c r="D25" t="s">
-        <v>163</v>
+        <v>148</v>
       </c>
       <c r="E25" t="s">
-        <v>164</v>
+        <v>149</v>
       </c>
       <c r="F25" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="H25" t="s">
-        <v>166</v>
-[...5 lines deleted...]
-        <v>167</v>
+        <v>151</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>10</v>
+        <v>139</v>
       </c>
       <c r="B26" t="s">
-        <v>168</v>
+        <v>152</v>
       </c>
       <c r="C26" t="s">
-        <v>12</v>
+        <v>153</v>
       </c>
       <c r="D26" t="s">
-        <v>169</v>
+        <v>154</v>
       </c>
       <c r="E26" t="s">
-        <v>170</v>
+        <v>155</v>
       </c>
       <c r="F26" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>171</v>
+        <v>156</v>
       </c>
       <c r="H26" t="s">
-        <v>172</v>
-[...5 lines deleted...]
-        <v>173</v>
+        <v>157</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>10</v>
+        <v>139</v>
       </c>
       <c r="B27" t="s">
-        <v>174</v>
+        <v>158</v>
       </c>
       <c r="C27" t="s">
-        <v>12</v>
+        <v>159</v>
       </c>
       <c r="D27" t="s">
-        <v>175</v>
+        <v>160</v>
       </c>
       <c r="E27" t="s">
-        <v>176</v>
+        <v>161</v>
       </c>
       <c r="F27" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>177</v>
+        <v>162</v>
       </c>
       <c r="H27" t="s">
-        <v>178</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>163</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>10</v>
+        <v>139</v>
       </c>
       <c r="B28" t="s">
-        <v>180</v>
+        <v>164</v>
       </c>
       <c r="C28" t="s">
-        <v>12</v>
+        <v>165</v>
       </c>
       <c r="D28" t="s">
-        <v>181</v>
+        <v>166</v>
       </c>
       <c r="E28" t="s">
-        <v>182</v>
+        <v>167</v>
       </c>
       <c r="F28" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>183</v>
+        <v>168</v>
       </c>
       <c r="H28" t="s">
-        <v>184</v>
-[...5 lines deleted...]
-        <v>186</v>
+        <v>169</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>10</v>
+        <v>139</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>170</v>
       </c>
       <c r="C29" t="s">
-        <v>12</v>
+        <v>171</v>
       </c>
       <c r="D29" t="s">
-        <v>188</v>
+        <v>172</v>
       </c>
       <c r="E29" t="s">
-        <v>189</v>
+        <v>173</v>
       </c>
       <c r="F29" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="H29" t="s">
-        <v>191</v>
-[...5 lines deleted...]
-        <v>192</v>
+        <v>175</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>10</v>
+        <v>139</v>
       </c>
       <c r="B30" t="s">
-        <v>142</v>
+        <v>176</v>
       </c>
       <c r="C30" t="s">
-        <v>12</v>
+        <v>177</v>
       </c>
       <c r="D30" t="s">
-        <v>193</v>
+        <v>178</v>
       </c>
       <c r="E30" t="s">
-        <v>194</v>
+        <v>179</v>
       </c>
       <c r="F30" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>195</v>
+        <v>180</v>
       </c>
       <c r="H30" t="s">
-        <v>196</v>
-[...5 lines deleted...]
-        <v>106</v>
+        <v>181</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>10</v>
+        <v>139</v>
       </c>
       <c r="B31" t="s">
-        <v>19</v>
+        <v>182</v>
       </c>
       <c r="C31" t="s">
-        <v>12</v>
+        <v>177</v>
       </c>
       <c r="D31" t="s">
-        <v>197</v>
+        <v>183</v>
       </c>
       <c r="E31" t="s">
-        <v>198</v>
+        <v>184</v>
       </c>
       <c r="F31" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>199</v>
+        <v>185</v>
       </c>
       <c r="H31" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-        <v>202</v>
+        <v>186</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>10</v>
+        <v>139</v>
       </c>
       <c r="B32" t="s">
-        <v>155</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
-        <v>12</v>
+        <v>188</v>
       </c>
       <c r="D32" t="s">
-        <v>203</v>
+        <v>189</v>
       </c>
       <c r="E32" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
       <c r="F32" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>205</v>
+        <v>191</v>
       </c>
       <c r="H32" t="s">
-        <v>206</v>
-[...5 lines deleted...]
-        <v>161</v>
+        <v>192</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>10</v>
+        <v>193</v>
       </c>
       <c r="B33" t="s">
-        <v>207</v>
+        <v>194</v>
       </c>
       <c r="C33" t="s">
-        <v>12</v>
+        <v>195</v>
       </c>
       <c r="D33" t="s">
-        <v>208</v>
+        <v>196</v>
       </c>
       <c r="E33" t="s">
-        <v>209</v>
+        <v>197</v>
       </c>
       <c r="F33" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="H33" t="s">
-        <v>211</v>
-[...10944 lines deleted...]
-        <v>1724</v>
+        <v>199</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>